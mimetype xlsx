--- v0 (2025-10-13)
+++ v1 (2026-03-23)
@@ -12,82 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCDJ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t xml:space="preserve">* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035; "
 </t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Eucalyptus)</t>
   </si>
   <si>
     <t>EULC00</t>
   </si>
@@ -604,51 +610,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -663,393 +669,407 @@
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
         <v>10</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
         <v>29</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" t="s">
         <v>43</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" t="s">
         <v>46</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" t="s">
         <v>49</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>56</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" t="s">
         <v>60</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>61</v>
       </c>
-      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>4</v>
+      </c>
+      <c r="B26" t="s">
         <v>64</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>65</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" t="s">
         <v>68</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>69</v>
       </c>
-      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
         <v>73</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>74</v>
       </c>
-      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
-      <c r="D30" t="s">
-        <v>42</v>
+      <c r="D30"/>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">