--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCCR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
@@ -231,50 +231,54 @@
     <t>Teratosphaeria destructans (as Eucalyptus)</t>
   </si>
   <si>
     <t>THMCPE</t>
   </si>
   <si>
     <t>Thaumastocoris peregrinus (as Eucalyptus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CTNREU</t>
   </si>
   <si>
     <t>Ctenarytaina eucalypti (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Cavalcaselle B (1986) Les insectes nuisibles aux eucalyptus en Italie: importance des dégats et méthodes de lutte. Bulletin OEPP/EPPO Bulletin 16(2), 293-297.</t>
   </si>
   <si>
     <t>OPHEEU</t>
   </si>
   <si>
     <t>Ophelimus eucalypti (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* Kavallieratos NG, Kontodimas DC, Anagnou-Veroniki M, Emmanouel NG (2006) First record of the gall inducing insect Ophelimus eucalypti (Gahan) (Hymenoptera: Chalcicoidea: Eulophidae) in Greece. Annals of the Benaki Phytopathological Institute (NS) 20, 125-128.
+* Pujade-Villar J, Riba-Flinch JM (2004) [Two Australian eulophids, very harmful to Eucalyptus spp., introduced into the north-east of the Iberian Peninsula (Hymenoptera: Eulophidae).]. Boletin SEA no. 35, 299-301.</t>
   </si>
   <si>
     <t>OPHEMA</t>
   </si>
   <si>
     <t>Ophelimus maskelli (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Protasov A, la Salle J, Blumberg D, Brand D, Saphir N, Assael F, Fisher N, Mendel Z (2007) Biology, revised taxonomy and impact on host plants of Ophelimus maskelli, an invasive gall inducer on Eucalyptus spp. in the Mediterranean area. Phytoparasitica 35(1), 50-76.</t>
   </si>
   <si>
     <t>CPTHBI</t>
   </si>
   <si>
     <t>Paropsisterna bimaculata (as Eucalyptus)</t>
   </si>
   <si>
     <t>PHYTAC</t>
   </si>
   <si>
     <t>Phytophthora alticola (as Eucalyptus)</t>
   </si>
 </sst>
 </file>
 
@@ -961,87 +965,89 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>63</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>