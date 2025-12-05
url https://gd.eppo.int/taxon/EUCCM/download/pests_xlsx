--- v0 (2025-10-08)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCCM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
@@ -475,50 +475,53 @@
     <t>Ophelimus maskelli (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Protasov A, la Salle J, Blumberg D, Brand D, Saphir N, Assael F, Fisher N, Mendel Z (2007) Biology, revised taxonomy and impact on host plants of Ophelimus maskelli, an invasive gall inducer on Eucalyptus spp. in the Mediterranean area. Phytoparasitica 35(1), 50-76.</t>
   </si>
   <si>
     <t>CPTHBI</t>
   </si>
   <si>
     <t>Paropsisterna bimaculata (as Eucalyptus)</t>
   </si>
   <si>
     <t>Phoracantha recurva</t>
   </si>
   <si>
     <t>PHYTAC</t>
   </si>
   <si>
     <t>Phytophthora alticola (as Eucalyptus)</t>
   </si>
   <si>
     <t>Teratosphaeria destructans</t>
   </si>
   <si>
     <t>Thaumastocoris peregrinus</t>
+  </si>
+  <si>
+    <t>* Castañon-Alaniz DG, Álvarez-Zagoya R, Hinojosa-Ontiveros GA, Ochoa-García D (2025) First Record of Thaumastocoris peregrinus Associated with Eucalyptus camaldulensis in Durango ‚Mexico. Southwestern Entomologist. 50(2), 551-555</t>
   </si>
   <si>
     <t>TCMLSL</t>
   </si>
   <si>
     <t>Trachymela sloanei</t>
   </si>
   <si>
     <t>* Gastouniotis G, Kakiopoulos G, Gastouniotis P (2023) First records of Trachymela sloanei (Blackburn, 1896) (Coleoptera, Chrysomelidae) in Greece. Parnassiana Archives 11, 77-79.
 * INTERNET
 Los Angeles County Agricultural Commissioner’s Office. Australian tortoise beetle (Trachymela sloanei) by N. von Ellenrieder (dated September 2023). https://www.sandiegocounty.gov/content/dam/sdc/common_components/images/awm/Docs/ipd_austtortbeetle.pdf
 * Millar JG, Paine TD, Bethke JA, Garrison RW, Campbell KA, Dreistadt SH (2009) Eucalyptus tortoise beetles. Pest Notes Publication 74104. University of California Agriculture and Natural Resources, 5 pp. https://ipm.ucanr.edu/PMG/PESTNOTES/pn74104.html
 * Pérez-Gómez Á, Robla J, Barreda JM, Rodríguez G, Amarillo JM (2022) Updating new invasions: The Australian tortoise beetle Trachymela sloanei (Blackburn, 1897) (Coleoptera: Chrysomelidae) in the Iberian Peninsula. Journal of Applied Entomology 146, 1217–1223.
 https://doi.org/10.1111/jen.13086
 * Sánchez I, Amarillo JM, Molina D (2015) [First records of Trachymela sloanei (Blackburn, 1897) (Coleoptera, Chrysomelidae) in Europe]. Revista gaditana de Entomología VI(1), 127-130.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1629,64 +1632,66 @@
         <v>84</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>109</v>
       </c>
       <c r="C58" t="s">
         <v>142</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>117</v>
       </c>
       <c r="C59" t="s">
         <v>143</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C60" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">