--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -176,51 +176,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>