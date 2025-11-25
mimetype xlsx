--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -2481,51 +2481,51 @@
       <c r="B82" t="s">
         <v>181</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>182</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>159</v>
       </c>
       <c r="B83" t="s">
         <v>183</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>184</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>148</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>159</v>
       </c>
       <c r="B84" t="s">
         <v>183</v>
       </c>
       <c r="C84" t="s">
         <v>185</v>
       </c>
       <c r="D84" t="s">
         <v>184</v>
       </c>
       <c r="E84" t="s">
         <v>186</v>
       </c>
       <c r="F84" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>159</v>