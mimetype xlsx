--- v1 (2025-11-25)
+++ v2 (2026-02-17)
@@ -563,51 +563,51 @@
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>