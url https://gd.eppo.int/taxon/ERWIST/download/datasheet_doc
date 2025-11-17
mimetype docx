--- v0 (2025-10-07)
+++ v1 (2025-11-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId653068e52b7aafe28" w:history="1">
+            <w:hyperlink r:id="rId8370691a817faed7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121168e52b7aafed9" w:history="1">
+            <w:hyperlink r:id="rId1929691a817faede7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81757825" name="name147168e52b7ab0600" descr="4334.jpg"/>
+                  <wp:docPr id="58653102" name="name9519691a817faf4a8" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId635668e52b7ab05fe" cstate="print"/>
+                          <a:blip r:embed="rId5872691a817faf4a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId918468e52b7ab073d" w:history="1">
+            <w:hyperlink r:id="rId4482691a817faf5a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24948949" name="name988768e52b7ab1bd3" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="30906314" name="name3009691a817fb0955" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId756868e52b7ab1bd0" cstate="print"/>
+                    <a:blip r:embed="rId6648691a817fb0952" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761068e52b7ab28b5" w:history="1">
+      <w:hyperlink r:id="rId2898691a817fb15de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246068e52b7ab2996" w:history="1">
+      <w:hyperlink r:id="rId4639691a817fb16ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251768e52b7ab2d73" w:history="1">
+      <w:hyperlink r:id="rId3169691a817fb1a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682068e52b7ab3234" w:history="1">
+      <w:hyperlink r:id="rId8584691a817fb1f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429668e52b7ab32d1" w:history="1">
+      <w:hyperlink r:id="rId3818691a817fb1fe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975068e52b7ab3582" w:history="1">
+      <w:hyperlink r:id="rId9527691a817fb222b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327568e52b7ab36cc" w:history="1">
+      <w:hyperlink r:id="rId5606691a817fb23a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11994758" name="name204368e52b7ab3763" descr="eu_funding_250.png"/>
+            <wp:docPr id="55125381" name="name9481691a817fb27a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId450068e52b7ab3761" cstate="print"/>
+                    <a:blip r:embed="rId2072691a817fb27a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47811905">
+  <w:abstractNum w:abstractNumId="88187744">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20743459">
+    <w:lvl w:ilvl="0" w:tplc="35064951">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20743459" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35064951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47811904">
+  <w:abstractNum w:abstractNumId="88187743">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29366887">
+    <w:lvl w:ilvl="0" w:tplc="32071534">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47811904">
-    <w:abstractNumId w:val="47811904"/>
+  <w:num w:numId="88187743">
+    <w:abstractNumId w:val="88187743"/>
   </w:num>
-  <w:num w:numId="47811905">
-    <w:abstractNumId w:val="47811905"/>
+  <w:num w:numId="88187744">
+    <w:abstractNumId w:val="88187744"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881222605" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId746545913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId653068e52b7aafe28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId121168e52b7aafed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId918468e52b7ab073d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId761068e52b7ab28b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId246068e52b7ab2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId251768e52b7ab2d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId682068e52b7ab3234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId429668e52b7ab32d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId975068e52b7ab3582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId327568e52b7ab36cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId635668e52b7ab05fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635668e52b7ab05fe.jpg"/><Relationship Id="rId756868e52b7ab1bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId756868e52b7ab1bd0.jpg"/><Relationship Id="rId450068e52b7ab3761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450068e52b7ab3761.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId222996847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519043023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8370691a817faed7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId1929691a817faede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId4482691a817faf5a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId2898691a817fb15de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId4639691a817fb16ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId3169691a817fb1a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId8584691a817fb1f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId3818691a817fb1fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId9527691a817fb222b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5606691a817fb23a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId5872691a817faf4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5872691a817faf4a7.jpg"/><Relationship Id="rId6648691a817fb0952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6648691a817fb0952.jpg"/><Relationship Id="rId2072691a817fb27a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2072691a817fb27a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>