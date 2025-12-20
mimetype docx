--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8370691a817faed7e" w:history="1">
+            <w:hyperlink r:id="rId47706945ff4681a53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1929691a817faede7" w:history="1">
+            <w:hyperlink r:id="rId22516945ff4681ac1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58653102" name="name9519691a817faf4a8" descr="4334.jpg"/>
+                  <wp:docPr id="65020316" name="name36516945ff4682190" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5872691a817faf4a7" cstate="print"/>
+                          <a:blip r:embed="rId52726945ff468218d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4482691a817faf5a3" w:history="1">
+            <w:hyperlink r:id="rId70056945ff46822de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30906314" name="name3009691a817fb0955" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="87997894" name="name82426945ff4683a2c" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6648691a817fb0952" cstate="print"/>
+                    <a:blip r:embed="rId72046945ff4683a28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2898691a817fb15de" w:history="1">
+      <w:hyperlink r:id="rId77696945ff468473e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4639691a817fb16ba" w:history="1">
+      <w:hyperlink r:id="rId41176945ff468481e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3169691a817fb1a6d" w:history="1">
+      <w:hyperlink r:id="rId38686945ff4684bd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8584691a817fb1f36" w:history="1">
+      <w:hyperlink r:id="rId82406945ff46851db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3818691a817fb1fe2" w:history="1">
+      <w:hyperlink r:id="rId96386945ff468527c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9527691a817fb222b" w:history="1">
+      <w:hyperlink r:id="rId95116945ff4685531" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5606691a817fb23a1" w:history="1">
+      <w:hyperlink r:id="rId53136945ff468567e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55125381" name="name9481691a817fb27a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="79511340" name="name61686945ff46856f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2072691a817fb27a2" cstate="print"/>
+                    <a:blip r:embed="rId68746945ff46856f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88187744">
+  <w:abstractNum w:abstractNumId="45892234">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35064951">
+    <w:lvl w:ilvl="0" w:tplc="14062847">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35064951" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14062847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88187743">
+  <w:abstractNum w:abstractNumId="45892233">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32071534">
+    <w:lvl w:ilvl="0" w:tplc="12468137">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88187743">
-    <w:abstractNumId w:val="88187743"/>
+  <w:num w:numId="45892233">
+    <w:abstractNumId w:val="45892233"/>
   </w:num>
-  <w:num w:numId="88187744">
-    <w:abstractNumId w:val="88187744"/>
+  <w:num w:numId="45892234">
+    <w:abstractNumId w:val="45892234"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId222996847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519043023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8370691a817faed7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId1929691a817faede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId4482691a817faf5a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId2898691a817fb15de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId4639691a817fb16ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId3169691a817fb1a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId8584691a817fb1f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId3818691a817fb1fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId9527691a817fb222b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5606691a817fb23a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId5872691a817faf4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5872691a817faf4a7.jpg"/><Relationship Id="rId6648691a817fb0952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6648691a817fb0952.jpg"/><Relationship Id="rId2072691a817fb27a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2072691a817fb27a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209070631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278783733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47706945ff4681a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId22516945ff4681ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId70056945ff46822de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId77696945ff468473e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId41176945ff468481e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId38686945ff4684bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId82406945ff46851db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId96386945ff468527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId95116945ff4685531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53136945ff468567e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId52726945ff468218d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52726945ff468218d.jpg"/><Relationship Id="rId72046945ff4683a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72046945ff4683a28.jpg"/><Relationship Id="rId68746945ff46856f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68746945ff46856f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>