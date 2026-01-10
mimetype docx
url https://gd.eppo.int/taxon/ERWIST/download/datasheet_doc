--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47706945ff4681a53" w:history="1">
+            <w:hyperlink r:id="rId59036961cc6e7e6a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22516945ff4681ac1" w:history="1">
+            <w:hyperlink r:id="rId43146961cc6e7e70e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65020316" name="name36516945ff4682190" descr="4334.jpg"/>
+                  <wp:docPr id="31425755" name="name97956961cc6e7eda7" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52726945ff468218d" cstate="print"/>
+                          <a:blip r:embed="rId80046961cc6e7eda5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId70056945ff46822de" w:history="1">
+            <w:hyperlink r:id="rId72196961cc6e7eed3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87997894" name="name82426945ff4683a2c" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="11862344" name="name17006961cc6e80457" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72046945ff4683a28" cstate="print"/>
+                    <a:blip r:embed="rId98036961cc6e80454" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77696945ff468473e" w:history="1">
+      <w:hyperlink r:id="rId94526961cc6e812e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41176945ff468481e" w:history="1">
+      <w:hyperlink r:id="rId40356961cc6e813ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38686945ff4684bd7" w:history="1">
+      <w:hyperlink r:id="rId81036961cc6e8183b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82406945ff46851db" w:history="1">
+      <w:hyperlink r:id="rId38016961cc6e81e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96386945ff468527c" w:history="1">
+      <w:hyperlink r:id="rId40296961cc6e81edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5056,73 +5056,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95116945ff4685531" w:history="1">
+      <w:hyperlink r:id="rId63536961cc6e8212b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53136945ff468567e" w:history="1">
+      <w:hyperlink r:id="rId43806961cc6e82297" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79511340" name="name61686945ff46856f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="57519759" name="name37526961cc6e825fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68746945ff46856f2" cstate="print"/>
+                    <a:blip r:embed="rId83036961cc6e825f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45892234">
+  <w:abstractNum w:abstractNumId="83986337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14062847">
+    <w:lvl w:ilvl="0" w:tplc="57111251">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14062847" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57111251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45892233">
+  <w:abstractNum w:abstractNumId="83986336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12468137">
+    <w:lvl w:ilvl="0" w:tplc="17498729">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45892233">
-    <w:abstractNumId w:val="45892233"/>
+  <w:num w:numId="83986336">
+    <w:abstractNumId w:val="83986336"/>
   </w:num>
-  <w:num w:numId="45892234">
-    <w:abstractNumId w:val="45892234"/>
+  <w:num w:numId="83986337">
+    <w:abstractNumId w:val="83986337"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209070631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278783733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47706945ff4681a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId22516945ff4681ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId70056945ff46822de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId77696945ff468473e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId41176945ff468481e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId38686945ff4684bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId82406945ff46851db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId96386945ff468527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId95116945ff4685531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53136945ff468567e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId52726945ff468218d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52726945ff468218d.jpg"/><Relationship Id="rId72046945ff4683a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72046945ff4683a28.jpg"/><Relationship Id="rId68746945ff46856f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68746945ff46856f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320801536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803875333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59036961cc6e7e6a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId43146961cc6e7e70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId72196961cc6e7eed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId94526961cc6e812e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId40356961cc6e813ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId81036961cc6e8183b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId38016961cc6e81e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId40296961cc6e81edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId63536961cc6e8212b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43806961cc6e82297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId80046961cc6e7eda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80046961cc6e7eda5.jpg"/><Relationship Id="rId98036961cc6e80454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98036961cc6e80454.jpg"/><Relationship Id="rId83036961cc6e825f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83036961cc6e825f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>