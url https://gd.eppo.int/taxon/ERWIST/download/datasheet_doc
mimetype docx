--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59036961cc6e7e6a2" w:history="1">
+            <w:hyperlink r:id="rId284869835429f1d22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43146961cc6e7e70e" w:history="1">
+            <w:hyperlink r:id="rId407069835429f1d91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31425755" name="name97956961cc6e7eda7" descr="4334.jpg"/>
+                  <wp:docPr id="57854161" name="name540269835429f220e" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80046961cc6e7eda5" cstate="print"/>
+                          <a:blip r:embed="rId597369835429f220c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72196961cc6e7eed3" w:history="1">
+            <w:hyperlink r:id="rId835169835429f237b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,105 +1400,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11862344" name="name17006961cc6e80457" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="43762154" name="name182269835429f3686" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98036961cc6e80454" cstate="print"/>
+                    <a:blip r:embed="rId356069835429f3682" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Italy (mainland), Jordan, Russian Federation (the), Slovenia</w:t>
+        <w:t xml:space="preserve"> Italy (mainland), Jordan, Russian Federation, Slovenia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Togo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94526961cc6e812e6" w:history="1">
+      <w:hyperlink r:id="rId18766983542a003dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40356961cc6e813ed" w:history="1">
+      <w:hyperlink r:id="rId38676983542a004bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81036961cc6e8183b" w:history="1">
+      <w:hyperlink r:id="rId26386983542a0087b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38016961cc6e81e36" w:history="1">
+      <w:hyperlink r:id="rId67736983542a00d69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40296961cc6e81edb" w:history="1">
+      <w:hyperlink r:id="rId10226983542a00e0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63536961cc6e8212b" w:history="1">
+      <w:hyperlink r:id="rId28886983542a01077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43806961cc6e82297" w:history="1">
+      <w:hyperlink r:id="rId95286983542a011c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57519759" name="name37526961cc6e825fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="59819143" name="name65996983542a01235" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83036961cc6e825f8" cstate="print"/>
+                    <a:blip r:embed="rId43696983542a01233" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83986337">
+  <w:abstractNum w:abstractNumId="43699505">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57111251">
+    <w:lvl w:ilvl="0" w:tplc="52572923">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57111251" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52572923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83986336">
+  <w:abstractNum w:abstractNumId="43699504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17498729">
+    <w:lvl w:ilvl="0" w:tplc="16230116">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83986336">
-    <w:abstractNumId w:val="83986336"/>
+  <w:num w:numId="43699504">
+    <w:abstractNumId w:val="43699504"/>
   </w:num>
-  <w:num w:numId="83986337">
-    <w:abstractNumId w:val="83986337"/>
+  <w:num w:numId="43699505">
+    <w:abstractNumId w:val="43699505"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320801536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803875333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59036961cc6e7e6a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId43146961cc6e7e70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId72196961cc6e7eed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId94526961cc6e812e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId40356961cc6e813ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId81036961cc6e8183b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId38016961cc6e81e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId40296961cc6e81edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId63536961cc6e8212b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43806961cc6e82297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId80046961cc6e7eda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80046961cc6e7eda5.jpg"/><Relationship Id="rId98036961cc6e80454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98036961cc6e80454.jpg"/><Relationship Id="rId83036961cc6e825f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83036961cc6e825f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId166883556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844115867" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId284869835429f1d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId407069835429f1d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId835169835429f237b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId18766983542a003dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId38676983542a004bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId26386983542a0087b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId67736983542a00d69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId10226983542a00e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId28886983542a01077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95286983542a011c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId597369835429f220c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597369835429f220c.jpg"/><Relationship Id="rId356069835429f3682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356069835429f3682.jpg"/><Relationship Id="rId43696983542a01233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43696983542a01233.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>