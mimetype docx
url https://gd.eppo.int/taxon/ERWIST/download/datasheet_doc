--- v4 (2026-02-04)
+++ v5 (2026-03-02)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284869835429f1d22" w:history="1">
+            <w:hyperlink r:id="rId651469a51c205d357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407069835429f1d91" w:history="1">
+            <w:hyperlink r:id="rId235869a51c205d3da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57854161" name="name540269835429f220e" descr="4334.jpg"/>
+                  <wp:docPr id="57722910" name="name669469a51c205db51" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId597369835429f220c" cstate="print"/>
+                          <a:blip r:embed="rId891169a51c205db50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId835169835429f237b" w:history="1">
+            <w:hyperlink r:id="rId333969a51c205dc88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43762154" name="name182269835429f3686" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="89945626" name="name140069a51c205ef16" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356069835429f3682" cstate="print"/>
+                    <a:blip r:embed="rId411369a51c205ef14" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18766983542a003dc" w:history="1">
+      <w:hyperlink r:id="rId621369a51c205fbb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38676983542a004bf" w:history="1">
+      <w:hyperlink r:id="rId209869a51c205fc98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26386983542a0087b" w:history="1">
+      <w:hyperlink r:id="rId209269a51c2060066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67736983542a00d69" w:history="1">
+      <w:hyperlink r:id="rId646169a51c2060532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10226983542a00e0c" w:history="1">
+      <w:hyperlink r:id="rId944969a51c20605d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28886983542a01077" w:history="1">
+      <w:hyperlink r:id="rId494769a51c206081b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95286983542a011c3" w:history="1">
+      <w:hyperlink r:id="rId943869a51c2060975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59819143" name="name65996983542a01235" descr="eu_funding_250.png"/>
+            <wp:docPr id="46651050" name="name870669a51c2060a04" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43696983542a01233" cstate="print"/>
+                    <a:blip r:embed="rId186069a51c2060a02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43699505">
+  <w:abstractNum w:abstractNumId="29908497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52572923">
+    <w:lvl w:ilvl="0" w:tplc="57316514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52572923" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57316514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43699504">
+  <w:abstractNum w:abstractNumId="29908496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16230116">
+    <w:lvl w:ilvl="0" w:tplc="41854482">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43699504">
-    <w:abstractNumId w:val="43699504"/>
+  <w:num w:numId="29908496">
+    <w:abstractNumId w:val="29908496"/>
   </w:num>
-  <w:num w:numId="43699505">
-    <w:abstractNumId w:val="43699505"/>
+  <w:num w:numId="29908497">
+    <w:abstractNumId w:val="29908497"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId166883556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844115867" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId284869835429f1d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId407069835429f1d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId835169835429f237b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId18766983542a003dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId38676983542a004bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId26386983542a0087b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId67736983542a00d69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId10226983542a00e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId28886983542a01077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95286983542a011c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId597369835429f220c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597369835429f220c.jpg"/><Relationship Id="rId356069835429f3682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356069835429f3682.jpg"/><Relationship Id="rId43696983542a01233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43696983542a01233.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934134189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544531315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId651469a51c205d357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId235869a51c205d3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId333969a51c205dc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId621369a51c205fbb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId209869a51c205fc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId209269a51c2060066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId646169a51c2060532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId944969a51c20605d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId494769a51c206081b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId943869a51c2060975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId891169a51c205db50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891169a51c205db50.jpg"/><Relationship Id="rId411369a51c205ef14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411369a51c205ef14.jpg"/><Relationship Id="rId186069a51c2060a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186069a51c2060a02.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>