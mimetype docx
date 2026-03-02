--- v5 (2026-03-02)
+++ v6 (2026-03-02)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stewart's disease, Stewart's wilt of maize, bacterial leaf blight of maize, bacterial wilt of maize, jackfruit bronzing</w:t>
             </w:r>
-            <w:hyperlink r:id="rId651469a51c205d357" w:history="1">
+            <w:hyperlink r:id="rId806069a521cef357d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235869a51c205d3da" w:history="1">
+            <w:hyperlink r:id="rId710369a521cef35e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57722910" name="name669469a51c205db51" descr="4334.jpg"/>
+                  <wp:docPr id="5624424" name="name654869a521cef3dc9" descr="4334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId891169a51c205db50" cstate="print"/>
+                          <a:blip r:embed="rId782169a521cef3dc6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId333969a51c205dc88" w:history="1">
+            <w:hyperlink r:id="rId568569a521cef3ef1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1400,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to America and has been introduced to other parts of the world with maize seed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89945626" name="name140069a51c205ef16" descr="ERWIST_distribution_map.jpg"/>
+            <wp:docPr id="5768777" name="name195369a521cf0112c" descr="ERWIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411369a51c205ef14" cstate="print"/>
+                    <a:blip r:embed="rId705969a521cf01129" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3112,51 +3112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) CABI Invasive species compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial wilt of maize). Available online, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621369a51c205fbb9" w:history="1">
+      <w:hyperlink r:id="rId636569a521cf01dd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cabi.org/isc/datasheet/21939</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3249,51 +3249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209869a51c205fc98" w:history="1">
+      <w:hyperlink r:id="rId788069a521cf01eb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/efsajournal/pub/5356</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3854,51 +3854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO data sheets on quarantine pests. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209269a51c2060066" w:history="1">
+      <w:hyperlink r:id="rId969269a521cf02288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// gd.eppo.int/taxon/ERWIST</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4619,51 +4619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSHS (2021) ELISA –based seed health testing method for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646169a51c2060532" w:history="1">
+      <w:hyperlink r:id="rId678569a521cf02744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1202–1207.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pataky JK (2003) Stewart’s wilt of corn. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944969a51c20605d0" w:history="1">
+      <w:hyperlink r:id="rId748969a521cf027e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 2021-12-01].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantoea stewartii subsp. stewartii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494769a51c206081b" w:history="1">
+      <w:hyperlink r:id="rId728269a521cf02a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5284,90 +5284,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia stewartii. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 30-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943869a51c2060975" w:history="1">
+      <w:hyperlink r:id="rId590669a521cf02b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02766.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46651050" name="name870669a51c2060a04" descr="eu_funding_250.png"/>
+            <wp:docPr id="75444799" name="name561569a521cf02bff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId186069a51c2060a02" cstate="print"/>
+                    <a:blip r:embed="rId830269a521cf02bfd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5465,137 +5465,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29908497">
+  <w:abstractNum w:abstractNumId="30292775">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57316514">
+    <w:lvl w:ilvl="0" w:tplc="68327771">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57316514" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68327771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29908496">
+  <w:abstractNum w:abstractNumId="30292774">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41854482">
+    <w:lvl w:ilvl="0" w:tplc="49455874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6347,55 +6347,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29908496">
-    <w:abstractNumId w:val="29908496"/>
+  <w:num w:numId="30292774">
+    <w:abstractNumId w:val="30292774"/>
   </w:num>
-  <w:num w:numId="29908497">
-    <w:abstractNumId w:val="29908497"/>
+  <w:num w:numId="30292775">
+    <w:abstractNumId w:val="30292775"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17945,51 +17945,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934134189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544531315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId651469a51c205d357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId235869a51c205d3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId333969a51c205dc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId621369a51c205fbb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId209869a51c205fc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId209269a51c2060066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId646169a51c2060532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId944969a51c20605d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId494769a51c206081b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId943869a51c2060975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId891169a51c205db50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891169a51c205db50.jpg"/><Relationship Id="rId411369a51c205ef14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411369a51c205ef14.jpg"/><Relationship Id="rId186069a51c2060a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186069a51c2060a02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId800815888" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240029033" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId806069a521cef357d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/" TargetMode="External"/><Relationship Id="rId710369a521cef35e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/categorization" TargetMode="External"/><Relationship Id="rId568569a521cef3ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIST/photos" TargetMode="External"/><Relationship Id="rId636569a521cf01dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabi.org/isc/datasheet/21939" TargetMode="External"/><Relationship Id="rId788069a521cf01eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/efsajournal/pub/5356" TargetMode="External"/><Relationship Id="rId969269a521cf02288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20gd.eppo.int/taxon/ERWIST" TargetMode="External"/><Relationship Id="rId678569a521cf02744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedhealth.org/files/2021/03/Mz-10.1-Pantoea-stewartii-ver-1.2.pdf" TargetMode="External"/><Relationship Id="rId748969a521cf027e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/StewartsWilt.aspx" TargetMode="External"/><Relationship Id="rId728269a521cf02a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId590669a521cf02b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02766.x" TargetMode="External"/><Relationship Id="rId782169a521cef3dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782169a521cef3dc6.jpg"/><Relationship Id="rId705969a521cf01129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705969a521cf01129.jpg"/><Relationship Id="rId830269a521cf02bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId830269a521cf02bfd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>