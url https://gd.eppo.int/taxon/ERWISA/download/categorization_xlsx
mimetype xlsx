--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -611,51 +611,51 @@
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7">
         <v>1995</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9">
         <v>1989</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>