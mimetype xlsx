--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -278,51 +278,51 @@
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>