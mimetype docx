--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257568e60ef46138d" w:history="1">
+            <w:hyperlink r:id="rId7445690987c08b6c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId999668e60ef4613f6" w:history="1">
+            <w:hyperlink r:id="rId6904690987c08b72b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86948682" name="name293168e60ef4614d0" descr="14626.jpg"/>
+                  <wp:docPr id="18294419" name="name6457690987c08b7fb" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId692668e60ef4614ce" cstate="print"/>
+                          <a:blip r:embed="rId6735690987c08b7f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId216768e60ef4615e6" w:history="1">
+            <w:hyperlink r:id="rId9436690987c08b8ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8873627" name="name636868e60ef463103" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="46379639" name="name3416690987c08d5b1" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId785068e60ef463100" cstate="print"/>
+                    <a:blip r:embed="rId5014690987c08d5ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401168e60ef464d21" w:history="1">
+      <w:hyperlink r:id="rId2396690987c08f10f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278068e60ef464ddb" w:history="1">
+      <w:hyperlink r:id="rId1552690987c08f1c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438968e60ef465084" w:history="1">
+      <w:hyperlink r:id="rId5224690987c08f46a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247668e60ef4651bf" w:history="1">
+      <w:hyperlink r:id="rId9921690987c08f5a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445868e60ef465345" w:history="1">
+      <w:hyperlink r:id="rId4974690987c08f729" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888768e60ef4654e0" w:history="1">
+      <w:hyperlink r:id="rId2193690987c08f8c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885668e60ef4657aa" w:history="1">
+      <w:hyperlink r:id="rId5472690987c08fb8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239868e60ef46583e" w:history="1">
+      <w:hyperlink r:id="rId4582690987c08fc1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125968e60ef4658de" w:history="1">
+      <w:hyperlink r:id="rId9011690987c08fcb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810468e60ef4659b4" w:history="1">
+      <w:hyperlink r:id="rId1931690987c08fd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404768e60ef465a27" w:history="1">
+      <w:hyperlink r:id="rId9478690987c08fdf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467068e60ef465a8d" w:history="1">
+      <w:hyperlink r:id="rId6457690987c08fe56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823968e60ef465b31" w:history="1">
+      <w:hyperlink r:id="rId7529690987c08fef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818068e60ef465ba4" w:history="1">
+      <w:hyperlink r:id="rId5302690987c08ff9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398168e60ef465d46" w:history="1">
+      <w:hyperlink r:id="rId9753690987c090156" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744268e60ef4662bb" w:history="1">
+      <w:hyperlink r:id="rId5581690987c0906ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561568e60ef466310" w:history="1">
+      <w:hyperlink r:id="rId4603690987c09071f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835268e60ef4663b1" w:history="1">
+      <w:hyperlink r:id="rId4270690987c0907c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386268e60ef4664d2" w:history="1">
+      <w:hyperlink r:id="rId9299690987c09092f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742768e60ef46665f" w:history="1">
+      <w:hyperlink r:id="rId3023690987c090ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635368e60ef46679e" w:history="1">
+      <w:hyperlink r:id="rId2749690987c090c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274768e60ef46693f" w:history="1">
+      <w:hyperlink r:id="rId1928690987c090d7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547368e60ef466a3c" w:history="1">
+      <w:hyperlink r:id="rId6234690987c090e7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335368e60ef466c51" w:history="1">
+      <w:hyperlink r:id="rId6097690987c091083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306068e60ef466f79" w:history="1">
+      <w:hyperlink r:id="rId6083690987c0913b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682668e60ef467115" w:history="1">
+      <w:hyperlink r:id="rId5766690987c09154f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309868e60ef4671c3" w:history="1">
+      <w:hyperlink r:id="rId8518690987c0915ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755668e60ef4674f8" w:history="1">
+      <w:hyperlink r:id="rId5107690987c09195c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392268e60ef467597" w:history="1">
+      <w:hyperlink r:id="rId2915690987c0919ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787068e60ef467649" w:history="1">
+      <w:hyperlink r:id="rId8429690987c091ab0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629668e60ef467688" w:history="1">
+      <w:hyperlink r:id="rId6355690987c091af0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223668e60ef4677b5" w:history="1">
+      <w:hyperlink r:id="rId6779690987c091c21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529968e60ef467884" w:history="1">
+      <w:hyperlink r:id="rId6888690987c091cdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280768e60ef4679de" w:history="1">
+      <w:hyperlink r:id="rId8962690987c091e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157468e60ef467c40" w:history="1">
+      <w:hyperlink r:id="rId8501690987c092097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517468e60ef467d52" w:history="1">
+      <w:hyperlink r:id="rId7813690987c092167" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614068e60ef467f38" w:history="1">
+      <w:hyperlink r:id="rId8685690987c092339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954268e60ef46875f" w:history="1">
+      <w:hyperlink r:id="rId3847690987c092ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15980,51 +15980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631468e60ef468a47" w:history="1">
+      <w:hyperlink r:id="rId4995690987c092e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32502646" name="name515368e60ef468b00" descr="eu_funding_250.png"/>
+            <wp:docPr id="97508316" name="name6246690987c092f38" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId784268e60ef468aff" cstate="print"/>
+                    <a:blip r:embed="rId2022690987c092f37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28836849">
+  <w:abstractNum w:abstractNumId="66111471">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76617846">
+    <w:lvl w:ilvl="0" w:tplc="37923243">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76617846" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37923243" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28836848">
+  <w:abstractNum w:abstractNumId="66111470">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78702585">
+    <w:lvl w:ilvl="0" w:tplc="89520450">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28836848">
-    <w:abstractNumId w:val="28836848"/>
+  <w:num w:numId="66111470">
+    <w:abstractNumId w:val="66111470"/>
   </w:num>
-  <w:num w:numId="28836849">
-    <w:abstractNumId w:val="28836849"/>
+  <w:num w:numId="66111471">
+    <w:abstractNumId w:val="66111471"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId152582460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId313604648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId257568e60ef46138d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId999668e60ef4613f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId216768e60ef4615e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId401168e60ef464d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId278068e60ef464ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId438968e60ef465084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId247668e60ef4651bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId445868e60ef465345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId888768e60ef4654e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId885668e60ef4657aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId239868e60ef46583e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId125968e60ef4658de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId810468e60ef4659b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId404768e60ef465a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId467068e60ef465a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId823968e60ef465b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId818068e60ef465ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId398168e60ef465d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId744268e60ef4662bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId561568e60ef466310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId835268e60ef4663b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId386268e60ef4664d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId742768e60ef46665f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId635368e60ef46679e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId274768e60ef46693f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId547368e60ef466a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId335368e60ef466c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId306068e60ef466f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId682668e60ef467115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId309868e60ef4671c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId755668e60ef4674f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId392268e60ef467597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId787068e60ef467649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId629668e60ef467688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId223668e60ef4677b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId529968e60ef467884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId280768e60ef4679de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId157468e60ef467c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId517468e60ef467d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId614068e60ef467f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId954268e60ef46875f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId631468e60ef468a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId692668e60ef4614ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId692668e60ef4614ce.jpg"/><Relationship Id="rId785068e60ef463100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785068e60ef463100.jpg"/><Relationship Id="rId784268e60ef468aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId784268e60ef468aff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId593047462" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId910454505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7445690987c08b6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId6904690987c08b72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId9436690987c08b8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId2396690987c08f10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId1552690987c08f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId5224690987c08f46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId9921690987c08f5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId4974690987c08f729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId2193690987c08f8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId5472690987c08fb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId4582690987c08fc1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId9011690987c08fcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId1931690987c08fd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9478690987c08fdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId6457690987c08fe56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7529690987c08fef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5302690987c08ff9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId9753690987c090156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId5581690987c0906ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId4603690987c09071f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId4270690987c0907c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId9299690987c09092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId3023690987c090ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId2749690987c090c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId1928690987c090d7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId6234690987c090e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId6097690987c091083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId6083690987c0913b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId5766690987c09154f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId8518690987c0915ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId5107690987c09195c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId2915690987c0919ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId8429690987c091ab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6355690987c091af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId6779690987c091c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId6888690987c091cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId8962690987c091e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId8501690987c092097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId7813690987c092167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId8685690987c092339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId3847690987c092ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId4995690987c092e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6735690987c08b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6735690987c08b7f9.jpg"/><Relationship Id="rId5014690987c08d5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5014690987c08d5ad.jpg"/><Relationship Id="rId2022690987c092f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2022690987c092f37.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>