--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7445690987c08b6c0" w:history="1">
+            <w:hyperlink r:id="rId8349692582bb24c0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6904690987c08b72b" w:history="1">
+            <w:hyperlink r:id="rId7474692582bb24c78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18294419" name="name6457690987c08b7fb" descr="14626.jpg"/>
+                  <wp:docPr id="94344334" name="name9252692582bb25394" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6735690987c08b7f9" cstate="print"/>
+                          <a:blip r:embed="rId7879692582bb25392" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9436690987c08b8ea" w:history="1">
+            <w:hyperlink r:id="rId3669692582bb25495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46379639" name="name3416690987c08d5b1" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="25671673" name="name6819692582bb26d65" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5014690987c08d5ad" cstate="print"/>
+                    <a:blip r:embed="rId9990692582bb26d62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2396690987c08f10f" w:history="1">
+      <w:hyperlink r:id="rId9447692582bb28940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1552690987c08f1c4" w:history="1">
+      <w:hyperlink r:id="rId9856692582bb28a00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5224690987c08f46a" w:history="1">
+      <w:hyperlink r:id="rId6164692582bb28cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9921690987c08f5a2" w:history="1">
+      <w:hyperlink r:id="rId8069692582bb28dec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4974690987c08f729" w:history="1">
+      <w:hyperlink r:id="rId3466692582bb28f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2193690987c08f8c4" w:history="1">
+      <w:hyperlink r:id="rId7398692582bb2911d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5472690987c08fb8b" w:history="1">
+      <w:hyperlink r:id="rId7074692582bb293f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4582690987c08fc1e" w:history="1">
+      <w:hyperlink r:id="rId5427692582bb2948a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9011690987c08fcb0" w:history="1">
+      <w:hyperlink r:id="rId1303692582bb2951d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1931690987c08fd80" w:history="1">
+      <w:hyperlink r:id="rId4229692582bb295ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9478690987c08fdf3" w:history="1">
+      <w:hyperlink r:id="rId9414692582bb29660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6457690987c08fe56" w:history="1">
+      <w:hyperlink r:id="rId1357692582bb296d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7529690987c08fef9" w:history="1">
+      <w:hyperlink r:id="rId6485692582bb29777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5302690987c08ff9d" w:history="1">
+      <w:hyperlink r:id="rId2567692582bb297e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9753690987c090156" w:history="1">
+      <w:hyperlink r:id="rId9802692582bb29988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5581690987c0906ca" w:history="1">
+      <w:hyperlink r:id="rId2596692582bb29f0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4603690987c09071f" w:history="1">
+      <w:hyperlink r:id="rId3274692582bb29f60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4270690987c0907c4" w:history="1">
+      <w:hyperlink r:id="rId8814692582bb2a015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9299690987c09092f" w:history="1">
+      <w:hyperlink r:id="rId6442692582bb2a13b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3023690987c090ac0" w:history="1">
+      <w:hyperlink r:id="rId1851692582bb2a2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2749690987c090c01" w:history="1">
+      <w:hyperlink r:id="rId5714692582bb2a40c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1928690987c090d7c" w:history="1">
+      <w:hyperlink r:id="rId4134692582bb2a577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6234690987c090e7b" w:history="1">
+      <w:hyperlink r:id="rId7487692582bb2a67f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6097690987c091083" w:history="1">
+      <w:hyperlink r:id="rId4859692582bb2a8e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6083690987c0913b0" w:history="1">
+      <w:hyperlink r:id="rId1132692582bb2ac21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5766690987c09154f" w:history="1">
+      <w:hyperlink r:id="rId1544692582bb2adc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8518690987c0915ff" w:history="1">
+      <w:hyperlink r:id="rId1891692582bb2ae74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5107690987c09195c" w:history="1">
+      <w:hyperlink r:id="rId3173692582bb2b1a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2915690987c0919ff" w:history="1">
+      <w:hyperlink r:id="rId2928692582bb2b243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8429690987c091ab0" w:history="1">
+      <w:hyperlink r:id="rId2565692582bb2b2f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6355690987c091af0" w:history="1">
+      <w:hyperlink r:id="rId8613692582bb2b335" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6779690987c091c21" w:history="1">
+      <w:hyperlink r:id="rId4944692582bb2b486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6888690987c091cdb" w:history="1">
+      <w:hyperlink r:id="rId8612692582bb2b543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8962690987c091e34" w:history="1">
+      <w:hyperlink r:id="rId2058692582bb2b6a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8501690987c092097" w:history="1">
+      <w:hyperlink r:id="rId8185692582bb2b924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7813690987c092167" w:history="1">
+      <w:hyperlink r:id="rId8850692582bb2b9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8685690987c092339" w:history="1">
+      <w:hyperlink r:id="rId1875692582bb2bbc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3847690987c092ba3" w:history="1">
+      <w:hyperlink r:id="rId3865692582bb2c466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15980,51 +15980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4995690987c092e80" w:history="1">
+      <w:hyperlink r:id="rId1176692582bb2c7f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97508316" name="name6246690987c092f38" descr="eu_funding_250.png"/>
+            <wp:docPr id="11824638" name="name3607692582bb2c8de" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2022690987c092f37" cstate="print"/>
+                    <a:blip r:embed="rId8744692582bb2c8dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66111471">
+  <w:abstractNum w:abstractNumId="67140349">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37923243">
+    <w:lvl w:ilvl="0" w:tplc="60117355">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37923243" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60117355" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66111470">
+  <w:abstractNum w:abstractNumId="67140348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89520450">
+    <w:lvl w:ilvl="0" w:tplc="55165322">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66111470">
-    <w:abstractNumId w:val="66111470"/>
+  <w:num w:numId="67140348">
+    <w:abstractNumId w:val="67140348"/>
   </w:num>
-  <w:num w:numId="66111471">
-    <w:abstractNumId w:val="66111471"/>
+  <w:num w:numId="67140349">
+    <w:abstractNumId w:val="67140349"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId593047462" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId910454505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7445690987c08b6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId6904690987c08b72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId9436690987c08b8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId2396690987c08f10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId1552690987c08f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId5224690987c08f46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId9921690987c08f5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId4974690987c08f729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId2193690987c08f8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId5472690987c08fb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId4582690987c08fc1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId9011690987c08fcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId1931690987c08fd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9478690987c08fdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId6457690987c08fe56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7529690987c08fef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5302690987c08ff9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId9753690987c090156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId5581690987c0906ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId4603690987c09071f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId4270690987c0907c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId9299690987c09092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId3023690987c090ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId2749690987c090c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId1928690987c090d7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId6234690987c090e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId6097690987c091083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId6083690987c0913b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId5766690987c09154f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId8518690987c0915ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId5107690987c09195c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId2915690987c0919ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId8429690987c091ab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6355690987c091af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId6779690987c091c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId6888690987c091cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId8962690987c091e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId8501690987c092097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId7813690987c092167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId8685690987c092339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId3847690987c092ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId4995690987c092e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6735690987c08b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6735690987c08b7f9.jpg"/><Relationship Id="rId5014690987c08d5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5014690987c08d5ad.jpg"/><Relationship Id="rId2022690987c092f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2022690987c092f37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId831438804" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784795306" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8349692582bb24c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId7474692582bb24c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId3669692582bb25495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId9447692582bb28940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId9856692582bb28a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId6164692582bb28cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId8069692582bb28dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId3466692582bb28f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId7398692582bb2911d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId7074692582bb293f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId5427692582bb2948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId1303692582bb2951d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId4229692582bb295ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9414692582bb29660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId1357692582bb296d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6485692582bb29777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2567692582bb297e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId9802692582bb29988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId2596692582bb29f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId3274692582bb29f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId8814692582bb2a015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId6442692582bb2a13b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId1851692582bb2a2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId5714692582bb2a40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId4134692582bb2a577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId7487692582bb2a67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId4859692582bb2a8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId1132692582bb2ac21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId1544692582bb2adc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId1891692582bb2ae74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId3173692582bb2b1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId2928692582bb2b243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId2565692582bb2b2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8613692582bb2b335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId4944692582bb2b486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId8612692582bb2b543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId2058692582bb2b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId8185692582bb2b924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId8850692582bb2b9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId1875692582bb2bbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId3865692582bb2c466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId1176692582bb2c7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7879692582bb25392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7879692582bb25392.jpg"/><Relationship Id="rId9990692582bb26d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9990692582bb26d62.jpg"/><Relationship Id="rId8744692582bb2c8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8744692582bb2c8dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>