--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8349692582bb24c0e" w:history="1">
+            <w:hyperlink r:id="rId75946940729706003" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7474692582bb24c78" w:history="1">
+            <w:hyperlink r:id="rId9238694072970606b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94344334" name="name9252692582bb25394" descr="14626.jpg"/>
+                  <wp:docPr id="98253069" name="name2970694072970696b" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7879692582bb25392" cstate="print"/>
+                          <a:blip r:embed="rId59866940729706969" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3669692582bb25495" w:history="1">
+            <w:hyperlink r:id="rId77026940729706a8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25671673" name="name6819692582bb26d65" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="31202308" name="name8874694072970882b" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9990692582bb26d62" cstate="print"/>
+                    <a:blip r:embed="rId92936940729708828" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9447692582bb28940" w:history="1">
+      <w:hyperlink r:id="rId5128694072970a2c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9856692582bb28a00" w:history="1">
+      <w:hyperlink r:id="rId6457694072970a376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6164692582bb28cb9" w:history="1">
+      <w:hyperlink r:id="rId5485694072970a615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8069692582bb28dec" w:history="1">
+      <w:hyperlink r:id="rId3809694072970a741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3466692582bb28f6e" w:history="1">
+      <w:hyperlink r:id="rId7085694072970a8be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7398692582bb2911d" w:history="1">
+      <w:hyperlink r:id="rId8901694072970aa4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7074692582bb293f6" w:history="1">
+      <w:hyperlink r:id="rId3824694072970ad2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5427692582bb2948a" w:history="1">
+      <w:hyperlink r:id="rId5880694072970adbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1303692582bb2951d" w:history="1">
+      <w:hyperlink r:id="rId4042694072970ae52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4229692582bb295ec" w:history="1">
+      <w:hyperlink r:id="rId1319694072970af22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9414692582bb29660" w:history="1">
+      <w:hyperlink r:id="rId8067694072970af94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1357692582bb296d3" w:history="1">
+      <w:hyperlink r:id="rId4433694072970affb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6485692582bb29777" w:history="1">
+      <w:hyperlink r:id="rId3001694072970b0a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2567692582bb297e7" w:history="1">
+      <w:hyperlink r:id="rId3057694072970b113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9802692582bb29988" w:history="1">
+      <w:hyperlink r:id="rId1132694072970b2b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2596692582bb29f0c" w:history="1">
+      <w:hyperlink r:id="rId2288694072970b840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3274692582bb29f60" w:history="1">
+      <w:hyperlink r:id="rId5124694072970b896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8814692582bb2a015" w:history="1">
+      <w:hyperlink r:id="rId6427694072970b93a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6442692582bb2a13b" w:history="1">
+      <w:hyperlink r:id="rId4830694072970ba5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1851692582bb2a2c9" w:history="1">
+      <w:hyperlink r:id="rId6919694072970bc0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5714692582bb2a40c" w:history="1">
+      <w:hyperlink r:id="rId6669694072970bd51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4134692582bb2a577" w:history="1">
+      <w:hyperlink r:id="rId3320694072970bec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7487692582bb2a67f" w:history="1">
+      <w:hyperlink r:id="rId4393694072970bfbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4859692582bb2a8e9" w:history="1">
+      <w:hyperlink r:id="rId5288694072970c1d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1132692582bb2ac21" w:history="1">
+      <w:hyperlink r:id="rId6638694072970c4f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1544692582bb2adc2" w:history="1">
+      <w:hyperlink r:id="rId3113694072970c692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1891692582bb2ae74" w:history="1">
+      <w:hyperlink r:id="rId1090694072970c740" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3173692582bb2b1a1" w:history="1">
+      <w:hyperlink r:id="rId8538694072970ca39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2928692582bb2b243" w:history="1">
+      <w:hyperlink r:id="rId9961694072970caf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2565692582bb2b2f6" w:history="1">
+      <w:hyperlink r:id="rId8436694072970cc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8613692582bb2b335" w:history="1">
+      <w:hyperlink r:id="rId7995694072970cc4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4944692582bb2b486" w:history="1">
+      <w:hyperlink r:id="rId6448694072970cd87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8612692582bb2b543" w:history="1">
+      <w:hyperlink r:id="rId6765694072970ce43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2058692582bb2b6a4" w:history="1">
+      <w:hyperlink r:id="rId5659694072970cf99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8185692582bb2b924" w:history="1">
+      <w:hyperlink r:id="rId6951694072970d1fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8850692582bb2b9f3" w:history="1">
+      <w:hyperlink r:id="rId9249694072970d2c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1875692582bb2bbc8" w:history="1">
+      <w:hyperlink r:id="rId9878694072970d494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3865692582bb2c466" w:history="1">
+      <w:hyperlink r:id="rId1514694072970dd1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15980,51 +15980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1176692582bb2c7f4" w:history="1">
+      <w:hyperlink r:id="rId8961694072970dff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11824638" name="name3607692582bb2c8de" descr="eu_funding_250.png"/>
+            <wp:docPr id="62498251" name="name3480694072970e7d7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8744692582bb2c8dd" cstate="print"/>
+                    <a:blip r:embed="rId3204694072970e7d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67140349">
+  <w:abstractNum w:abstractNumId="42647223">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60117355">
+    <w:lvl w:ilvl="0" w:tplc="52854744">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60117355" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52854744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67140348">
+  <w:abstractNum w:abstractNumId="42647222">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55165322">
+    <w:lvl w:ilvl="0" w:tplc="97900774">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67140348">
-    <w:abstractNumId w:val="67140348"/>
+  <w:num w:numId="42647222">
+    <w:abstractNumId w:val="42647222"/>
   </w:num>
-  <w:num w:numId="67140349">
-    <w:abstractNumId w:val="67140349"/>
+  <w:num w:numId="42647223">
+    <w:abstractNumId w:val="42647223"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId831438804" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784795306" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8349692582bb24c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId7474692582bb24c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId3669692582bb25495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId9447692582bb28940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId9856692582bb28a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId6164692582bb28cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId8069692582bb28dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId3466692582bb28f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId7398692582bb2911d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId7074692582bb293f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId5427692582bb2948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId1303692582bb2951d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId4229692582bb295ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9414692582bb29660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId1357692582bb296d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6485692582bb29777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2567692582bb297e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId9802692582bb29988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId2596692582bb29f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId3274692582bb29f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId8814692582bb2a015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId6442692582bb2a13b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId1851692582bb2a2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId5714692582bb2a40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId4134692582bb2a577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId7487692582bb2a67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId4859692582bb2a8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId1132692582bb2ac21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId1544692582bb2adc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId1891692582bb2ae74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId3173692582bb2b1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId2928692582bb2b243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId2565692582bb2b2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8613692582bb2b335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId4944692582bb2b486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId8612692582bb2b543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId2058692582bb2b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId8185692582bb2b924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId8850692582bb2b9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId1875692582bb2bbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId3865692582bb2c466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId1176692582bb2c7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7879692582bb25392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7879692582bb25392.jpg"/><Relationship Id="rId9990692582bb26d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9990692582bb26d62.jpg"/><Relationship Id="rId8744692582bb2c8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8744692582bb2c8dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId437073073" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157428514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75946940729706003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId9238694072970606b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId77026940729706a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId5128694072970a2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId6457694072970a376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId5485694072970a615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId3809694072970a741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId7085694072970a8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId8901694072970aa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId3824694072970ad2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId5880694072970adbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId4042694072970ae52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId1319694072970af22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId8067694072970af94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId4433694072970affb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3001694072970b0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3057694072970b113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId1132694072970b2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId2288694072970b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId5124694072970b896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId6427694072970b93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId4830694072970ba5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId6919694072970bc0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId6669694072970bd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId3320694072970bec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId4393694072970bfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId5288694072970c1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId6638694072970c4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId3113694072970c692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId1090694072970c740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId8538694072970ca39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId9961694072970caf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId8436694072970cc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId7995694072970cc4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId6448694072970cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId6765694072970ce43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId5659694072970cf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId6951694072970d1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId9249694072970d2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId9878694072970d494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId1514694072970dd1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId8961694072970dff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59866940729706969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59866940729706969.jpg"/><Relationship Id="rId92936940729708828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92936940729708828.jpg"/><Relationship Id="rId3204694072970e7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3204694072970e7d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>