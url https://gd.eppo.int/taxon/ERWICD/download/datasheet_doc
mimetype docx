--- v3 (2025-12-15)
+++ v4 (2026-01-23)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75946940729706003" w:history="1">
+            <w:hyperlink r:id="rId86246973eb887a43d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9238694072970606b" w:history="1">
+            <w:hyperlink r:id="rId91476973eb887a4a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98253069" name="name2970694072970696b" descr="14626.jpg"/>
+                  <wp:docPr id="90777107" name="name71126973eb887a576" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId59866940729706969" cstate="print"/>
+                          <a:blip r:embed="rId20836973eb887a575" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId77026940729706a8d" w:history="1">
+            <w:hyperlink r:id="rId82066973eb887a689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31202308" name="name8874694072970882b" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="10386414" name="name56776973eb887c0ff" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92936940729708828" cstate="print"/>
+                    <a:blip r:embed="rId85076973eb887c0fb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5128694072970a2c3" w:history="1">
+      <w:hyperlink r:id="rId53586973eb887dc1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6457694072970a376" w:history="1">
+      <w:hyperlink r:id="rId60536973eb887dcd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5485694072970a615" w:history="1">
+      <w:hyperlink r:id="rId99686973eb887df8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3809694072970a741" w:history="1">
+      <w:hyperlink r:id="rId76366973eb887e0bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7085694072970a8be" w:history="1">
+      <w:hyperlink r:id="rId59326973eb887e23c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8901694072970aa4e" w:history="1">
+      <w:hyperlink r:id="rId43196973eb887e3c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3824694072970ad2b" w:history="1">
+      <w:hyperlink r:id="rId69816973eb887e6ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5880694072970adbf" w:history="1">
+      <w:hyperlink r:id="rId40136973eb887e742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4042694072970ae52" w:history="1">
+      <w:hyperlink r:id="rId42146973eb887e7d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1319694072970af22" w:history="1">
+      <w:hyperlink r:id="rId67166973eb887e8a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8067694072970af94" w:history="1">
+      <w:hyperlink r:id="rId95876973eb887e916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4433694072970affb" w:history="1">
+      <w:hyperlink r:id="rId53946973eb887e97a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3001694072970b0a1" w:history="1">
+      <w:hyperlink r:id="rId72726973eb887ea1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3057694072970b113" w:history="1">
+      <w:hyperlink r:id="rId37576973eb887ea8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1132694072970b2b4" w:history="1">
+      <w:hyperlink r:id="rId63076973eb887ec28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2288694072970b840" w:history="1">
+      <w:hyperlink r:id="rId30676973eb887f19a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5124694072970b896" w:history="1">
+      <w:hyperlink r:id="rId75876973eb887f1ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6427694072970b93a" w:history="1">
+      <w:hyperlink r:id="rId16936973eb887f28f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4830694072970ba5f" w:history="1">
+      <w:hyperlink r:id="rId23936973eb887f3ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6919694072970bc0a" w:history="1">
+      <w:hyperlink r:id="rId34156973eb887f537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6669694072970bd51" w:history="1">
+      <w:hyperlink r:id="rId95976973eb887f672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3320694072970bec1" w:history="1">
+      <w:hyperlink r:id="rId48656973eb887f7d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4393694072970bfbc" w:history="1">
+      <w:hyperlink r:id="rId28786973eb887f8cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5288694072970c1d0" w:history="1">
+      <w:hyperlink r:id="rId11876973eb887fad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6638694072970c4f8" w:history="1">
+      <w:hyperlink r:id="rId59386973eb887fe1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3113694072970c692" w:history="1">
+      <w:hyperlink r:id="rId15746973eb887ffdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1090694072970c740" w:history="1">
+      <w:hyperlink r:id="rId38386973eb888008c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8538694072970ca39" w:history="1">
+      <w:hyperlink r:id="rId49096973eb888038a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9961694072970caf5" w:history="1">
+      <w:hyperlink r:id="rId42606973eb8880427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8436694072970cc01" w:history="1">
+      <w:hyperlink r:id="rId75846973eb88804d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7995694072970cc4b" w:history="1">
+      <w:hyperlink r:id="rId96206973eb8880515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6448694072970cd87" w:history="1">
+      <w:hyperlink r:id="rId72896973eb888064b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6765694072970ce43" w:history="1">
+      <w:hyperlink r:id="rId11506973eb888070e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5659694072970cf99" w:history="1">
+      <w:hyperlink r:id="rId64396973eb8880864" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6951694072970d1fb" w:history="1">
+      <w:hyperlink r:id="rId26816973eb8880ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9249694072970d2c8" w:history="1">
+      <w:hyperlink r:id="rId44396973eb8880b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9878694072970d494" w:history="1">
+      <w:hyperlink r:id="rId80876973eb8880d79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1514694072970dd1c" w:history="1">
+      <w:hyperlink r:id="rId26446973eb88815be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15958,73 +15958,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8961694072970dff6" w:history="1">
+      <w:hyperlink r:id="rId81856973eb88818a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62498251" name="name3480694072970e7d7" descr="eu_funding_250.png"/>
+            <wp:docPr id="49898374" name="name57096973eb8881959" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3204694072970e7d6" cstate="print"/>
+                    <a:blip r:embed="rId92296973eb8881958" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42647223">
+  <w:abstractNum w:abstractNumId="17441676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52854744">
+    <w:lvl w:ilvl="0" w:tplc="44316888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52854744" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44316888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42647222">
+  <w:abstractNum w:abstractNumId="17441675">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97900774">
+    <w:lvl w:ilvl="0" w:tplc="43592453">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42647222">
-    <w:abstractNumId w:val="42647222"/>
+  <w:num w:numId="17441675">
+    <w:abstractNumId w:val="17441675"/>
   </w:num>
-  <w:num w:numId="42647223">
-    <w:abstractNumId w:val="42647223"/>
+  <w:num w:numId="17441676">
+    <w:abstractNumId w:val="17441676"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId437073073" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157428514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75946940729706003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId9238694072970606b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId77026940729706a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId5128694072970a2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId6457694072970a376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId5485694072970a615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId3809694072970a741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId7085694072970a8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId8901694072970aa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId3824694072970ad2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId5880694072970adbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId4042694072970ae52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId1319694072970af22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId8067694072970af94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId4433694072970affb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3001694072970b0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3057694072970b113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId1132694072970b2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId2288694072970b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId5124694072970b896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId6427694072970b93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId4830694072970ba5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId6919694072970bc0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId6669694072970bd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId3320694072970bec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId4393694072970bfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId5288694072970c1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId6638694072970c4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId3113694072970c692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId1090694072970c740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId8538694072970ca39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId9961694072970caf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId8436694072970cc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId7995694072970cc4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId6448694072970cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId6765694072970ce43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId5659694072970cf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId6951694072970d1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId9249694072970d2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId9878694072970d494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId1514694072970dd1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId8961694072970dff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59866940729706969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59866940729706969.jpg"/><Relationship Id="rId92936940729708828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92936940729708828.jpg"/><Relationship Id="rId3204694072970e7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3204694072970e7d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId153745946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId342192868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86246973eb887a43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId91476973eb887a4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId82066973eb887a689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId53586973eb887dc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId60536973eb887dcd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId99686973eb887df8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId76366973eb887e0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId59326973eb887e23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId43196973eb887e3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId69816973eb887e6ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId40136973eb887e742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId42146973eb887e7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId67166973eb887e8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId95876973eb887e916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId53946973eb887e97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId72726973eb887ea1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId37576973eb887ea8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId63076973eb887ec28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId30676973eb887f19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId75876973eb887f1ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId16936973eb887f28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId23936973eb887f3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId34156973eb887f537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId95976973eb887f672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId48656973eb887f7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId28786973eb887f8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId11876973eb887fad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId59386973eb887fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId15746973eb887ffdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId38386973eb888008c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId49096973eb888038a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId42606973eb8880427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId75846973eb88804d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId96206973eb8880515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId72896973eb888064b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId11506973eb888070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId64396973eb8880864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId26816973eb8880ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId44396973eb8880b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId80876973eb8880d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId26446973eb88815be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId81856973eb88818a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20836973eb887a575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20836973eb887a575.jpg"/><Relationship Id="rId85076973eb887c0fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85076973eb887c0fb.jpg"/><Relationship Id="rId92296973eb8881958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92296973eb8881958.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>