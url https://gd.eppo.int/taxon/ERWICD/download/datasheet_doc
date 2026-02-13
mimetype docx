--- v4 (2026-01-23)
+++ v5 (2026-02-13)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86246973eb887a43d" w:history="1">
+            <w:hyperlink r:id="rId4647698ee92fa93e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91476973eb887a4a5" w:history="1">
+            <w:hyperlink r:id="rId9728698ee92fa944c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90777107" name="name71126973eb887a576" descr="14626.jpg"/>
+                  <wp:docPr id="48544617" name="name6550698ee92fa9892" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20836973eb887a575" cstate="print"/>
+                          <a:blip r:embed="rId4362698ee92fa9890" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82066973eb887a689" w:history="1">
+            <w:hyperlink r:id="rId2675698ee92fa99ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,105 +2530,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10386414" name="name56776973eb887c0ff" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="73689271" name="name7336698ee92fab4e8" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85076973eb887c0fb" cstate="print"/>
+                    <a:blip r:embed="rId3142698ee92fab4e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bulgaria, Cyprus, Denmark, Finland, France (mainland), Germany, Israel, Morocco, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia), Slovenia, Spain (mainland), Sweden, Switzerland, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Belgium, Bulgaria, Cyprus, Denmark, Finland, France (mainland), Germany, Israel, Morocco, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia), Slovenia, Spain (mainland), Sweden, Switzerland, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53586973eb887dc1a" w:history="1">
+      <w:hyperlink r:id="rId5144698ee92facf70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60536973eb887dcd1" w:history="1">
+      <w:hyperlink r:id="rId3093698ee92fad025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99686973eb887df8a" w:history="1">
+      <w:hyperlink r:id="rId1752698ee92fad2c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76366973eb887e0bc" w:history="1">
+      <w:hyperlink r:id="rId3003698ee92fad3e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59326973eb887e23c" w:history="1">
+      <w:hyperlink r:id="rId8449698ee92fad561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43196973eb887e3c6" w:history="1">
+      <w:hyperlink r:id="rId1243698ee92fad6ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69816973eb887e6ac" w:history="1">
+      <w:hyperlink r:id="rId4058698ee92fad9b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40136973eb887e742" w:history="1">
+      <w:hyperlink r:id="rId9022698ee92fada49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42146973eb887e7d3" w:history="1">
+      <w:hyperlink r:id="rId4794698ee92fadad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67166973eb887e8a3" w:history="1">
+      <w:hyperlink r:id="rId9075698ee92fadba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95876973eb887e916" w:history="1">
+      <w:hyperlink r:id="rId6329698ee92fadc15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53946973eb887e97a" w:history="1">
+      <w:hyperlink r:id="rId5630698ee92fadc77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72726973eb887ea1c" w:history="1">
+      <w:hyperlink r:id="rId6862698ee92fadd27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37576973eb887ea8c" w:history="1">
+      <w:hyperlink r:id="rId9654698ee92fadd9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63076973eb887ec28" w:history="1">
+      <w:hyperlink r:id="rId6981698ee92fadf35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30676973eb887f19a" w:history="1">
+      <w:hyperlink r:id="rId4820698ee92fae485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75876973eb887f1ee" w:history="1">
+      <w:hyperlink r:id="rId9794698ee92fae4d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16936973eb887f28f" w:history="1">
+      <w:hyperlink r:id="rId5386698ee92fae576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23936973eb887f3ad" w:history="1">
+      <w:hyperlink r:id="rId6293698ee92fae691" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34156973eb887f537" w:history="1">
+      <w:hyperlink r:id="rId7688698ee92fae820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95976973eb887f672" w:history="1">
+      <w:hyperlink r:id="rId9289698ee92fae95e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48656973eb887f7d7" w:history="1">
+      <w:hyperlink r:id="rId9903698ee92faeac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28786973eb887f8cd" w:history="1">
+      <w:hyperlink r:id="rId5986698ee92faebbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11876973eb887fad5" w:history="1">
+      <w:hyperlink r:id="rId9453698ee92faedee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59386973eb887fe1a" w:history="1">
+      <w:hyperlink r:id="rId7065698ee92faf123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15746973eb887ffdb" w:history="1">
+      <w:hyperlink r:id="rId5140698ee92faf30b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38386973eb888008c" w:history="1">
+      <w:hyperlink r:id="rId4956698ee92faf3bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49096973eb888038a" w:history="1">
+      <w:hyperlink r:id="rId7848698ee92faf6b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42606973eb8880427" w:history="1">
+      <w:hyperlink r:id="rId4844698ee92faf751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75846973eb88804d6" w:history="1">
+      <w:hyperlink r:id="rId1157698ee92faf800" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96206973eb8880515" w:history="1">
+      <w:hyperlink r:id="rId9312698ee92faf840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72896973eb888064b" w:history="1">
+      <w:hyperlink r:id="rId9488698ee92faf969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11506973eb888070e" w:history="1">
+      <w:hyperlink r:id="rId7011698ee92fafa21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64396973eb8880864" w:history="1">
+      <w:hyperlink r:id="rId2838698ee92fafb72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26816973eb8880ac4" w:history="1">
+      <w:hyperlink r:id="rId2958698ee92fafdf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44396973eb8880b92" w:history="1">
+      <w:hyperlink r:id="rId3685698ee92fafebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80876973eb8880d79" w:history="1">
+      <w:hyperlink r:id="rId4431698ee92fb0090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26446973eb88815be" w:history="1">
+      <w:hyperlink r:id="rId1643698ee92fb08af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15980,51 +15980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81856973eb88818a0" w:history="1">
+      <w:hyperlink r:id="rId3064698ee92fb0b81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49898374" name="name57096973eb8881959" descr="eu_funding_250.png"/>
+            <wp:docPr id="12276116" name="name9231698ee92fb0c71" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92296973eb8881958" cstate="print"/>
+                    <a:blip r:embed="rId8259698ee92fb0c6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17441676">
+  <w:abstractNum w:abstractNumId="52628088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44316888">
+    <w:lvl w:ilvl="0" w:tplc="66340605">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44316888" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66340605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17441675">
+  <w:abstractNum w:abstractNumId="52628087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43592453">
+    <w:lvl w:ilvl="0" w:tplc="15734478">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17441675">
-    <w:abstractNumId w:val="17441675"/>
+  <w:num w:numId="52628087">
+    <w:abstractNumId w:val="52628087"/>
   </w:num>
-  <w:num w:numId="17441676">
-    <w:abstractNumId w:val="17441676"/>
+  <w:num w:numId="52628088">
+    <w:abstractNumId w:val="52628088"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId153745946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId342192868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86246973eb887a43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId91476973eb887a4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId82066973eb887a689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId53586973eb887dc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId60536973eb887dcd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId99686973eb887df8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId76366973eb887e0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId59326973eb887e23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId43196973eb887e3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId69816973eb887e6ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId40136973eb887e742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId42146973eb887e7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId67166973eb887e8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId95876973eb887e916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId53946973eb887e97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId72726973eb887ea1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId37576973eb887ea8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId63076973eb887ec28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId30676973eb887f19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId75876973eb887f1ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId16936973eb887f28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId23936973eb887f3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId34156973eb887f537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId95976973eb887f672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId48656973eb887f7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId28786973eb887f8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId11876973eb887fad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId59386973eb887fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId15746973eb887ffdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId38386973eb888008c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId49096973eb888038a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId42606973eb8880427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId75846973eb88804d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId96206973eb8880515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId72896973eb888064b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId11506973eb888070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId64396973eb8880864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId26816973eb8880ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId44396973eb8880b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId80876973eb8880d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId26446973eb88815be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId81856973eb88818a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20836973eb887a575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20836973eb887a575.jpg"/><Relationship Id="rId85076973eb887c0fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85076973eb887c0fb.jpg"/><Relationship Id="rId92296973eb8881958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92296973eb8881958.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId378876316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686774435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4647698ee92fa93e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId9728698ee92fa944c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId2675698ee92fa99ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId5144698ee92facf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId3093698ee92fad025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId1752698ee92fad2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId3003698ee92fad3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId8449698ee92fad561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId1243698ee92fad6ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId4058698ee92fad9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId9022698ee92fada49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId4794698ee92fadad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId9075698ee92fadba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId6329698ee92fadc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId5630698ee92fadc77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6862698ee92fadd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9654698ee92fadd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId6981698ee92fadf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId4820698ee92fae485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId9794698ee92fae4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId5386698ee92fae576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId6293698ee92fae691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId7688698ee92fae820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId9289698ee92fae95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId9903698ee92faeac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId5986698ee92faebbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId9453698ee92faedee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId7065698ee92faf123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId5140698ee92faf30b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId4956698ee92faf3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId7848698ee92faf6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId4844698ee92faf751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId1157698ee92faf800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9312698ee92faf840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId9488698ee92faf969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId7011698ee92fafa21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId2838698ee92fafb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId2958698ee92fafdf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId3685698ee92fafebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId4431698ee92fb0090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId1643698ee92fb08af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId3064698ee92fb0b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4362698ee92fa9890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4362698ee92fa9890.jpg"/><Relationship Id="rId3142698ee92fab4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3142698ee92fab4e6.jpg"/><Relationship Id="rId8259698ee92fb0c6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8259698ee92fb0c6f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>