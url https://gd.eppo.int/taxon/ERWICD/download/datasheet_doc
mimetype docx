--- v5 (2026-02-13)
+++ v6 (2026-03-05)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Hellmers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial stunt of carnation, bacterial wilt of carnation, bacterial wilt of dahlia, blackleg of potato, slow wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4647698ee92fa93e3" w:history="1">
+            <w:hyperlink r:id="rId487469a965c5b0ca6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9728698ee92fa944c" w:history="1">
+            <w:hyperlink r:id="rId211569a965c5b0d12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWICD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48544617" name="name6550698ee92fa9892" descr="14626.jpg"/>
+                  <wp:docPr id="79526618" name="name312069a965c5b11b9" descr="14626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4362698ee92fa9890" cstate="print"/>
+                          <a:blip r:embed="rId529269a965c5b11b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2675698ee92fa99ac" w:history="1">
+            <w:hyperlink r:id="rId768569a965c5b12df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">involved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73689271" name="name7336698ee92fab4e8" descr="ERWICD_distribution_map.jpg"/>
+            <wp:docPr id="65209006" name="name448869a965c5b2bc4" descr="ERWICD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWICD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3142698ee92fab4e6" cstate="print"/>
+                    <a:blip r:embed="rId281769a965c5b2bc1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2943-2943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5144698ee92facf70" w:history="1">
+      <w:hyperlink r:id="rId345069a965c5b47b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/:10.1094/PDIS-11-18-2094-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2), 275. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3093698ee92fad025" w:history="1">
+      <w:hyperlink r:id="rId439969a965c5b486a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-13-0147-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6959,51 +6959,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> datasheet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Crop Protection Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1752698ee92fad2c1" w:history="1">
+      <w:hyperlink r:id="rId488569a965c5b4b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/datasheet/17585</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7147,51 +7147,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e30702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3003698ee92fad3e9" w:history="1">
+      <w:hyperlink r:id="rId290069a965c5b4cd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0030702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7384,51 +7384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1733. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8449698ee92fad561" w:history="1">
+      <w:hyperlink r:id="rId734969a965c5b4e90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9081733</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7632,51 +7632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1243698ee92fad6ee" w:history="1">
+      <w:hyperlink r:id="rId268869a965c5b5040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9112270</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8076,51 +8076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1703-1719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4058698ee92fad9b9" w:history="1">
+      <w:hyperlink r:id="rId246469a965c5b5356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.14579</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8166,51 +8166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3072,  115 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9022698ee92fada49" w:history="1">
+      <w:hyperlink r:id="rId528969a965c5b53ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8256,51 +8256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 855–871. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4794698ee92fadad9" w:history="1">
+      <w:hyperlink r:id="rId953369a965c5b549a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-020-00354-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-66. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9075698ee92fadba6" w:history="1">
+      <w:hyperlink r:id="rId993369a965c5b556a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8452,51 +8452,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6329698ee92fadc15" w:history="1">
+      <w:hyperlink r:id="rId904769a965c5b55dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8513,51 +8513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5630698ee92fadc77" w:history="1">
+      <w:hyperlink r:id="rId280269a965c5b565b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8614,51 +8614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 309-353. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6862698ee92fadd27" w:history="1">
+      <w:hyperlink r:id="rId245069a965c5b56ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8684,51 +8684,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L317</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4–104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9654698ee92fadd9a" w:history="1">
+      <w:hyperlink r:id="rId692569a965c5b576e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8941,51 +8941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 423–427. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6981698ee92fadf35" w:history="1">
+      <w:hyperlink r:id="rId300269a965c5b5927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-020-00934-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9791,101 +9791,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IOR (2019) Instytut Ochrony Roslin (IOR) Summary of the Express Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820698ee92fae485" w:history="1">
+      <w:hyperlink r:id="rId946369a965c5b5f3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC Pest Reports (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in western Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9794698ee92fae4d7" w:history="1">
+      <w:hyperlink r:id="rId282969a965c5b5f91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15.07.2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9940,51 +9940,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5386698ee92fae576" w:history="1">
+      <w:hyperlink r:id="rId952069a965c5b6031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2008.04000.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10119,51 +10119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11), 2320. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6293698ee92fae691" w:history="1">
+      <w:hyperlink r:id="rId823769a965c5b614e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-15-1513-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10365,51 +10365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5379-5383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7688698ee92fae820" w:history="1">
+      <w:hyperlink r:id="rId975769a965c5b62de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.001524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10564,51 +10564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 182-193. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9289698ee92fae95e" w:history="1">
+      <w:hyperlink r:id="rId895569a965c5b6437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-013-0440-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10790,51 +10790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">228-231. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9903698ee92faeac6" w:history="1">
+      <w:hyperlink r:id="rId571869a965c5b65ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.1992.tb02342.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1192-1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5986698ee92faebbd" w:history="1">
+      <w:hyperlink r:id="rId216969a965c5b66b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-20-2020-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11271,51 +11271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 18. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9453698ee92faedee" w:history="1">
+      <w:hyperlink r:id="rId986169a965c5b68f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens8010018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11782,51 +11782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 2121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7065698ee92faf123" w:history="1">
+      <w:hyperlink r:id="rId658369a965c5b6c59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0024-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12039,51 +12039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) e0218868. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5140698ee92faf30b" w:history="1">
+      <w:hyperlink r:id="rId898569a965c5b6e4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0218868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12149,51 +12149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1671-1672. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4956698ee92faf3bc" w:history="1">
+      <w:hyperlink r:id="rId583969a965c5b6f00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-04-17-0548-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12631,51 +12631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7848698ee92faf6b6" w:history="1">
+      <w:hyperlink r:id="rId690169a965c5b7261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-18-0775-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12730,51 +12730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4844698ee92faf751" w:history="1">
+      <w:hyperlink r:id="rId591669a965c5b7303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10051024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12838,92 +12838,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552– 568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1157698ee92faf800" w:history="1">
+      <w:hyperlink r:id="rId792269a965c5b7473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and project recommendation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dianthicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9312698ee92faf840" w:history="1">
+      <w:hyperlink r:id="rId838069a965c5b74b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13067,51 +13067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 587-596. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9488698ee92faf969" w:history="1">
+      <w:hyperlink r:id="rId808469a965c5b7681" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2012.02678.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13186,51 +13186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7011698ee92fafa21" w:history="1">
+      <w:hyperlink r:id="rId821969a965c5b777e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13403,51 +13403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2838698ee92fafb72" w:history="1">
+      <w:hyperlink r:id="rId500169a965c5b79b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01976395</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13791,51 +13791,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10), 2027-2028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2958698ee92fafdf0" w:history="1">
+      <w:hyperlink r:id="rId986369a965c5b7c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/PDIS-04-18-0551-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13921,51 +13921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1492-1499. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3685698ee92fafebe" w:history="1">
+      <w:hyperlink r:id="rId660669a965c5b7d10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-19-1743-RE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14216,51 +14216,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tennison R (2022) The rise and fall of blackleg-causing bacteria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potatoes in Canada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4431698ee92fb0090" w:history="1">
+      <w:hyperlink r:id="rId285669a965c5b7ee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e35738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1643698ee92fb08af" w:history="1">
+      <w:hyperlink r:id="rId962969a965c5b8717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0035738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -15980,51 +15980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dickeya dianthicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3064698ee92fb0b81" w:history="1">
+      <w:hyperlink r:id="rId300669a965c5b89fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16037,63 +16037,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12276116" name="name9231698ee92fb0c71" descr="eu_funding_250.png"/>
+            <wp:docPr id="9363703" name="name452769a965c5b8aa9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8259698ee92fb0c6f" cstate="print"/>
+                    <a:blip r:embed="rId749969a965c5b8aa8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16191,137 +16191,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52628088">
+  <w:abstractNum w:abstractNumId="56227950">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66340605">
+    <w:lvl w:ilvl="0" w:tplc="33548793">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66340605" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33548793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52628087">
+  <w:abstractNum w:abstractNumId="56227949">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15734478">
+    <w:lvl w:ilvl="0" w:tplc="70655891">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17073,55 +17073,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52628087">
-    <w:abstractNumId w:val="52628087"/>
+  <w:num w:numId="56227949">
+    <w:abstractNumId w:val="56227949"/>
   </w:num>
-  <w:num w:numId="52628088">
-    <w:abstractNumId w:val="52628088"/>
+  <w:num w:numId="56227950">
+    <w:abstractNumId w:val="56227950"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28671,51 +28671,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId378876316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686774435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4647698ee92fa93e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId9728698ee92fa944c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId2675698ee92fa99ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId5144698ee92facf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId3093698ee92fad025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId1752698ee92fad2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId3003698ee92fad3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId8449698ee92fad561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId1243698ee92fad6ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId4058698ee92fad9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId9022698ee92fada49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId4794698ee92fadad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId9075698ee92fadba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId6329698ee92fadc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId5630698ee92fadc77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6862698ee92fadd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9654698ee92fadd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId6981698ee92fadf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId4820698ee92fae485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId9794698ee92fae4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId5386698ee92fae576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId6293698ee92fae691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId7688698ee92fae820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId9289698ee92fae95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId9903698ee92faeac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId5986698ee92faebbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId9453698ee92faedee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId7065698ee92faf123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId5140698ee92faf30b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId4956698ee92faf3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId7848698ee92faf6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId4844698ee92faf751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId1157698ee92faf800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9312698ee92faf840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId9488698ee92faf969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId7011698ee92fafa21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId2838698ee92fafb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId2958698ee92fafdf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId3685698ee92fafebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId4431698ee92fb0090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId1643698ee92fb08af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId3064698ee92fb0b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4362698ee92fa9890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4362698ee92fa9890.jpg"/><Relationship Id="rId3142698ee92fab4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3142698ee92fab4e6.jpg"/><Relationship Id="rId8259698ee92fb0c6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8259698ee92fb0c6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938969737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859480536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId487469a965c5b0ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/" TargetMode="External"/><Relationship Id="rId211569a965c5b0d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/categorization" TargetMode="External"/><Relationship Id="rId768569a965c5b12df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWICD/photos" TargetMode="External"/><Relationship Id="rId345069a965c5b47b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/:10.1094/PDIS-11-18-2094-PDN" TargetMode="External"/><Relationship Id="rId439969a965c5b486a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-13-0147-PDN" TargetMode="External"/><Relationship Id="rId488569a965c5b4b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/datasheet/17585" TargetMode="External"/><Relationship Id="rId290069a965c5b4cd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0030702" TargetMode="External"/><Relationship Id="rId734969a965c5b4e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9081733" TargetMode="External"/><Relationship Id="rId268869a965c5b5040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9112270" TargetMode="External"/><Relationship Id="rId246469a965c5b5356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.14579" TargetMode="External"/><Relationship Id="rId528969a965c5b53ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3072" TargetMode="External"/><Relationship Id="rId953369a965c5b549a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-020-00354-6" TargetMode="External"/><Relationship Id="rId993369a965c5b556a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId904769a965c5b55dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId280269a965c5b565b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId245069a965c5b56ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId692569a965c5b576e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32016R2031" TargetMode="External"/><Relationship Id="rId300269a965c5b5927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-020-00934-2" TargetMode="External"/><Relationship Id="rId946369a965c5b5f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/414fadfc-0b86-4bd6-b99e-14f1419bff39" TargetMode="External"/><Relationship Id="rId282969a965c5b5f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/countries/australia/pestreports/2017/11/dickeya-dianthicola-in-western-australia/" TargetMode="External"/><Relationship Id="rId952069a965c5b6031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2008.04000.x" TargetMode="External"/><Relationship Id="rId823769a965c5b614e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-15-1513-PDN" TargetMode="External"/><Relationship Id="rId975769a965c5b62de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.001524" TargetMode="External"/><Relationship Id="rId895569a965c5b6437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-013-0440-z" TargetMode="External"/><Relationship Id="rId571869a965c5b65ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.1992.tb02342.x" TargetMode="External"/><Relationship Id="rId216969a965c5b66b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-20-2020-PDN" TargetMode="External"/><Relationship Id="rId986169a965c5b68f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens8010018" TargetMode="External"/><Relationship Id="rId658369a965c5b6c59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0024-PDN" TargetMode="External"/><Relationship Id="rId898569a965c5b6e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0218868" TargetMode="External"/><Relationship Id="rId583969a965c5b6f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-04-17-0548-pdn" TargetMode="External"/><Relationship Id="rId690169a965c5b7261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-18-0775-PDN" TargetMode="External"/><Relationship Id="rId591669a965c5b7303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10051024" TargetMode="External"/><Relationship Id="rId792269a965c5b7473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId838069a965c5b74b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=ERWICD" TargetMode="External"/><Relationship Id="rId808469a965c5b7681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2012.02678.x" TargetMode="External"/><Relationship Id="rId821969a965c5b777e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf" TargetMode="External"/><Relationship Id="rId500169a965c5b79b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01976395" TargetMode="External"/><Relationship Id="rId986369a965c5b7c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-18-0551-PDN" TargetMode="External"/><Relationship Id="rId660669a965c5b7d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-19-1743-RE" TargetMode="External"/><Relationship Id="rId285669a965c5b7ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.potatoesincanada.com/the-rise-and-fall-of-blackleg-causing-bacteria/" TargetMode="External"/><Relationship Id="rId962969a965c5b8717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0035738" TargetMode="External"/><Relationship Id="rId300669a965c5b89fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId529269a965c5b11b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529269a965c5b11b7.jpg"/><Relationship Id="rId281769a965c5b2bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId281769a965c5b2bc1.jpg"/><Relationship Id="rId749969a965c5b8aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId749969a965c5b8aa8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>