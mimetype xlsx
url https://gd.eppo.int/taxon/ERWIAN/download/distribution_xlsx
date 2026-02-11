--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -377,51 +377,51 @@
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>