--- v0 (2025-10-20)
+++ v1 (2026-02-09)
@@ -803,51 +803,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>