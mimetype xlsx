--- v1 (2026-02-09)
+++ v2 (2026-03-03)
@@ -3251,51 +3251,51 @@
       <c r="B106" t="s">
         <v>77</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>227</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>193</v>
       </c>
       <c r="B107" t="s">
         <v>228</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>229</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>193</v>
       </c>
       <c r="B108" t="s">
         <v>230</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>231</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>193</v>
       </c>
       <c r="B109" t="s">
         <v>230</v>
       </c>