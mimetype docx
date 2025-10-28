--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446368e625c159e79" w:history="1">
+            <w:hyperlink r:id="rId28506900f9c2ec56d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631168e625c159ee3" w:history="1">
+            <w:hyperlink r:id="rId73216900f9c2ec5d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40302060" name="name306768e625c15a6bf" descr="11422.jpg"/>
+                  <wp:docPr id="22074724" name="name40446900f9c2ec6b5" descr="11422.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11422.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId365268e625c15a6bd" cstate="print"/>
+                          <a:blip r:embed="rId58946900f9c2ec6b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId457968e625c15a7fa" w:history="1">
+            <w:hyperlink r:id="rId92416900f9c2ec7ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38602738" name="name990368e625c15c5aa" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="60312929" name="name91196900f9c2ee228" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId633168e625c15c5a7" cstate="print"/>
+                    <a:blip r:embed="rId17326900f9c2ee225" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581368e625c15e3d7" w:history="1">
+      <w:hyperlink r:id="rId39896900f9c2f001c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69322005" name="name239668e625c15e535" descr="eu_funding_250.png"/>
+            <wp:docPr id="37890484" name="name21016900f9c2f0173" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId641768e625c15e534" cstate="print"/>
+                    <a:blip r:embed="rId40226900f9c2f0171" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54885649">
+  <w:abstractNum w:abstractNumId="20318865">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18531289">
+    <w:lvl w:ilvl="0" w:tplc="98422250">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18531289" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98422250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54885648">
+  <w:abstractNum w:abstractNumId="20318864">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16504812">
+    <w:lvl w:ilvl="0" w:tplc="91777862">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54885648">
-    <w:abstractNumId w:val="54885648"/>
+  <w:num w:numId="20318864">
+    <w:abstractNumId w:val="20318864"/>
   </w:num>
-  <w:num w:numId="54885649">
-    <w:abstractNumId w:val="54885649"/>
+  <w:num w:numId="20318865">
+    <w:abstractNumId w:val="20318865"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654542676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId983986959" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId446368e625c159e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId631168e625c159ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId457968e625c15a7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId581368e625c15e3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId365268e625c15a6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365268e625c15a6bd.jpg"/><Relationship Id="rId633168e625c15c5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633168e625c15c5a7.jpg"/><Relationship Id="rId641768e625c15e534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641768e625c15e534.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480521674" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212330299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28506900f9c2ec56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId73216900f9c2ec5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId92416900f9c2ec7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId39896900f9c2f001c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58946900f9c2ec6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58946900f9c2ec6b4.jpg"/><Relationship Id="rId17326900f9c2ee225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17326900f9c2ee225.jpg"/><Relationship Id="rId40226900f9c2f0171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40226900f9c2f0171.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>