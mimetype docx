--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28506900f9c2ec56d" w:history="1">
+            <w:hyperlink r:id="rId3382691cc50ab6ac1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73216900f9c2ec5d7" w:history="1">
+            <w:hyperlink r:id="rId1255691cc50ab6b2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22074724" name="name40446900f9c2ec6b5" descr="11422.jpg"/>
+                  <wp:docPr id="46514693" name="name3800691cc50ab6c07" descr="11422.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11422.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58946900f9c2ec6b4" cstate="print"/>
+                          <a:blip r:embed="rId7801691cc50ab6c06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92416900f9c2ec7ef" w:history="1">
+            <w:hyperlink r:id="rId1024691cc50ab6d78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60312929" name="name91196900f9c2ee228" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="46588619" name="name3162691cc50ab887f" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17326900f9c2ee225" cstate="print"/>
+                    <a:blip r:embed="rId7699691cc50ab887c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39896900f9c2f001c" w:history="1">
+      <w:hyperlink r:id="rId7641691cc50aba682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37890484" name="name21016900f9c2f0173" descr="eu_funding_250.png"/>
+            <wp:docPr id="26877739" name="name4111691cc50aba7be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40226900f9c2f0171" cstate="print"/>
+                    <a:blip r:embed="rId8652691cc50aba7bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20318865">
+  <w:abstractNum w:abstractNumId="82271495">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98422250">
+    <w:lvl w:ilvl="0" w:tplc="56021014">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98422250" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56021014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20318864">
+  <w:abstractNum w:abstractNumId="82271494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91777862">
+    <w:lvl w:ilvl="0" w:tplc="80905687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20318864">
-    <w:abstractNumId w:val="20318864"/>
+  <w:num w:numId="82271494">
+    <w:abstractNumId w:val="82271494"/>
   </w:num>
-  <w:num w:numId="20318865">
-    <w:abstractNumId w:val="20318865"/>
+  <w:num w:numId="82271495">
+    <w:abstractNumId w:val="82271495"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480521674" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212330299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28506900f9c2ec56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId73216900f9c2ec5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId92416900f9c2ec7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId39896900f9c2f001c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58946900f9c2ec6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58946900f9c2ec6b4.jpg"/><Relationship Id="rId17326900f9c2ee225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17326900f9c2ee225.jpg"/><Relationship Id="rId40226900f9c2f0171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40226900f9c2f0171.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId982607781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126652758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3382691cc50ab6ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId1255691cc50ab6b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId1024691cc50ab6d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId7641691cc50aba682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7801691cc50ab6c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7801691cc50ab6c06.jpg"/><Relationship Id="rId7699691cc50ab887c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7699691cc50ab887c.jpg"/><Relationship Id="rId8652691cc50aba7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8652691cc50aba7bd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>