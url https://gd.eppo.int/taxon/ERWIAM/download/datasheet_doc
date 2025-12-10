--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3382691cc50ab6ac1" w:history="1">
+            <w:hyperlink r:id="rId16416938ddf15b30f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1255691cc50ab6b2f" w:history="1">
+            <w:hyperlink r:id="rId99926938ddf15b377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46514693" name="name3800691cc50ab6c07" descr="11422.jpg"/>
+                  <wp:docPr id="29872328" name="name36236938ddf15b999" descr="11422.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11422.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7801691cc50ab6c06" cstate="print"/>
+                          <a:blip r:embed="rId69546938ddf15b997" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1024691cc50ab6d78" w:history="1">
+            <w:hyperlink r:id="rId65116938ddf15bac4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46588619" name="name3162691cc50ab887f" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="61362375" name="name49166938ddf15d1e3" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7699691cc50ab887c" cstate="print"/>
+                    <a:blip r:embed="rId28836938ddf15d1df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7641691cc50aba682" w:history="1">
+      <w:hyperlink r:id="rId11806938ddf15ef1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26877739" name="name4111691cc50aba7be" descr="eu_funding_250.png"/>
+            <wp:docPr id="49475312" name="name75346938ddf15f075" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8652691cc50aba7bd" cstate="print"/>
+                    <a:blip r:embed="rId27386938ddf15f074" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82271495">
+  <w:abstractNum w:abstractNumId="19609883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56021014">
+    <w:lvl w:ilvl="0" w:tplc="45696574">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56021014" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45696574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82271494">
+  <w:abstractNum w:abstractNumId="19609882">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80905687">
+    <w:lvl w:ilvl="0" w:tplc="33598191">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82271494">
-    <w:abstractNumId w:val="82271494"/>
+  <w:num w:numId="19609882">
+    <w:abstractNumId w:val="19609882"/>
   </w:num>
-  <w:num w:numId="82271495">
-    <w:abstractNumId w:val="82271495"/>
+  <w:num w:numId="19609883">
+    <w:abstractNumId w:val="19609883"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId982607781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126652758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3382691cc50ab6ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId1255691cc50ab6b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId1024691cc50ab6d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId7641691cc50aba682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7801691cc50ab6c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7801691cc50ab6c06.jpg"/><Relationship Id="rId7699691cc50ab887c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7699691cc50ab887c.jpg"/><Relationship Id="rId8652691cc50aba7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8652691cc50aba7bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId351440314" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855989104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId16416938ddf15b30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId99926938ddf15b377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId65116938ddf15bac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId11806938ddf15ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69546938ddf15b997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69546938ddf15b997.jpg"/><Relationship Id="rId28836938ddf15d1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28836938ddf15d1df.jpg"/><Relationship Id="rId27386938ddf15f074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27386938ddf15f074.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>