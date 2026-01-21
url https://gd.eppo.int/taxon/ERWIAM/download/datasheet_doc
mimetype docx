--- v3 (2025-12-10)
+++ v4 (2026-01-21)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16416938ddf15b30f" w:history="1">
+            <w:hyperlink r:id="rId2872697117f4201fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99926938ddf15b377" w:history="1">
+            <w:hyperlink r:id="rId2189697117f420264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29872328" name="name36236938ddf15b999" descr="11422.jpg"/>
+                  <wp:docPr id="34360551" name="name3179697117f4208b2" descr="19506.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="11422.jpg"/>
+                          <pic:cNvPr id="0" name="19506.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69546938ddf15b997" cstate="print"/>
+                          <a:blip r:embed="rId2483697117f4208b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65116938ddf15bac4" w:history="1">
+            <w:hyperlink r:id="rId9251697117f4209d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61362375" name="name49166938ddf15d1e3" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="86403080" name="name5039697117f42236a" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28836938ddf15d1df" cstate="print"/>
+                    <a:blip r:embed="rId4702697117f422367" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6598,73 +6598,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11806938ddf15ef1d" w:history="1">
+      <w:hyperlink r:id="rId9528697117f4244d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49475312" name="name75346938ddf15f075" descr="eu_funding_250.png"/>
+            <wp:docPr id="22067300" name="name7333697117f424618" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27386938ddf15f074" cstate="print"/>
+                    <a:blip r:embed="rId2488697117f424617" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19609883">
+  <w:abstractNum w:abstractNumId="69464476">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45696574">
+    <w:lvl w:ilvl="0" w:tplc="66905410">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45696574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66905410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19609882">
+  <w:abstractNum w:abstractNumId="69464475">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33598191">
+    <w:lvl w:ilvl="0" w:tplc="38816078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19609882">
-    <w:abstractNumId w:val="19609882"/>
+  <w:num w:numId="69464475">
+    <w:abstractNumId w:val="69464475"/>
   </w:num>
-  <w:num w:numId="19609883">
-    <w:abstractNumId w:val="19609883"/>
+  <w:num w:numId="69464476">
+    <w:abstractNumId w:val="69464476"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId351440314" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855989104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId16416938ddf15b30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId99926938ddf15b377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId65116938ddf15bac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId11806938ddf15ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69546938ddf15b997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69546938ddf15b997.jpg"/><Relationship Id="rId28836938ddf15d1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28836938ddf15d1df.jpg"/><Relationship Id="rId27386938ddf15f074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27386938ddf15f074.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId197321708" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId987871155" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2872697117f4201fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId2189697117f420264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId9251697117f4209d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId9528697117f4244d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2483697117f4208b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2483697117f4208b0.jpg"/><Relationship Id="rId4702697117f422367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4702697117f422367.jpg"/><Relationship Id="rId2488697117f424617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2488697117f424617.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>