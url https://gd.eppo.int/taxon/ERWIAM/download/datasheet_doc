--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2872697117f4201fb" w:history="1">
+            <w:hyperlink r:id="rId3732698c5078533fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2189697117f420264" w:history="1">
+            <w:hyperlink r:id="rId9905698c507853466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34360551" name="name3179697117f4208b2" descr="19506.jpg"/>
+                  <wp:docPr id="61476432" name="name8591698c507853999" descr="19506.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19506.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2483697117f4208b0" cstate="print"/>
+                          <a:blip r:embed="rId7219698c507853997" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9251697117f4209d7" w:history="1">
+            <w:hyperlink r:id="rId2392698c507853ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,105 +2329,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86403080" name="name5039697117f42236a" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="92957535" name="name6666698c50785549c" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4702697117f422367" cstate="print"/>
+                    <a:blip r:embed="rId8496698c507855498" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Lithuania, Luxembourg, Montenegro, Morocco, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Lithuania, Luxembourg, Montenegro, Morocco, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Egypt, Morocco, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9528697117f4244d0" w:history="1">
+      <w:hyperlink r:id="rId9257698c5078575b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22067300" name="name7333697117f424618" descr="eu_funding_250.png"/>
+            <wp:docPr id="36170919" name="name4299698c5078576f0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2488697117f424617" cstate="print"/>
+                    <a:blip r:embed="rId9930698c5078576ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69464476">
+  <w:abstractNum w:abstractNumId="34129298">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66905410">
+    <w:lvl w:ilvl="0" w:tplc="13433646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66905410" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13433646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69464475">
+  <w:abstractNum w:abstractNumId="34129297">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38816078">
+    <w:lvl w:ilvl="0" w:tplc="82376241">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69464475">
-    <w:abstractNumId w:val="69464475"/>
+  <w:num w:numId="34129297">
+    <w:abstractNumId w:val="34129297"/>
   </w:num>
-  <w:num w:numId="69464476">
-    <w:abstractNumId w:val="69464476"/>
+  <w:num w:numId="34129298">
+    <w:abstractNumId w:val="34129298"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId197321708" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId987871155" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2872697117f4201fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId2189697117f420264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId9251697117f4209d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId9528697117f4244d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2483697117f4208b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2483697117f4208b0.jpg"/><Relationship Id="rId4702697117f422367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4702697117f422367.jpg"/><Relationship Id="rId2488697117f424617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2488697117f424617.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780540000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272149675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3732698c5078533fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId9905698c507853466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId2392698c507853ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId9257698c5078575b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7219698c507853997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7219698c507853997.jpg"/><Relationship Id="rId8496698c507855498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8496698c507855498.jpg"/><Relationship Id="rId9930698c5078576ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9930698c5078576ef.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>