--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3732698c5078533fe" w:history="1">
+            <w:hyperlink r:id="rId758969a6d3a9cb9ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9905698c507853466" w:history="1">
+            <w:hyperlink r:id="rId227169a6d3a9cba16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61476432" name="name8591698c507853999" descr="19506.jpg"/>
+                  <wp:docPr id="75724902" name="name924169a6d3a9cbae7" descr="19506.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19506.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7219698c507853997" cstate="print"/>
+                          <a:blip r:embed="rId539869a6d3a9cbae6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2392698c507853ac0" w:history="1">
+            <w:hyperlink r:id="rId261569a6d3a9cbbe2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92957535" name="name6666698c50785549c" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="55521999" name="name723269a6d3a9cd343" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8496698c507855498" cstate="print"/>
+                    <a:blip r:embed="rId580169a6d3a9cd340" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9257698c5078575b0" w:history="1">
+      <w:hyperlink r:id="rId623469a6d3a9cf0d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36170919" name="name4299698c5078576f0" descr="eu_funding_250.png"/>
+            <wp:docPr id="4830367" name="name326769a6d3a9cf216" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9930698c5078576ef" cstate="print"/>
+                    <a:blip r:embed="rId168369a6d3a9cf214" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34129298">
+  <w:abstractNum w:abstractNumId="26195296">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13433646">
+    <w:lvl w:ilvl="0" w:tplc="42425772">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13433646" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42425772" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34129297">
+  <w:abstractNum w:abstractNumId="26195295">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82376241">
+    <w:lvl w:ilvl="0" w:tplc="77341211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34129297">
-    <w:abstractNumId w:val="34129297"/>
+  <w:num w:numId="26195295">
+    <w:abstractNumId w:val="26195295"/>
   </w:num>
-  <w:num w:numId="34129298">
-    <w:abstractNumId w:val="34129298"/>
+  <w:num w:numId="26195296">
+    <w:abstractNumId w:val="26195296"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780540000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272149675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3732698c5078533fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId9905698c507853466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId2392698c507853ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId9257698c5078575b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7219698c507853997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7219698c507853997.jpg"/><Relationship Id="rId8496698c507855498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8496698c507855498.jpg"/><Relationship Id="rId9930698c5078576ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9930698c5078576ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670465715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId305472296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId758969a6d3a9cb9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId227169a6d3a9cba16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId261569a6d3a9cbbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId623469a6d3a9cf0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539869a6d3a9cbae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539869a6d3a9cbae6.jpg"/><Relationship Id="rId580169a6d3a9cd340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId580169a6d3a9cd340.jpg"/><Relationship Id="rId168369a6d3a9cf214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168369a6d3a9cf214.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>