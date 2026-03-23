--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Burrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fire blight (US), fireblight (GB), twig blight of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId758969a6d3a9cb9ae" w:history="1">
+            <w:hyperlink r:id="rId309169c152e6acf94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227169a6d3a9cba16" w:history="1">
+            <w:hyperlink r:id="rId397269c152e6acffc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ERWIAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75724902" name="name924169a6d3a9cbae7" descr="19506.jpg"/>
+                  <wp:docPr id="49060692" name="name683669c152e6ad660" descr="19506.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19506.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId539869a6d3a9cbae6" cstate="print"/>
+                          <a:blip r:embed="rId531969c152e6ad65e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId261569a6d3a9cbbe2" w:history="1">
+            <w:hyperlink r:id="rId568169c152e6ad777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2329,63 +2329,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fireblight was first described in the USA in 1780 (Denning,1794) and has then spread throughout the North American continent, New Zealand (since 1920), and Europe where the disease was first reported in England in 1957. Since then, it rapidly spread through Western Europe and the Middle East (Van der Zwet, 2002, 2006). On the African continent, fireblight was declared to be present for the first time in 1964 in Egypt. Currently, this disease has reached many parts of the world. However major pome production areas such as Asia, in particular China, and South America have not yet been infected.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55521999" name="name723269a6d3a9cd343" descr="ERWIAM_distribution_map.jpg"/>
+            <wp:docPr id="52933757" name="name630269c152e6af59d" descr="ERWIAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ERWIAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId580169a6d3a9cd340" cstate="print"/>
+                    <a:blip r:embed="rId245569c152e6af595" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwinia amylovora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623469a6d3a9cf0d1" w:history="1">
+      <w:hyperlink r:id="rId959069c152e6b1a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6764,63 +6764,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4830367" name="name326769a6d3a9cf216" descr="eu_funding_250.png"/>
+            <wp:docPr id="93399724" name="name481369c152e6b1b4e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId168369a6d3a9cf214" cstate="print"/>
+                    <a:blip r:embed="rId500169c152e6b1b4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6918,137 +6918,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26195296">
+  <w:abstractNum w:abstractNumId="42098777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42425772">
+    <w:lvl w:ilvl="0" w:tplc="88885361">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42425772" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88885361" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26195295">
+  <w:abstractNum w:abstractNumId="42098776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77341211">
+    <w:lvl w:ilvl="0" w:tplc="44841634">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7800,55 +7800,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26195295">
-    <w:abstractNumId w:val="26195295"/>
+  <w:num w:numId="42098776">
+    <w:abstractNumId w:val="42098776"/>
   </w:num>
-  <w:num w:numId="26195296">
-    <w:abstractNumId w:val="26195296"/>
+  <w:num w:numId="42098777">
+    <w:abstractNumId w:val="42098777"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19398,51 +19398,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670465715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId305472296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId758969a6d3a9cb9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId227169a6d3a9cba16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId261569a6d3a9cbbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId623469a6d3a9cf0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539869a6d3a9cbae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539869a6d3a9cbae6.jpg"/><Relationship Id="rId580169a6d3a9cd340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId580169a6d3a9cd340.jpg"/><Relationship Id="rId168369a6d3a9cf214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168369a6d3a9cf214.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId239422697" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId356900526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId309169c152e6acf94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/" TargetMode="External"/><Relationship Id="rId397269c152e6acffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/categorization" TargetMode="External"/><Relationship Id="rId568169c152e6ad777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ERWIAM/photos" TargetMode="External"/><Relationship Id="rId959069c152e6b1a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId531969c152e6ad65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531969c152e6ad65e.jpg"/><Relationship Id="rId245569c152e6af595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId245569c152e6af595.jpg"/><Relationship Id="rId500169c152e6b1b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId500169c152e6b1b4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>