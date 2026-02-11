--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -116,51 +116,51 @@
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>