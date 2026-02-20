--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -308,51 +308,51 @@
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
 </sst>
 </file>
 