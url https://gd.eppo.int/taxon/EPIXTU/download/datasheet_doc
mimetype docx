--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480368f2dd6365ea1" w:history="1">
+            <w:hyperlink r:id="rId3994690da0bf45deb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId668568f2dd6365f0a" w:history="1">
+            <w:hyperlink r:id="rId4057690da0bf45e55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53423385" name="name607068f2dd6365fcd" descr="719.jpg"/>
+                  <wp:docPr id="1719811" name="name3314690da0bf46700" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId254868f2dd6365fcc" cstate="print"/>
+                          <a:blip r:embed="rId4357690da0bf466fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId584368f2dd63660db" w:history="1">
+            <w:hyperlink r:id="rId5047690da0bf46820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95142049" name="name156468f2dd6367c33" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="48698440" name="name3386690da0bf4834f" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId313268f2dd6367c30" cstate="print"/>
+                    <a:blip r:embed="rId4045690da0bf4834d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807068f2dd6368b53" w:history="1">
+      <w:hyperlink r:id="rId7414690da0bf492f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731868f2dd6368d12" w:history="1">
+      <w:hyperlink r:id="rId3076690da0bf494c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908268f2dd6368d65" w:history="1">
+      <w:hyperlink r:id="rId7475690da0bf49519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509068f2dd6368e03" w:history="1">
+      <w:hyperlink r:id="rId5796690da0bf495b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954768f2dd6368ea0" w:history="1">
+      <w:hyperlink r:id="rId2066690da0bf49651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316468f2dd6368f1b" w:history="1">
+      <w:hyperlink r:id="rId4161690da0bf496ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669168f2dd6368f98" w:history="1">
+      <w:hyperlink r:id="rId4615690da0bf4974a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588168f2dd6369074" w:history="1">
+      <w:hyperlink r:id="rId6578690da0bf49854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837868f2dd63691a0" w:history="1">
+      <w:hyperlink r:id="rId6771690da0bf499cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689468f2dd6369345" w:history="1">
+      <w:hyperlink r:id="rId1043690da0bf49b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573268f2dd63693c4" w:history="1">
+      <w:hyperlink r:id="rId9521690da0bf49bfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384368f2dd6369465" w:history="1">
+      <w:hyperlink r:id="rId2851690da0bf49c9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169368f2dd6369574" w:history="1">
+      <w:hyperlink r:id="rId9035690da0bf49da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556468f2dd63696ae" w:history="1">
+      <w:hyperlink r:id="rId8831690da0bf49f02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258468f2dd63697e2" w:history="1">
+      <w:hyperlink r:id="rId9442690da0bf4a1b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272268f2dd6369955" w:history="1">
+      <w:hyperlink r:id="rId5162690da0bf4a36c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11669870" name="name316768f2dd63699fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="77268353" name="name2128690da0bf4a7f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId121768f2dd63699f9" cstate="print"/>
+                    <a:blip r:embed="rId8558690da0bf4a7f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54194604">
+  <w:abstractNum w:abstractNumId="91306195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24779691">
+    <w:lvl w:ilvl="0" w:tplc="39021894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24779691" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39021894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54194603">
+  <w:abstractNum w:abstractNumId="91306194">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53672477">
+    <w:lvl w:ilvl="0" w:tplc="46000902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54194603">
-    <w:abstractNumId w:val="54194603"/>
+  <w:num w:numId="91306194">
+    <w:abstractNumId w:val="91306194"/>
   </w:num>
-  <w:num w:numId="54194604">
-    <w:abstractNumId w:val="54194604"/>
+  <w:num w:numId="91306195">
+    <w:abstractNumId w:val="91306195"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId297135604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId329542696" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId480368f2dd6365ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId668568f2dd6365f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId584368f2dd63660db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId807068f2dd6368b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId731868f2dd6368d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId908268f2dd6368d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId509068f2dd6368e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId954768f2dd6368ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId316468f2dd6368f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId669168f2dd6368f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId588168f2dd6369074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId837868f2dd63691a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId689468f2dd6369345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId573268f2dd63693c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId384368f2dd6369465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId169368f2dd6369574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId556468f2dd63696ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId258468f2dd63697e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId272268f2dd6369955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId254868f2dd6365fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254868f2dd6365fcc.jpg"/><Relationship Id="rId313268f2dd6367c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313268f2dd6367c30.jpg"/><Relationship Id="rId121768f2dd63699f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121768f2dd63699f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835879052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261220425" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3994690da0bf45deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId4057690da0bf45e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId5047690da0bf46820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId7414690da0bf492f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3076690da0bf494c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7475690da0bf49519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId5796690da0bf495b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId2066690da0bf49651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId4161690da0bf496ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId4615690da0bf4974a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId6578690da0bf49854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId6771690da0bf499cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId1043690da0bf49b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId9521690da0bf49bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId2851690da0bf49c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9035690da0bf49da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId8831690da0bf49f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9442690da0bf4a1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5162690da0bf4a36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId4357690da0bf466fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4357690da0bf466fe.jpg"/><Relationship Id="rId4045690da0bf4834d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4045690da0bf4834d.jpg"/><Relationship Id="rId8558690da0bf4a7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8558690da0bf4a7f5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>