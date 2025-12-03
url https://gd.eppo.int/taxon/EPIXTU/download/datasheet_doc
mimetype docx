--- v1 (2025-11-07)
+++ v2 (2025-12-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3994690da0bf45deb" w:history="1">
+            <w:hyperlink r:id="rId376269301acff0a7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4057690da0bf45e55" w:history="1">
+            <w:hyperlink r:id="rId578769301acff0ba6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1719811" name="name3314690da0bf46700" descr="719.jpg"/>
+                  <wp:docPr id="46831737" name="name332769301acff0d76" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4357690da0bf466fe" cstate="print"/>
+                          <a:blip r:embed="rId300869301acff0d73" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5047690da0bf46820" w:history="1">
+            <w:hyperlink r:id="rId624869301acff0f96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48698440" name="name3386690da0bf4834f" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="45306773" name="name343069301acff3617" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4045690da0bf4834d" cstate="print"/>
+                    <a:blip r:embed="rId803969301acff3615" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7414690da0bf492f3" w:history="1">
+      <w:hyperlink r:id="rId735169301ad00065a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3076690da0bf494c6" w:history="1">
+      <w:hyperlink r:id="rId300469301ad0008a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7475690da0bf49519" w:history="1">
+      <w:hyperlink r:id="rId411469301ad000933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5796690da0bf495b6" w:history="1">
+      <w:hyperlink r:id="rId568569301ad0009d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2066690da0bf49651" w:history="1">
+      <w:hyperlink r:id="rId165769301ad000a99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4161690da0bf496ce" w:history="1">
+      <w:hyperlink r:id="rId630169301ad000b1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4615690da0bf4974a" w:history="1">
+      <w:hyperlink r:id="rId765969301ad000b99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6578690da0bf49854" w:history="1">
+      <w:hyperlink r:id="rId317669301ad000cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6771690da0bf499cb" w:history="1">
+      <w:hyperlink r:id="rId567669301ad000e17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1043690da0bf49b7f" w:history="1">
+      <w:hyperlink r:id="rId843769301ad00101f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9521690da0bf49bfe" w:history="1">
+      <w:hyperlink r:id="rId708269301ad0010a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2851690da0bf49c9a" w:history="1">
+      <w:hyperlink r:id="rId197569301ad001140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9035690da0bf49da6" w:history="1">
+      <w:hyperlink r:id="rId154969301ad001251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8831690da0bf49f02" w:history="1">
+      <w:hyperlink r:id="rId478769301ad00138d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9442690da0bf4a1b8" w:history="1">
+      <w:hyperlink r:id="rId736969301ad0014b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5162690da0bf4a36c" w:history="1">
+      <w:hyperlink r:id="rId347969301ad001626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77268353" name="name2128690da0bf4a7f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="81463458" name="name923369301ad0016ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8558690da0bf4a7f5" cstate="print"/>
+                    <a:blip r:embed="rId931069301ad0016aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91306195">
+  <w:abstractNum w:abstractNumId="92252038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39021894">
+    <w:lvl w:ilvl="0" w:tplc="39591549">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39021894" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39591549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91306194">
+  <w:abstractNum w:abstractNumId="92252037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46000902">
+    <w:lvl w:ilvl="0" w:tplc="29505453">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91306194">
-    <w:abstractNumId w:val="91306194"/>
+  <w:num w:numId="92252037">
+    <w:abstractNumId w:val="92252037"/>
   </w:num>
-  <w:num w:numId="91306195">
-    <w:abstractNumId w:val="91306195"/>
+  <w:num w:numId="92252038">
+    <w:abstractNumId w:val="92252038"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835879052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261220425" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3994690da0bf45deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId4057690da0bf45e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId5047690da0bf46820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId7414690da0bf492f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3076690da0bf494c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7475690da0bf49519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId5796690da0bf495b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId2066690da0bf49651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId4161690da0bf496ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId4615690da0bf4974a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId6578690da0bf49854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId6771690da0bf499cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId1043690da0bf49b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId9521690da0bf49bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId2851690da0bf49c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9035690da0bf49da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId8831690da0bf49f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9442690da0bf4a1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5162690da0bf4a36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId4357690da0bf466fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4357690da0bf466fe.jpg"/><Relationship Id="rId4045690da0bf4834d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4045690da0bf4834d.jpg"/><Relationship Id="rId8558690da0bf4a7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8558690da0bf4a7f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId486242354" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830144766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId376269301acff0a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId578769301acff0ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId624869301acff0f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId735169301ad00065a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId300469301ad0008a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId411469301ad000933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId568569301ad0009d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId165769301ad000a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId630169301ad000b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId765969301ad000b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId317669301ad000cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId567669301ad000e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId843769301ad00101f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId708269301ad0010a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId197569301ad001140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId154969301ad001251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId478769301ad00138d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId736969301ad0014b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId347969301ad001626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId300869301acff0d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId300869301acff0d73.jpg"/><Relationship Id="rId803969301acff3615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803969301acff3615.jpg"/><Relationship Id="rId931069301ad0016aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931069301ad0016aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>