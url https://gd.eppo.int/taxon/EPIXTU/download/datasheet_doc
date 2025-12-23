--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376269301acff0a7f" w:history="1">
+            <w:hyperlink r:id="rId8269694b25aa36e32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578769301acff0ba6" w:history="1">
+            <w:hyperlink r:id="rId6834694b25aa36e9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46831737" name="name332769301acff0d76" descr="719.jpg"/>
+                  <wp:docPr id="25795030" name="name5686694b25aa37441" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId300869301acff0d73" cstate="print"/>
+                          <a:blip r:embed="rId7833694b25aa3743f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId624869301acff0f96" w:history="1">
+            <w:hyperlink r:id="rId4004694b25aa3753f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45306773" name="name343069301acff3617" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="72515646" name="name4886694b25aa38a2f" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId803969301acff3615" cstate="print"/>
+                    <a:blip r:embed="rId1634694b25aa38a2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735169301ad00065a" w:history="1">
+      <w:hyperlink r:id="rId5888694b25aa39899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300469301ad0008a7" w:history="1">
+      <w:hyperlink r:id="rId3908694b25aa39a67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411469301ad000933" w:history="1">
+      <w:hyperlink r:id="rId6075694b25aa39ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568569301ad0009d9" w:history="1">
+      <w:hyperlink r:id="rId4258694b25aa39b55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165769301ad000a99" w:history="1">
+      <w:hyperlink r:id="rId9603694b25aa39bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630169301ad000b1a" w:history="1">
+      <w:hyperlink r:id="rId8831694b25aa39c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765969301ad000b99" w:history="1">
+      <w:hyperlink r:id="rId3426694b25aa39ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317669301ad000cb2" w:history="1">
+      <w:hyperlink r:id="rId4145694b25aa39dbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567669301ad000e17" w:history="1">
+      <w:hyperlink r:id="rId7270694b25aa39ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843769301ad00101f" w:history="1">
+      <w:hyperlink r:id="rId6292694b25aa3a085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708269301ad0010a0" w:history="1">
+      <w:hyperlink r:id="rId5658694b25aa3a101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197569301ad001140" w:history="1">
+      <w:hyperlink r:id="rId4093694b25aa3a19c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154969301ad001251" w:history="1">
+      <w:hyperlink r:id="rId9424694b25aa3a2a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478769301ad00138d" w:history="1">
+      <w:hyperlink r:id="rId2240694b25aa3a3d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736969301ad0014b0" w:history="1">
+      <w:hyperlink r:id="rId9504694b25aa3a4f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347969301ad001626" w:history="1">
+      <w:hyperlink r:id="rId5482694b25aa3a65d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81463458" name="name923369301ad0016ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="70315461" name="name9259694b25aa3aa9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId931069301ad0016aa" cstate="print"/>
+                    <a:blip r:embed="rId8199694b25aa3aa99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92252038">
+  <w:abstractNum w:abstractNumId="44458453">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39591549">
+    <w:lvl w:ilvl="0" w:tplc="20396855">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39591549" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20396855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92252037">
+  <w:abstractNum w:abstractNumId="44458452">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29505453">
+    <w:lvl w:ilvl="0" w:tplc="15655755">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92252037">
-    <w:abstractNumId w:val="92252037"/>
+  <w:num w:numId="44458452">
+    <w:abstractNumId w:val="44458452"/>
   </w:num>
-  <w:num w:numId="92252038">
-    <w:abstractNumId w:val="92252038"/>
+  <w:num w:numId="44458453">
+    <w:abstractNumId w:val="44458453"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId486242354" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830144766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId376269301acff0a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId578769301acff0ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId624869301acff0f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId735169301ad00065a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId300469301ad0008a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId411469301ad000933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId568569301ad0009d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId165769301ad000a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId630169301ad000b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId765969301ad000b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId317669301ad000cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId567669301ad000e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId843769301ad00101f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId708269301ad0010a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId197569301ad001140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId154969301ad001251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId478769301ad00138d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId736969301ad0014b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId347969301ad001626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId300869301acff0d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId300869301acff0d73.jpg"/><Relationship Id="rId803969301acff3615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803969301acff3615.jpg"/><Relationship Id="rId931069301ad0016aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931069301ad0016aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId605639169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId348593713" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8269694b25aa36e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId6834694b25aa36e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId4004694b25aa3753f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId5888694b25aa39899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3908694b25aa39a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId6075694b25aa39ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4258694b25aa39b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId9603694b25aa39bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId8831694b25aa39c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId3426694b25aa39ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId4145694b25aa39dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId7270694b25aa39ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId6292694b25aa3a085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId5658694b25aa3a101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4093694b25aa3a19c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9424694b25aa3a2a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId2240694b25aa3a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9504694b25aa3a4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5482694b25aa3a65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId7833694b25aa3743f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7833694b25aa3743f.jpg"/><Relationship Id="rId1634694b25aa38a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1634694b25aa38a2d.jpg"/><Relationship Id="rId8199694b25aa3aa99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8199694b25aa3aa99.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>