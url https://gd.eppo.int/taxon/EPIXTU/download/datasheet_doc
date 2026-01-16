--- v3 (2025-12-23)
+++ v4 (2026-01-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8269694b25aa36e32" w:history="1">
+            <w:hyperlink r:id="rId2707696ac04c14dfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6834694b25aa36e9a" w:history="1">
+            <w:hyperlink r:id="rId9151696ac04c14e68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25795030" name="name5686694b25aa37441" descr="719.jpg"/>
+                  <wp:docPr id="56976532" name="name6931696ac04c15488" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7833694b25aa3743f" cstate="print"/>
+                          <a:blip r:embed="rId8952696ac04c15486" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4004694b25aa3753f" w:history="1">
+            <w:hyperlink r:id="rId8559696ac04c155c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72515646" name="name4886694b25aa38a2f" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="8408685" name="name9151696ac04c16ea3" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1634694b25aa38a2d" cstate="print"/>
+                    <a:blip r:embed="rId8461696ac04c16ea0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5888694b25aa39899" w:history="1">
+      <w:hyperlink r:id="rId4581696ac04c17dc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3908694b25aa39a67" w:history="1">
+      <w:hyperlink r:id="rId4935696ac04c17f7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6075694b25aa39ab9" w:history="1">
+      <w:hyperlink r:id="rId5387696ac04c17fcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4258694b25aa39b55" w:history="1">
+      <w:hyperlink r:id="rId8479696ac04c18068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9603694b25aa39bee" w:history="1">
+      <w:hyperlink r:id="rId7068696ac04c18102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8831694b25aa39c69" w:history="1">
+      <w:hyperlink r:id="rId2884696ac04c1817d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3426694b25aa39ce4" w:history="1">
+      <w:hyperlink r:id="rId3369696ac04c181f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4145694b25aa39dbd" w:history="1">
+      <w:hyperlink r:id="rId6195696ac04c182d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7270694b25aa39ee2" w:history="1">
+      <w:hyperlink r:id="rId9340696ac04c183fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6292694b25aa3a085" w:history="1">
+      <w:hyperlink r:id="rId9413696ac04c18597" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5658694b25aa3a101" w:history="1">
+      <w:hyperlink r:id="rId1528696ac04c18615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4093694b25aa3a19c" w:history="1">
+      <w:hyperlink r:id="rId9924696ac04c186c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9424694b25aa3a2a4" w:history="1">
+      <w:hyperlink r:id="rId8771696ac04c187d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2240694b25aa3a3d6" w:history="1">
+      <w:hyperlink r:id="rId2904696ac04c1890f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6214,73 +6214,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9504694b25aa3a4f1" w:history="1">
+      <w:hyperlink r:id="rId9323696ac04c18a34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5482694b25aa3a65d" w:history="1">
+      <w:hyperlink r:id="rId8855696ac04c18ba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70315461" name="name9259694b25aa3aa9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="81883709" name="name7739696ac04c18c52" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8199694b25aa3aa99" cstate="print"/>
+                    <a:blip r:embed="rId7715696ac04c18c51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44458453">
+  <w:abstractNum w:abstractNumId="84371513">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20396855">
+    <w:lvl w:ilvl="0" w:tplc="17191923">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20396855" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17191923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44458452">
+  <w:abstractNum w:abstractNumId="84371512">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15655755">
+    <w:lvl w:ilvl="0" w:tplc="12282913">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44458452">
-    <w:abstractNumId w:val="44458452"/>
+  <w:num w:numId="84371512">
+    <w:abstractNumId w:val="84371512"/>
   </w:num>
-  <w:num w:numId="44458453">
-    <w:abstractNumId w:val="44458453"/>
+  <w:num w:numId="84371513">
+    <w:abstractNumId w:val="84371513"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId605639169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId348593713" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8269694b25aa36e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId6834694b25aa36e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId4004694b25aa3753f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId5888694b25aa39899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3908694b25aa39a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId6075694b25aa39ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4258694b25aa39b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId9603694b25aa39bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId8831694b25aa39c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId3426694b25aa39ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId4145694b25aa39dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId7270694b25aa39ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId6292694b25aa3a085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId5658694b25aa3a101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4093694b25aa3a19c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9424694b25aa3a2a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId2240694b25aa3a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9504694b25aa3a4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5482694b25aa3a65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId7833694b25aa3743f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7833694b25aa3743f.jpg"/><Relationship Id="rId1634694b25aa38a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1634694b25aa38a2d.jpg"/><Relationship Id="rId8199694b25aa3aa99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8199694b25aa3aa99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814511968" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710736021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2707696ac04c14dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId9151696ac04c14e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId8559696ac04c155c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId4581696ac04c17dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4935696ac04c17f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId5387696ac04c17fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId8479696ac04c18068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7068696ac04c18102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2884696ac04c1817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId3369696ac04c181f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId6195696ac04c182d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId9340696ac04c183fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId9413696ac04c18597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId1528696ac04c18615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9924696ac04c186c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8771696ac04c187d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId2904696ac04c1890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9323696ac04c18a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8855696ac04c18ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId8952696ac04c15486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8952696ac04c15486.jpg"/><Relationship Id="rId8461696ac04c16ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8461696ac04c16ea0.jpg"/><Relationship Id="rId7715696ac04c18c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7715696ac04c18c51.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>