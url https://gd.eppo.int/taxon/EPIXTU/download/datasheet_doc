--- v4 (2026-01-16)
+++ v5 (2026-02-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2707696ac04c14dfe" w:history="1">
+            <w:hyperlink r:id="rId78336986a78f1548c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9151696ac04c14e68" w:history="1">
+            <w:hyperlink r:id="rId49416986a78f154f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56976532" name="name6931696ac04c15488" descr="719.jpg"/>
+                  <wp:docPr id="6510494" name="name36746986a78f15a5e" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8952696ac04c15486" cstate="print"/>
+                          <a:blip r:embed="rId36746986a78f15a5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8559696ac04c155c7" w:history="1">
+            <w:hyperlink r:id="rId88966986a78f15ba8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8408685" name="name9151696ac04c16ea3" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="38581405" name="name38916986a78f1720f" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8461696ac04c16ea0" cstate="print"/>
+                    <a:blip r:embed="rId48306986a78f1720c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4581696ac04c17dc3" w:history="1">
+      <w:hyperlink r:id="rId59166986a78f180cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4935696ac04c17f7a" w:history="1">
+      <w:hyperlink r:id="rId93886986a78f18280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5387696ac04c17fcc" w:history="1">
+      <w:hyperlink r:id="rId20156986a78f182d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8479696ac04c18068" w:history="1">
+      <w:hyperlink r:id="rId10796986a78f1836d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7068696ac04c18102" w:history="1">
+      <w:hyperlink r:id="rId37466986a78f18406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2884696ac04c1817d" w:history="1">
+      <w:hyperlink r:id="rId21336986a78f1847f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3369696ac04c181f8" w:history="1">
+      <w:hyperlink r:id="rId91076986a78f184fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6195696ac04c182d1" w:history="1">
+      <w:hyperlink r:id="rId51026986a78f185d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9340696ac04c183fa" w:history="1">
+      <w:hyperlink r:id="rId52506986a78f1870b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9413696ac04c18597" w:history="1">
+      <w:hyperlink r:id="rId20266986a78f1889d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1528696ac04c18615" w:history="1">
+      <w:hyperlink r:id="rId67066986a78f18922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9924696ac04c186c6" w:history="1">
+      <w:hyperlink r:id="rId23876986a78f189c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8771696ac04c187d7" w:history="1">
+      <w:hyperlink r:id="rId27886986a78f18ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2904696ac04c1890f" w:history="1">
+      <w:hyperlink r:id="rId88276986a78f18bfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9323696ac04c18a34" w:history="1">
+      <w:hyperlink r:id="rId37556986a78f18d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8855696ac04c18ba9" w:history="1">
+      <w:hyperlink r:id="rId89926986a78f18e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81883709" name="name7739696ac04c18c52" descr="eu_funding_250.png"/>
+            <wp:docPr id="75644520" name="name32136986a78f18f3c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7715696ac04c18c51" cstate="print"/>
+                    <a:blip r:embed="rId95926986a78f18f3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84371513">
+  <w:abstractNum w:abstractNumId="43389602">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17191923">
+    <w:lvl w:ilvl="0" w:tplc="74803461">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17191923" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74803461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84371512">
+  <w:abstractNum w:abstractNumId="43389601">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12282913">
+    <w:lvl w:ilvl="0" w:tplc="89898867">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84371512">
-    <w:abstractNumId w:val="84371512"/>
+  <w:num w:numId="43389601">
+    <w:abstractNumId w:val="43389601"/>
   </w:num>
-  <w:num w:numId="84371513">
-    <w:abstractNumId w:val="84371513"/>
+  <w:num w:numId="43389602">
+    <w:abstractNumId w:val="43389602"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814511968" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710736021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2707696ac04c14dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId9151696ac04c14e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId8559696ac04c155c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId4581696ac04c17dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4935696ac04c17f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId5387696ac04c17fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId8479696ac04c18068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7068696ac04c18102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2884696ac04c1817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId3369696ac04c181f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId6195696ac04c182d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId9340696ac04c183fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId9413696ac04c18597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId1528696ac04c18615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9924696ac04c186c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8771696ac04c187d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId2904696ac04c1890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId9323696ac04c18a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8855696ac04c18ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId8952696ac04c15486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8952696ac04c15486.jpg"/><Relationship Id="rId8461696ac04c16ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8461696ac04c16ea0.jpg"/><Relationship Id="rId7715696ac04c18c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7715696ac04c18c51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374736538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869176191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78336986a78f1548c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId49416986a78f154f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId88966986a78f15ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId59166986a78f180cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId93886986a78f18280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId20156986a78f182d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId10796986a78f1836d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId37466986a78f18406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId21336986a78f1847f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId91076986a78f184fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId51026986a78f185d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId52506986a78f1870b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId20266986a78f1889d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId67066986a78f18922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId23876986a78f189c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId27886986a78f18ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId88276986a78f18bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId37556986a78f18d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89926986a78f18e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId36746986a78f15a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36746986a78f15a5c.jpg"/><Relationship Id="rId48306986a78f1720c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48306986a78f1720c.jpg"/><Relationship Id="rId95926986a78f18f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95926986a78f18f3b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>