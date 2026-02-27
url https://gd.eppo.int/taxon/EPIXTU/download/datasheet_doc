--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78336986a78f1548c" w:history="1">
+            <w:hyperlink r:id="rId758069a1b52e1f4d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49416986a78f154f7" w:history="1">
+            <w:hyperlink r:id="rId565869a1b52e1f53a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6510494" name="name36746986a78f15a5e" descr="719.jpg"/>
+                  <wp:docPr id="81696183" name="name324869a1b52e1f98e" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36746986a78f15a5c" cstate="print"/>
+                          <a:blip r:embed="rId751469a1b52e1f98d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId88966986a78f15ba8" w:history="1">
+            <w:hyperlink r:id="rId415369a1b52e1fae9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38581405" name="name38916986a78f1720f" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="61797379" name="name368569a1b52e21296" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48306986a78f1720c" cstate="print"/>
+                    <a:blip r:embed="rId611269a1b52e21292" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59166986a78f180cc" w:history="1">
+      <w:hyperlink r:id="rId909369a1b52e2227d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93886986a78f18280" w:history="1">
+      <w:hyperlink r:id="rId982569a1b52e2245c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20156986a78f182d2" w:history="1">
+      <w:hyperlink r:id="rId786869a1b52e224b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10796986a78f1836d" w:history="1">
+      <w:hyperlink r:id="rId919569a1b52e22550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37466986a78f18406" w:history="1">
+      <w:hyperlink r:id="rId618869a1b52e225ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21336986a78f1847f" w:history="1">
+      <w:hyperlink r:id="rId298069a1b52e22679" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91076986a78f184fa" w:history="1">
+      <w:hyperlink r:id="rId686569a1b52e226fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51026986a78f185d3" w:history="1">
+      <w:hyperlink r:id="rId330669a1b52e2281b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52506986a78f1870b" w:history="1">
+      <w:hyperlink r:id="rId684469a1b52e2294c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20266986a78f1889d" w:history="1">
+      <w:hyperlink r:id="rId191669a1b52e22b10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67066986a78f18922" w:history="1">
+      <w:hyperlink r:id="rId434669a1b52e22b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23876986a78f189c0" w:history="1">
+      <w:hyperlink r:id="rId367969a1b52e22c32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27886986a78f18ac7" w:history="1">
+      <w:hyperlink r:id="rId799469a1b52e22d41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88276986a78f18bfb" w:history="1">
+      <w:hyperlink r:id="rId385369a1b52e22e7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37556986a78f18d1a" w:history="1">
+      <w:hyperlink r:id="rId889469a1b52e22f9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89926986a78f18e95" w:history="1">
+      <w:hyperlink r:id="rId419769a1b52e23127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75644520" name="name32136986a78f18f3c" descr="eu_funding_250.png"/>
+            <wp:docPr id="31868795" name="name867469a1b52e231ce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95926986a78f18f3b" cstate="print"/>
+                    <a:blip r:embed="rId640569a1b52e231cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43389602">
+  <w:abstractNum w:abstractNumId="75584647">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74803461">
+    <w:lvl w:ilvl="0" w:tplc="23841831">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74803461" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23841831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43389601">
+  <w:abstractNum w:abstractNumId="75584646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89898867">
+    <w:lvl w:ilvl="0" w:tplc="87261530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43389601">
-    <w:abstractNumId w:val="43389601"/>
+  <w:num w:numId="75584646">
+    <w:abstractNumId w:val="75584646"/>
   </w:num>
-  <w:num w:numId="43389602">
-    <w:abstractNumId w:val="43389602"/>
+  <w:num w:numId="75584647">
+    <w:abstractNumId w:val="75584647"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374736538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869176191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78336986a78f1548c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId49416986a78f154f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId88966986a78f15ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId59166986a78f180cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId93886986a78f18280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId20156986a78f182d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId10796986a78f1836d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId37466986a78f18406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId21336986a78f1847f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId91076986a78f184fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId51026986a78f185d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId52506986a78f1870b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId20266986a78f1889d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId67066986a78f18922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId23876986a78f189c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId27886986a78f18ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId88276986a78f18bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId37556986a78f18d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89926986a78f18e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId36746986a78f15a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36746986a78f15a5c.jpg"/><Relationship Id="rId48306986a78f1720c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48306986a78f1720c.jpg"/><Relationship Id="rId95926986a78f18f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95926986a78f18f3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178315155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178125392" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId758069a1b52e1f4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId565869a1b52e1f53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId415369a1b52e1fae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId909369a1b52e2227d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId982569a1b52e2245c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId786869a1b52e224b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId919569a1b52e22550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId618869a1b52e225ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId298069a1b52e22679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId686569a1b52e226fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId330669a1b52e2281b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId684469a1b52e2294c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId191669a1b52e22b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId434669a1b52e22b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId367969a1b52e22c32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId799469a1b52e22d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId385369a1b52e22e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId889469a1b52e22f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId419769a1b52e23127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId751469a1b52e1f98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751469a1b52e1f98d.jpg"/><Relationship Id="rId611269a1b52e21292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611269a1b52e21292.jpg"/><Relationship Id="rId640569a1b52e231cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640569a1b52e231cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>