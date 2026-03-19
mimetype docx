--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tuber flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId758069a1b52e1f4d2" w:history="1">
+            <w:hyperlink r:id="rId508169bc46b139efe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565869a1b52e1f53a" w:history="1">
+            <w:hyperlink r:id="rId155469bc46b139f67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81696183" name="name324869a1b52e1f98e" descr="719.jpg"/>
+                  <wp:docPr id="38123947" name="name652969bc46b13a518" descr="719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId751469a1b52e1f98d" cstate="print"/>
+                          <a:blip r:embed="rId280169bc46b13a516" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId415369a1b52e1fae9" w:history="1">
+            <w:hyperlink r:id="rId341069bc46b13a665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2237,63 +2237,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1967). The species is also reported in Costa Rica and Ecuador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61797379" name="name368569a1b52e21296" descr="EPIXTU_distribution_map.jpg"/>
+            <wp:docPr id="48043387" name="name103069bc46b13bddd" descr="EPIXTU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXTU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId611269a1b52e21292" cstate="print"/>
+                    <a:blip r:embed="rId924269bc46b13bdda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4263,51 +4263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909369a1b52e2227d" w:history="1">
+      <w:hyperlink r:id="rId433569bc46b13cdb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4536,101 +4536,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982569a1b52e2245c" w:history="1">
+      <w:hyperlink r:id="rId595369bc46b13cf74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786869a1b52e224b3" w:history="1">
+      <w:hyperlink r:id="rId443569bc46b13cfc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4685,51 +4685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919569a1b52e22550" w:history="1">
+      <w:hyperlink r:id="rId781069bc46b13d067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4784,51 +4784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618869a1b52e225ec" w:history="1">
+      <w:hyperlink r:id="rId544969bc46b13d102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4863,51 +4863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298069a1b52e22679" w:history="1">
+      <w:hyperlink r:id="rId846169bc46b13d17f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686569a1b52e226fb" w:history="1">
+      <w:hyperlink r:id="rId355769bc46b13d1fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5077,51 +5077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330669a1b52e2281b" w:history="1">
+      <w:hyperlink r:id="rId292769bc46b13d2d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5265,51 +5265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684469a1b52e2294c" w:history="1">
+      <w:hyperlink r:id="rId516069bc46b13d3ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5518,51 +5518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191669a1b52e22b10" w:history="1">
+      <w:hyperlink r:id="rId790969bc46b13d59d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434669a1b52e22b92" w:history="1">
+      <w:hyperlink r:id="rId716969bc46b13d61b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5696,51 +5696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367969a1b52e22c32" w:history="1">
+      <w:hyperlink r:id="rId134969bc46b13d6bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5864,51 +5864,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799469a1b52e22d41" w:history="1">
+      <w:hyperlink r:id="rId873569bc46b13d7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6059,51 +6059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385369a1b52e22e7b" w:history="1">
+      <w:hyperlink r:id="rId793069bc46b13d919" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6236,51 +6236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889469a1b52e22f9b" w:history="1">
+      <w:hyperlink r:id="rId650569bc46b13da3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6471,99 +6471,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 671-676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419769a1b52e23127" w:history="1">
+      <w:hyperlink r:id="rId960969bc46b13dbb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31868795" name="name867469a1b52e231ce" descr="eu_funding_250.png"/>
+            <wp:docPr id="28877388" name="name542369bc46b13dc5e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId640569a1b52e231cd" cstate="print"/>
+                    <a:blip r:embed="rId830969bc46b13dc5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -6662,137 +6662,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75584647">
+  <w:abstractNum w:abstractNumId="14808652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23841831">
+    <w:lvl w:ilvl="0" w:tplc="20288828">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23841831" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20288828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75584646">
+  <w:abstractNum w:abstractNumId="14808651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87261530">
+    <w:lvl w:ilvl="0" w:tplc="63392971">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,55 +7544,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75584646">
-    <w:abstractNumId w:val="75584646"/>
+  <w:num w:numId="14808651">
+    <w:abstractNumId w:val="14808651"/>
   </w:num>
-  <w:num w:numId="75584647">
-    <w:abstractNumId w:val="75584647"/>
+  <w:num w:numId="14808652">
+    <w:abstractNumId w:val="14808652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19142,51 +19142,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178315155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178125392" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId758069a1b52e1f4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId565869a1b52e1f53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId415369a1b52e1fae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId909369a1b52e2227d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId982569a1b52e2245c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId786869a1b52e224b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId919569a1b52e22550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId618869a1b52e225ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId298069a1b52e22679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId686569a1b52e226fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId330669a1b52e2281b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId684469a1b52e2294c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId191669a1b52e22b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId434669a1b52e22b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId367969a1b52e22c32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId799469a1b52e22d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId385369a1b52e22e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId889469a1b52e22f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId419769a1b52e23127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId751469a1b52e1f98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751469a1b52e1f98d.jpg"/><Relationship Id="rId611269a1b52e21292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611269a1b52e21292.jpg"/><Relationship Id="rId640569a1b52e231cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640569a1b52e231cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431200900" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId910445296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508169bc46b139efe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/" TargetMode="External"/><Relationship Id="rId155469bc46b139f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/categorization" TargetMode="External"/><Relationship Id="rId341069bc46b13a665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXTU/photos" TargetMode="External"/><Relationship Id="rId433569bc46b13cdb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId595369bc46b13cf74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId443569bc46b13cfc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId781069bc46b13d067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId544969bc46b13d102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId846169bc46b13d17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId355769bc46b13d1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId292769bc46b13d2d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId516069bc46b13d3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId790969bc46b13d59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId716969bc46b13d61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId134969bc46b13d6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId873569bc46b13d7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId793069bc46b13d919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId650569bc46b13da3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId960969bc46b13dbb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1989.tb01158.x" TargetMode="External"/><Relationship Id="rId280169bc46b13a516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId280169bc46b13a516.jpg"/><Relationship Id="rId924269bc46b13bdda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924269bc46b13bdda.jpg"/><Relationship Id="rId830969bc46b13dc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId830969bc46b13dc5d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>