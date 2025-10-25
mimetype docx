--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Crotch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId649868e0502b859ff" w:history="1">
+            <w:hyperlink r:id="rId537668fc674f67a8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341068e0502b85a6b" w:history="1">
+            <w:hyperlink r:id="rId311068fc674f67b02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94029507" name="name319768e0502b8610a" descr="11155.jpg"/>
+                  <wp:docPr id="6253502" name="name946368fc674f6818a" descr="11155.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11155.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId448068e0502b86108" cstate="print"/>
+                          <a:blip r:embed="rId698768fc674f68188" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId299468e0502b861fd" w:history="1">
+            <w:hyperlink r:id="rId974968fc674f682ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1315,63 +1315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55537811" name="name594968e0502b8746e" descr="EPIXSU_distribution_map.jpg"/>
+            <wp:docPr id="97450025" name="name935668fc674f695e9" descr="EPIXSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId487068e0502b8746b" cstate="print"/>
+                    <a:blip r:embed="rId316668fc674f695e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4055,51 +4055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469868e0502b887ac" w:history="1">
+      <w:hyperlink r:id="rId250068fc674f6ab1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4114,51 +4114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872468e0502b88810" w:history="1">
+      <w:hyperlink r:id="rId473768fc674f6ab8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772868e0502b88890" w:history="1">
+      <w:hyperlink r:id="rId588068fc674f6ac0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428668e0502b88920" w:history="1">
+      <w:hyperlink r:id="rId179668fc674f6acd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4382,51 +4382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373068e0502b889be" w:history="1">
+      <w:hyperlink r:id="rId286768fc674f6ad72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225868e0502b88a3b" w:history="1">
+      <w:hyperlink r:id="rId739668fc674f6adef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4540,51 +4540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833468e0502b88ac7" w:history="1">
+      <w:hyperlink r:id="rId194768fc674f6ae6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4922,51 +4922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694768e0502b88d48" w:history="1">
+      <w:hyperlink r:id="rId931468fc674f6b24b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5351,51 +5351,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556068e0502b88ff8" w:history="1">
+      <w:hyperlink r:id="rId111168fc674f6b4f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5441,51 +5441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791668e0502b89089" w:history="1">
+      <w:hyperlink r:id="rId369968fc674f6b583" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5832,51 +5832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606568e0502b892fb" w:history="1">
+      <w:hyperlink r:id="rId734468fc674f6b81a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5889,63 +5889,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30673847" name="name792468e0502b89395" descr="eu_funding_250.png"/>
+            <wp:docPr id="11414042" name="name758268fc674f6ba2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId371468e0502b89394" cstate="print"/>
+                    <a:blip r:embed="rId866868fc674f6ba2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6043,137 +6043,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14034908">
+  <w:abstractNum w:abstractNumId="86943711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91066565">
+    <w:lvl w:ilvl="0" w:tplc="94238277">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91066565" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94238277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14034907">
+  <w:abstractNum w:abstractNumId="86943710">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33825156">
+    <w:lvl w:ilvl="0" w:tplc="10611767">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6925,55 +6925,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14034907">
-    <w:abstractNumId w:val="14034907"/>
+  <w:num w:numId="86943710">
+    <w:abstractNumId w:val="86943710"/>
   </w:num>
-  <w:num w:numId="14034908">
-    <w:abstractNumId w:val="14034908"/>
+  <w:num w:numId="86943711">
+    <w:abstractNumId w:val="86943711"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18523,51 +18523,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467228049" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444544290" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId649868e0502b859ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId341068e0502b85a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId299468e0502b861fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId469868e0502b887ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId872468e0502b88810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId772868e0502b88890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId428668e0502b88920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId373068e0502b889be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId225868e0502b88a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId833468e0502b88ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId694768e0502b88d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId556068e0502b88ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId791668e0502b89089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId606568e0502b892fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId448068e0502b86108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId448068e0502b86108.jpg"/><Relationship Id="rId487068e0502b8746b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId487068e0502b8746b.jpg"/><Relationship Id="rId371468e0502b89394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId371468e0502b89394.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325614084" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699494563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId537668fc674f67a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId311068fc674f67b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId974968fc674f682ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId250068fc674f6ab1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId473768fc674f6ab8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId588068fc674f6ac0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId179668fc674f6acd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId286768fc674f6ad72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId739668fc674f6adef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId194768fc674f6ae6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId931468fc674f6b24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId111168fc674f6b4f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId369968fc674f6b583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId734468fc674f6b81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698768fc674f68188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698768fc674f68188.jpg"/><Relationship Id="rId316668fc674f695e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316668fc674f695e6.jpg"/><Relationship Id="rId866868fc674f6ba2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866868fc674f6ba2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>