--- v1 (2025-10-25)
+++ v2 (2025-11-19)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Crotch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537668fc674f67a8d" w:history="1">
+            <w:hyperlink r:id="rId4250691d4f127b0c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311068fc674f67b02" w:history="1">
+            <w:hyperlink r:id="rId2193691d4f127b12c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6253502" name="name946368fc674f6818a" descr="11155.jpg"/>
+                  <wp:docPr id="89202863" name="name3589691d4f127b6cf" descr="11155.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11155.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId698768fc674f68188" cstate="print"/>
+                          <a:blip r:embed="rId3079691d4f127b6cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId974968fc674f682ee" w:history="1">
+            <w:hyperlink r:id="rId8338691d4f127b7aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1315,63 +1315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97450025" name="name935668fc674f695e9" descr="EPIXSU_distribution_map.jpg"/>
+            <wp:docPr id="8815394" name="name8215691d4f127cbec" descr="EPIXSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId316668fc674f695e6" cstate="print"/>
+                    <a:blip r:embed="rId5587691d4f127cbea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4055,51 +4055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250068fc674f6ab1d" w:history="1">
+      <w:hyperlink r:id="rId1405691d4f127e012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4114,51 +4114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473768fc674f6ab8a" w:history="1">
+      <w:hyperlink r:id="rId7171691d4f127e076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588068fc674f6ac0d" w:history="1">
+      <w:hyperlink r:id="rId3370691d4f127e11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179668fc674f6acd2" w:history="1">
+      <w:hyperlink r:id="rId1045691d4f127e1b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4382,51 +4382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286768fc674f6ad72" w:history="1">
+      <w:hyperlink r:id="rId6474691d4f127e24e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739668fc674f6adef" w:history="1">
+      <w:hyperlink r:id="rId5268691d4f127e2ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4540,51 +4540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194768fc674f6ae6e" w:history="1">
+      <w:hyperlink r:id="rId1743691d4f127e364" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4922,51 +4922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931468fc674f6b24b" w:history="1">
+      <w:hyperlink r:id="rId2927691d4f127e619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5351,51 +5351,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111168fc674f6b4f3" w:history="1">
+      <w:hyperlink r:id="rId7845691d4f127e8e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5441,51 +5441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369968fc674f6b583" w:history="1">
+      <w:hyperlink r:id="rId7252691d4f127e973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5832,51 +5832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734468fc674f6b81a" w:history="1">
+      <w:hyperlink r:id="rId7855691d4f127ebdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5889,63 +5889,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11414042" name="name758268fc674f6ba2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="87010930" name="name9630691d4f127ec76" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId866868fc674f6ba2d" cstate="print"/>
+                    <a:blip r:embed="rId4033691d4f127ec75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6043,137 +6043,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86943711">
+  <w:abstractNum w:abstractNumId="24988190">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94238277">
+    <w:lvl w:ilvl="0" w:tplc="94267890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94238277" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94267890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86943710">
+  <w:abstractNum w:abstractNumId="24988189">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10611767">
+    <w:lvl w:ilvl="0" w:tplc="83964018">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6925,55 +6925,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86943710">
-    <w:abstractNumId w:val="86943710"/>
+  <w:num w:numId="24988189">
+    <w:abstractNumId w:val="24988189"/>
   </w:num>
-  <w:num w:numId="86943711">
-    <w:abstractNumId w:val="86943711"/>
+  <w:num w:numId="24988190">
+    <w:abstractNumId w:val="24988190"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18523,51 +18523,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325614084" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699494563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId537668fc674f67a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId311068fc674f67b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId974968fc674f682ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId250068fc674f6ab1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId473768fc674f6ab8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId588068fc674f6ac0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId179668fc674f6acd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId286768fc674f6ad72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId739668fc674f6adef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId194768fc674f6ae6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId931468fc674f6b24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId111168fc674f6b4f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId369968fc674f6b583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId734468fc674f6b81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698768fc674f68188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698768fc674f68188.jpg"/><Relationship Id="rId316668fc674f695e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316668fc674f695e6.jpg"/><Relationship Id="rId866868fc674f6ba2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866868fc674f6ba2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId848894501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153837041" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4250691d4f127b0c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId2193691d4f127b12c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId8338691d4f127b7aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId1405691d4f127e012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7171691d4f127e076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3370691d4f127e11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId1045691d4f127e1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId6474691d4f127e24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5268691d4f127e2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId1743691d4f127e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2927691d4f127e619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId7845691d4f127e8e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId7252691d4f127e973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId7855691d4f127ebdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3079691d4f127b6cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3079691d4f127b6cd.jpg"/><Relationship Id="rId5587691d4f127cbea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5587691d4f127cbea.jpg"/><Relationship Id="rId4033691d4f127ec75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4033691d4f127ec75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>