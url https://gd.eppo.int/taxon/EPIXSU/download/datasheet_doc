--- v2 (2025-11-19)
+++ v3 (2026-01-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Crotch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4250691d4f127b0c3" w:history="1">
+            <w:hyperlink r:id="rId4101695e5e0be51c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2193691d4f127b12c" w:history="1">
+            <w:hyperlink r:id="rId1318695e5e0be5239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89202863" name="name3589691d4f127b6cf" descr="11155.jpg"/>
+                  <wp:docPr id="38737387" name="name8933695e5e0be5a3c" descr="11155.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11155.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3079691d4f127b6cd" cstate="print"/>
+                          <a:blip r:embed="rId8861695e5e0be5a3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8338691d4f127b7aa" w:history="1">
+            <w:hyperlink r:id="rId8317695e5e0be5b62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1315,63 +1315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8815394" name="name8215691d4f127cbec" descr="EPIXSU_distribution_map.jpg"/>
+            <wp:docPr id="49346245" name="name8161695e5e0be6ed5" descr="EPIXSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5587691d4f127cbea" cstate="print"/>
+                    <a:blip r:embed="rId3521695e5e0be6ed2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4055,51 +4055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1405691d4f127e012" w:history="1">
+      <w:hyperlink r:id="rId8734695e5e0be8231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4114,51 +4114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7171691d4f127e076" w:history="1">
+      <w:hyperlink r:id="rId2813695e5e0be8294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3370691d4f127e11d" w:history="1">
+      <w:hyperlink r:id="rId3955695e5e0be8314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1045691d4f127e1b1" w:history="1">
+      <w:hyperlink r:id="rId6662695e5e0be83a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4382,51 +4382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6474691d4f127e24e" w:history="1">
+      <w:hyperlink r:id="rId3364695e5e0be843f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5268691d4f127e2ca" w:history="1">
+      <w:hyperlink r:id="rId2537695e5e0be84b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4540,51 +4540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1743691d4f127e364" w:history="1">
+      <w:hyperlink r:id="rId2473695e5e0be8534" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4922,51 +4922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2927691d4f127e619" w:history="1">
+      <w:hyperlink r:id="rId2640695e5e0be87c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5351,51 +5351,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7845691d4f127e8e2" w:history="1">
+      <w:hyperlink r:id="rId5016695e5e0be8a69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5441,51 +5441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7252691d4f127e973" w:history="1">
+      <w:hyperlink r:id="rId9866695e5e0be8af9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5810,73 +5810,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7855691d4f127ebdf" w:history="1">
+      <w:hyperlink r:id="rId8048695e5e0be8d69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5889,63 +5889,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87010930" name="name9630691d4f127ec76" descr="eu_funding_250.png"/>
+            <wp:docPr id="79849124" name="name7829695e5e0be8e06" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4033691d4f127ec75" cstate="print"/>
+                    <a:blip r:embed="rId1756695e5e0be8e05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6043,137 +6043,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24988190">
+  <w:abstractNum w:abstractNumId="71433417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94267890">
+    <w:lvl w:ilvl="0" w:tplc="54936686">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94267890" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54936686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24988189">
+  <w:abstractNum w:abstractNumId="71433416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83964018">
+    <w:lvl w:ilvl="0" w:tplc="63779334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6925,55 +6925,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24988189">
-    <w:abstractNumId w:val="24988189"/>
+  <w:num w:numId="71433416">
+    <w:abstractNumId w:val="71433416"/>
   </w:num>
-  <w:num w:numId="24988190">
-    <w:abstractNumId w:val="24988190"/>
+  <w:num w:numId="71433417">
+    <w:abstractNumId w:val="71433417"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18523,51 +18523,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId848894501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153837041" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4250691d4f127b0c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId2193691d4f127b12c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId8338691d4f127b7aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId1405691d4f127e012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7171691d4f127e076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3370691d4f127e11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId1045691d4f127e1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId6474691d4f127e24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5268691d4f127e2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId1743691d4f127e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2927691d4f127e619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId7845691d4f127e8e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId7252691d4f127e973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId7855691d4f127ebdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3079691d4f127b6cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3079691d4f127b6cd.jpg"/><Relationship Id="rId5587691d4f127cbea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5587691d4f127cbea.jpg"/><Relationship Id="rId4033691d4f127ec75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4033691d4f127ec75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId501801966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId919674492" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4101695e5e0be51c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId1318695e5e0be5239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId8317695e5e0be5b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId8734695e5e0be8231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2813695e5e0be8294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3955695e5e0be8314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId6662695e5e0be83a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId3364695e5e0be843f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2537695e5e0be84b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2473695e5e0be8534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2640695e5e0be87c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId5016695e5e0be8a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9866695e5e0be8af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId8048695e5e0be8d69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8861695e5e0be5a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8861695e5e0be5a3a.jpg"/><Relationship Id="rId3521695e5e0be6ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3521695e5e0be6ed2.jpg"/><Relationship Id="rId1756695e5e0be8e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1756695e5e0be8e05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>