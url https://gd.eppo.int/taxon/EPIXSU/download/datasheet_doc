--- v3 (2026-01-07)
+++ v4 (2026-02-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Crotch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4101695e5e0be51c9" w:history="1">
+            <w:hyperlink r:id="rId9256699543f6d01cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1318695e5e0be5239" w:history="1">
+            <w:hyperlink r:id="rId9744699543f6d0234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38737387" name="name8933695e5e0be5a3c" descr="11155.jpg"/>
+                  <wp:docPr id="3630169" name="name5906699543f6d0962" descr="11155.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11155.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8861695e5e0be5a3a" cstate="print"/>
+                          <a:blip r:embed="rId6391699543f6d0960" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8317695e5e0be5b62" w:history="1">
+            <w:hyperlink r:id="rId2532699543f6d0abc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1315,63 +1315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49346245" name="name8161695e5e0be6ed5" descr="EPIXSU_distribution_map.jpg"/>
+            <wp:docPr id="41768903" name="name2774699543f6d1df0" descr="EPIXSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3521695e5e0be6ed2" cstate="print"/>
+                    <a:blip r:embed="rId8208699543f6d1ded" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4055,51 +4055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8734695e5e0be8231" w:history="1">
+      <w:hyperlink r:id="rId2333699543f6d3276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4114,51 +4114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2813695e5e0be8294" w:history="1">
+      <w:hyperlink r:id="rId4514699543f6d32dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3955695e5e0be8314" w:history="1">
+      <w:hyperlink r:id="rId5850699543f6d335e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6662695e5e0be83a3" w:history="1">
+      <w:hyperlink r:id="rId5542699543f6d3406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4382,51 +4382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3364695e5e0be843f" w:history="1">
+      <w:hyperlink r:id="rId7836699543f6d34a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2537695e5e0be84b9" w:history="1">
+      <w:hyperlink r:id="rId8498699543f6d3522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4540,51 +4540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2473695e5e0be8534" w:history="1">
+      <w:hyperlink r:id="rId2310699543f6d35b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4922,51 +4922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2640695e5e0be87c0" w:history="1">
+      <w:hyperlink r:id="rId3841699543f6d3818" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5351,51 +5351,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5016695e5e0be8a69" w:history="1">
+      <w:hyperlink r:id="rId7609699543f6d3ab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5441,51 +5441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9866695e5e0be8af9" w:history="1">
+      <w:hyperlink r:id="rId3003699543f6d3b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5832,51 +5832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8048695e5e0be8d69" w:history="1">
+      <w:hyperlink r:id="rId7842699543f6d3df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5889,63 +5889,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79849124" name="name7829695e5e0be8e06" descr="eu_funding_250.png"/>
+            <wp:docPr id="67975555" name="name2469699543f6d41ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1756695e5e0be8e05" cstate="print"/>
+                    <a:blip r:embed="rId3546699543f6d41aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6043,137 +6043,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71433417">
+  <w:abstractNum w:abstractNumId="35302457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54936686">
+    <w:lvl w:ilvl="0" w:tplc="49627991">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54936686" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49627991" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71433416">
+  <w:abstractNum w:abstractNumId="35302456">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63779334">
+    <w:lvl w:ilvl="0" w:tplc="82413974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6925,55 +6925,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71433416">
-    <w:abstractNumId w:val="71433416"/>
+  <w:num w:numId="35302456">
+    <w:abstractNumId w:val="35302456"/>
   </w:num>
-  <w:num w:numId="71433417">
-    <w:abstractNumId w:val="71433417"/>
+  <w:num w:numId="35302457">
+    <w:abstractNumId w:val="35302457"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18523,51 +18523,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId501801966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId919674492" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4101695e5e0be51c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId1318695e5e0be5239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId8317695e5e0be5b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId8734695e5e0be8231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2813695e5e0be8294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3955695e5e0be8314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId6662695e5e0be83a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId3364695e5e0be843f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2537695e5e0be84b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2473695e5e0be8534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2640695e5e0be87c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId5016695e5e0be8a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9866695e5e0be8af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId8048695e5e0be8d69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8861695e5e0be5a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8861695e5e0be5a3a.jpg"/><Relationship Id="rId3521695e5e0be6ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3521695e5e0be6ed2.jpg"/><Relationship Id="rId1756695e5e0be8e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1756695e5e0be8e05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584630113" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107686418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9256699543f6d01cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId9744699543f6d0234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId2532699543f6d0abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId2333699543f6d3276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4514699543f6d32dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId5850699543f6d335e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId5542699543f6d3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7836699543f6d34a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId8498699543f6d3522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2310699543f6d35b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId3841699543f6d3818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId7609699543f6d3ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId3003699543f6d3b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId7842699543f6d3df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6391699543f6d0960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6391699543f6d0960.jpg"/><Relationship Id="rId8208699543f6d1ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8208699543f6d1ded.jpg"/><Relationship Id="rId3546699543f6d41aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3546699543f6d41aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>