--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Crotch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9256699543f6d01cb" w:history="1">
+            <w:hyperlink r:id="rId883969afde412fb44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9744699543f6d0234" w:history="1">
+            <w:hyperlink r:id="rId331569afde412fbb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3630169" name="name5906699543f6d0962" descr="11155.jpg"/>
+                  <wp:docPr id="1031052" name="name673469afde4130279" descr="11155.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11155.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6391699543f6d0960" cstate="print"/>
+                          <a:blip r:embed="rId465069afde4130276" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2532699543f6d0abc" w:history="1">
+            <w:hyperlink r:id="rId920269afde41303b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1315,63 +1315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41768903" name="name2774699543f6d1df0" descr="EPIXSU_distribution_map.jpg"/>
+            <wp:docPr id="79342237" name="name206069afde4131472" descr="EPIXSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8208699543f6d1ded" cstate="print"/>
+                    <a:blip r:embed="rId993369afde413146e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4055,51 +4055,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2333699543f6d3276" w:history="1">
+      <w:hyperlink r:id="rId160069afde413285c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4114,51 +4114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4514699543f6d32dd" w:history="1">
+      <w:hyperlink r:id="rId553069afde41328c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5850699543f6d335e" w:history="1">
+      <w:hyperlink r:id="rId647469afde413293f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5542699543f6d3406" w:history="1">
+      <w:hyperlink r:id="rId228769afde41329d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4382,51 +4382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7836699543f6d34a5" w:history="1">
+      <w:hyperlink r:id="rId552269afde4132a6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8498699543f6d3522" w:history="1">
+      <w:hyperlink r:id="rId102369afde4132ae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4540,51 +4540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2310699543f6d35b8" w:history="1">
+      <w:hyperlink r:id="rId210069afde4132b6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4922,51 +4922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3841699543f6d3818" w:history="1">
+      <w:hyperlink r:id="rId309369afde4132dfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5351,51 +5351,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7609699543f6d3ab8" w:history="1">
+      <w:hyperlink r:id="rId753669afde41330b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5441,51 +5441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-61. Retrieved May 22, 2020, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3003699543f6d3b53" w:history="1">
+      <w:hyperlink r:id="rId559169afde4133145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.jstor.org/stable/3999405</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5832,51 +5832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix subcrinita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7842699543f6d3df2" w:history="1">
+      <w:hyperlink r:id="rId510569afde41333c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5889,63 +5889,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67975555" name="name2469699543f6d41ac" descr="eu_funding_250.png"/>
+            <wp:docPr id="82586239" name="name744269afde4133482" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3546699543f6d41aa" cstate="print"/>
+                    <a:blip r:embed="rId885969afde4133480" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6043,137 +6043,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35302457">
+  <w:abstractNum w:abstractNumId="66401064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49627991">
+    <w:lvl w:ilvl="0" w:tplc="27960715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49627991" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27960715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35302456">
+  <w:abstractNum w:abstractNumId="66401063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82413974">
+    <w:lvl w:ilvl="0" w:tplc="72023627">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6925,55 +6925,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35302456">
-    <w:abstractNumId w:val="35302456"/>
+  <w:num w:numId="66401063">
+    <w:abstractNumId w:val="66401063"/>
   </w:num>
-  <w:num w:numId="35302457">
-    <w:abstractNumId w:val="35302457"/>
+  <w:num w:numId="66401064">
+    <w:abstractNumId w:val="66401064"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18523,51 +18523,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584630113" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107686418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9256699543f6d01cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId9744699543f6d0234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId2532699543f6d0abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId2333699543f6d3276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4514699543f6d32dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId5850699543f6d335e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId5542699543f6d3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7836699543f6d34a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId8498699543f6d3522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2310699543f6d35b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId3841699543f6d3818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId7609699543f6d3ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId3003699543f6d3b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId7842699543f6d3df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6391699543f6d0960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6391699543f6d0960.jpg"/><Relationship Id="rId8208699543f6d1ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8208699543f6d1ded.jpg"/><Relationship Id="rId3546699543f6d41aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3546699543f6d41aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId668298225" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977778694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId883969afde412fb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/" TargetMode="External"/><Relationship Id="rId331569afde412fbb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/categorization" TargetMode="External"/><Relationship Id="rId920269afde41303b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXSU/photos" TargetMode="External"/><Relationship Id="rId160069afde413285c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId553069afde41328c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId647469afde413293f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId228769afde41329d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId552269afde4132a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId102369afde4132ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId210069afde4132b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId309369afde4132dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId753669afde41330b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId559169afde4133145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3999405" TargetMode="External"/><Relationship Id="rId510569afde41333c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId465069afde4130276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId465069afde4130276.jpg"/><Relationship Id="rId993369afde413146e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId993369afde413146e.jpg"/><Relationship Id="rId885969afde4133480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId885969afde4133480.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>