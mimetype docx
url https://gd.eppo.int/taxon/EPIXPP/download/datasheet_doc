--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId602168e7950744e2e" w:history="1">
+            <w:hyperlink r:id="rId76766908b48e97cf4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId781468e7950744ec3" w:history="1">
+            <w:hyperlink r:id="rId59176908b48e97d62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34771508" name="name492168e7950744fc5" descr="11157.jpg"/>
+                  <wp:docPr id="74911083" name="name20386908b48e97e1f" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId197468e7950744fc3" cstate="print"/>
+                          <a:blip r:embed="rId52596908b48e97e1d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId452768e79507450dc" w:history="1">
+            <w:hyperlink r:id="rId28976908b48e97f0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12164786" name="name607668e79507467ca" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="31346397" name="name51796908b48e990b8" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId331168e79507467c8" cstate="print"/>
+                    <a:blip r:embed="rId31806908b48e990b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448968e7950747b2e" w:history="1">
+      <w:hyperlink r:id="rId40906908b48e9a161" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318968e7950747bc8" w:history="1">
+      <w:hyperlink r:id="rId66176908b48e9a1f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462268e7950747d34" w:history="1">
+      <w:hyperlink r:id="rId56156908b48e9a35c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787668e7950747dba" w:history="1">
+      <w:hyperlink r:id="rId37916908b48e9a3b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145968e7950747fe6" w:history="1">
+      <w:hyperlink r:id="rId64856908b48e9a596" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435068e795074803e" w:history="1">
+      <w:hyperlink r:id="rId78316908b48e9a5eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109668e795074809f" w:history="1">
+      <w:hyperlink r:id="rId14606908b48e9a64a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456568e79507480be" w:history="1">
+      <w:hyperlink r:id="rId97726908b48e9a669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390868e795074815c" w:history="1">
+      <w:hyperlink r:id="rId41326908b48e9a703" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438868e79507481ec" w:history="1">
+      <w:hyperlink r:id="rId88866908b48e9a78f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811868e795074825c" w:history="1">
+      <w:hyperlink r:id="rId31096908b48e9a7fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655968e795074828f" w:history="1">
+      <w:hyperlink r:id="rId57136908b48e9a83c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514868e79507482ae" w:history="1">
+      <w:hyperlink r:id="rId90366908b48e9a861" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419568e795074831f" w:history="1">
+      <w:hyperlink r:id="rId77426908b48e9a8df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345768e7950748613" w:history="1">
+      <w:hyperlink r:id="rId27716908b48e9ab31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831568e79507486fc" w:history="1">
+      <w:hyperlink r:id="rId18926908b48e9ac15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288268e79507487ad" w:history="1">
+      <w:hyperlink r:id="rId60976908b48e9acc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187868e79507487e3" w:history="1">
+      <w:hyperlink r:id="rId79796908b48e9acfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946468e7950748855" w:history="1">
+      <w:hyperlink r:id="rId43826908b48e9ad6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960168e79507488f9" w:history="1">
+      <w:hyperlink r:id="rId20056908b48e9ae08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695668e7950748b25" w:history="1">
+      <w:hyperlink r:id="rId17816908b48e9b028" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,81 +6412,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183868e7950748c2a" w:history="1">
+      <w:hyperlink r:id="rId62216908b48e9b12e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31231780" name="name813768e7950748c8c" descr="eu_funding_250.png"/>
+            <wp:docPr id="32871584" name="name81166908b48e9b18d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId414368e7950748c8b" cstate="print"/>
+                    <a:blip r:embed="rId67556908b48e9b18c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10333129">
+  <w:abstractNum w:abstractNumId="30909737">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27314099">
+    <w:lvl w:ilvl="0" w:tplc="16465432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27314099" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16465432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10333128">
+  <w:abstractNum w:abstractNumId="30909736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39619592">
+    <w:lvl w:ilvl="0" w:tplc="46178153">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10333128">
-    <w:abstractNumId w:val="10333128"/>
+  <w:num w:numId="30909736">
+    <w:abstractNumId w:val="30909736"/>
   </w:num>
-  <w:num w:numId="10333129">
-    <w:abstractNumId w:val="10333129"/>
+  <w:num w:numId="30909737">
+    <w:abstractNumId w:val="30909737"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId744261900" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId552050302" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId602168e7950744e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId781468e7950744ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId452768e79507450dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId448968e7950747b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId318968e7950747bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId462268e7950747d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId787668e7950747dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId145968e7950747fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId435068e795074803e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId109668e795074809f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId456568e79507480be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId390868e795074815c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId438868e79507481ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId811868e795074825c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId655968e795074828f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId514868e79507482ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId419568e795074831f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId345768e7950748613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId831568e79507486fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId288268e79507487ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId187868e79507487e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId946468e7950748855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId960168e79507488f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId695668e7950748b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId183868e7950748c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId197468e7950744fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197468e7950744fc3.jpg"/><Relationship Id="rId331168e79507467c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331168e79507467c8.jpg"/><Relationship Id="rId414368e7950748c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414368e7950748c8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId247064766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159683255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76766908b48e97cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId59176908b48e97d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId28976908b48e97f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId40906908b48e9a161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId66176908b48e9a1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId56156908b48e9a35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId37916908b48e9a3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId64856908b48e9a596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId78316908b48e9a5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId14606908b48e9a64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId97726908b48e9a669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId41326908b48e9a703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId88866908b48e9a78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId31096908b48e9a7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId57136908b48e9a83c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId90366908b48e9a861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId77426908b48e9a8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId27716908b48e9ab31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId18926908b48e9ac15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId60976908b48e9acc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId79796908b48e9acfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId43826908b48e9ad6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId20056908b48e9ae08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId17816908b48e9b028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId62216908b48e9b12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52596908b48e97e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52596908b48e97e1d.jpg"/><Relationship Id="rId31806908b48e990b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31806908b48e990b5.jpg"/><Relationship Id="rId67556908b48e9b18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67556908b48e9b18c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>