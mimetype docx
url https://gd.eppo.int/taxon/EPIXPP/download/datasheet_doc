--- v1 (2025-11-03)
+++ v2 (2025-12-04)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76766908b48e97cf4" w:history="1">
+            <w:hyperlink r:id="rId4583693146d5351aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59176908b48e97d62" w:history="1">
+            <w:hyperlink r:id="rId7018693146d535215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74911083" name="name20386908b48e97e1f" descr="11157.jpg"/>
+                  <wp:docPr id="29902155" name="name9614693146d5352e7" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52596908b48e97e1d" cstate="print"/>
+                          <a:blip r:embed="rId1395693146d5352e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28976908b48e97f0e" w:history="1">
+            <w:hyperlink r:id="rId1131693146d53549b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31346397" name="name51796908b48e990b8" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="92201756" name="name5942693146d5373e4" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31806908b48e990b5" cstate="print"/>
+                    <a:blip r:embed="rId2998693146d5373e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40906908b48e9a161" w:history="1">
+      <w:hyperlink r:id="rId2378693146d5389f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66176908b48e9a1f5" w:history="1">
+      <w:hyperlink r:id="rId2094693146d538ab2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56156908b48e9a35c" w:history="1">
+      <w:hyperlink r:id="rId3964693146d538c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37916908b48e9a3b1" w:history="1">
+      <w:hyperlink r:id="rId3258693146d538c82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64856908b48e9a596" w:history="1">
+      <w:hyperlink r:id="rId5497693146d538e5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78316908b48e9a5eb" w:history="1">
+      <w:hyperlink r:id="rId4314693146d538eb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14606908b48e9a64a" w:history="1">
+      <w:hyperlink r:id="rId6588693146d538f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97726908b48e9a669" w:history="1">
+      <w:hyperlink r:id="rId7700693146d538f2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41326908b48e9a703" w:history="1">
+      <w:hyperlink r:id="rId2668693146d538fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88866908b48e9a78f" w:history="1">
+      <w:hyperlink r:id="rId1239693146d539060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31096908b48e9a7fd" w:history="1">
+      <w:hyperlink r:id="rId2474693146d5390e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57136908b48e9a83c" w:history="1">
+      <w:hyperlink r:id="rId2608693146d539116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90366908b48e9a861" w:history="1">
+      <w:hyperlink r:id="rId8824693146d539136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77426908b48e9a8df" w:history="1">
+      <w:hyperlink r:id="rId3080693146d5391aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27716908b48e9ab31" w:history="1">
+      <w:hyperlink r:id="rId5397693146d5393fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18926908b48e9ac15" w:history="1">
+      <w:hyperlink r:id="rId8573693146d5394e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60976908b48e9acc7" w:history="1">
+      <w:hyperlink r:id="rId8951693146d539596" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79796908b48e9acfc" w:history="1">
+      <w:hyperlink r:id="rId3665693146d5395cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43826908b48e9ad6d" w:history="1">
+      <w:hyperlink r:id="rId3540693146d539640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20056908b48e9ae08" w:history="1">
+      <w:hyperlink r:id="rId9104693146d5396e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17816908b48e9b028" w:history="1">
+      <w:hyperlink r:id="rId4537693146d53990d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,81 +6412,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62216908b48e9b12e" w:history="1">
+      <w:hyperlink r:id="rId2727693146d539a2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32871584" name="name81166908b48e9b18d" descr="eu_funding_250.png"/>
+            <wp:docPr id="35384875" name="name9211693146d539a95" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67556908b48e9b18c" cstate="print"/>
+                    <a:blip r:embed="rId2106693146d539a94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30909737">
+  <w:abstractNum w:abstractNumId="56171593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16465432">
+    <w:lvl w:ilvl="0" w:tplc="20330937">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16465432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20330937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30909736">
+  <w:abstractNum w:abstractNumId="56171592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46178153">
+    <w:lvl w:ilvl="0" w:tplc="38419005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30909736">
-    <w:abstractNumId w:val="30909736"/>
+  <w:num w:numId="56171592">
+    <w:abstractNumId w:val="56171592"/>
   </w:num>
-  <w:num w:numId="30909737">
-    <w:abstractNumId w:val="30909737"/>
+  <w:num w:numId="56171593">
+    <w:abstractNumId w:val="56171593"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId247064766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159683255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76766908b48e97cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId59176908b48e97d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId28976908b48e97f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId40906908b48e9a161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId66176908b48e9a1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId56156908b48e9a35c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId37916908b48e9a3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId64856908b48e9a596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId78316908b48e9a5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId14606908b48e9a64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId97726908b48e9a669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId41326908b48e9a703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId88866908b48e9a78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId31096908b48e9a7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId57136908b48e9a83c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId90366908b48e9a861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId77426908b48e9a8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId27716908b48e9ab31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId18926908b48e9ac15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId60976908b48e9acc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId79796908b48e9acfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId43826908b48e9ad6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId20056908b48e9ae08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId17816908b48e9b028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId62216908b48e9b12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52596908b48e97e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52596908b48e97e1d.jpg"/><Relationship Id="rId31806908b48e990b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31806908b48e990b5.jpg"/><Relationship Id="rId67556908b48e9b18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67556908b48e9b18c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId159545315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239950005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4583693146d5351aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId7018693146d535215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId1131693146d53549b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId2378693146d5389f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId2094693146d538ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3964693146d538c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId3258693146d538c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId5497693146d538e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4314693146d538eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6588693146d538f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId7700693146d538f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId2668693146d538fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId1239693146d539060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2474693146d5390e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2608693146d539116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId8824693146d539136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId3080693146d5391aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5397693146d5393fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId8573693146d5394e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8951693146d539596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId3665693146d5395cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3540693146d539640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9104693146d5396e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId4537693146d53990d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId2727693146d539a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1395693146d5352e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1395693146d5352e6.jpg"/><Relationship Id="rId2998693146d5373e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2998693146d5373e2.jpg"/><Relationship Id="rId2106693146d539a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106693146d539a94.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>