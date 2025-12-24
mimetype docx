--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4583693146d5351aa" w:history="1">
+            <w:hyperlink r:id="rId3164694bed51c7db5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7018693146d535215" w:history="1">
+            <w:hyperlink r:id="rId2805694bed51c7dff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29902155" name="name9614693146d5352e7" descr="11157.jpg"/>
+                  <wp:docPr id="85343417" name="name2719694bed51c848c" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1395693146d5352e6" cstate="print"/>
+                          <a:blip r:embed="rId6780694bed51c848a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1131693146d53549b" w:history="1">
+            <w:hyperlink r:id="rId6581694bed51c8548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92201756" name="name5942693146d5373e4" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="99058485" name="name2818694bed51c947d" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2998693146d5373e2" cstate="print"/>
+                    <a:blip r:embed="rId5421694bed51c947b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2378693146d5389f4" w:history="1">
+      <w:hyperlink r:id="rId5204694bed51ca094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2094693146d538ab2" w:history="1">
+      <w:hyperlink r:id="rId5485694bed51ca100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3964693146d538c28" w:history="1">
+      <w:hyperlink r:id="rId4543694bed51ca206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3258693146d538c82" w:history="1">
+      <w:hyperlink r:id="rId6238694bed51ca257" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5497693146d538e5b" w:history="1">
+      <w:hyperlink r:id="rId9786694bed51ca3a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4314693146d538eb0" w:history="1">
+      <w:hyperlink r:id="rId7129694bed51ca3e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6588693146d538f10" w:history="1">
+      <w:hyperlink r:id="rId9811694bed51ca426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7700693146d538f2f" w:history="1">
+      <w:hyperlink r:id="rId9292694bed51ca43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2668693146d538fcf" w:history="1">
+      <w:hyperlink r:id="rId1965694bed51ca4ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1239693146d539060" w:history="1">
+      <w:hyperlink r:id="rId1894694bed51ca515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2474693146d5390e0" w:history="1">
+      <w:hyperlink r:id="rId5966694bed51ca565" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2608693146d539116" w:history="1">
+      <w:hyperlink r:id="rId6058694bed51ca588" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8824693146d539136" w:history="1">
+      <w:hyperlink r:id="rId7315694bed51ca59e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3080693146d5391aa" w:history="1">
+      <w:hyperlink r:id="rId2672694bed51ca5ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5397693146d5393fe" w:history="1">
+      <w:hyperlink r:id="rId2819694bed51ca792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8573693146d5394e2" w:history="1">
+      <w:hyperlink r:id="rId4112694bed51ca832" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8951693146d539596" w:history="1">
+      <w:hyperlink r:id="rId8274694bed51ca8b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3665693146d5395cc" w:history="1">
+      <w:hyperlink r:id="rId4874694bed51ca8d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3540693146d539640" w:history="1">
+      <w:hyperlink r:id="rId3742694bed51ca928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9104693146d5396e0" w:history="1">
+      <w:hyperlink r:id="rId3363694bed51ca99a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4537693146d53990d" w:history="1">
+      <w:hyperlink r:id="rId8497694bed51cab22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,81 +6412,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2727693146d539a2c" w:history="1">
+      <w:hyperlink r:id="rId6903694bed51cabe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35384875" name="name9211693146d539a95" descr="eu_funding_250.png"/>
+            <wp:docPr id="3166956" name="name9029694bed51caeec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2106693146d539a94" cstate="print"/>
+                    <a:blip r:embed="rId3439694bed51caeeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56171593">
+  <w:abstractNum w:abstractNumId="61652423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20330937">
+    <w:lvl w:ilvl="0" w:tplc="94925849">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20330937" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94925849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56171592">
+  <w:abstractNum w:abstractNumId="61652422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38419005">
+    <w:lvl w:ilvl="0" w:tplc="74190854">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56171592">
-    <w:abstractNumId w:val="56171592"/>
+  <w:num w:numId="61652422">
+    <w:abstractNumId w:val="61652422"/>
   </w:num>
-  <w:num w:numId="56171593">
-    <w:abstractNumId w:val="56171593"/>
+  <w:num w:numId="61652423">
+    <w:abstractNumId w:val="61652423"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId159545315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239950005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4583693146d5351aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId7018693146d535215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId1131693146d53549b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId2378693146d5389f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId2094693146d538ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3964693146d538c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId3258693146d538c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId5497693146d538e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4314693146d538eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6588693146d538f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId7700693146d538f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId2668693146d538fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId1239693146d539060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId2474693146d5390e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId2608693146d539116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId8824693146d539136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId3080693146d5391aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5397693146d5393fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId8573693146d5394e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8951693146d539596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId3665693146d5395cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3540693146d539640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9104693146d5396e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId4537693146d53990d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId2727693146d539a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1395693146d5352e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1395693146d5352e6.jpg"/><Relationship Id="rId2998693146d5373e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2998693146d5373e2.jpg"/><Relationship Id="rId2106693146d539a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106693146d539a94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912229031" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351211828" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3164694bed51c7db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId2805694bed51c7dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId6581694bed51c8548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId5204694bed51ca094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId5485694bed51ca100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4543694bed51ca206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6238694bed51ca257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9786694bed51ca3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7129694bed51ca3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9811694bed51ca426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId9292694bed51ca43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId1965694bed51ca4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId1894694bed51ca515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5966694bed51ca565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId6058694bed51ca588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId7315694bed51ca59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId2672694bed51ca5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2819694bed51ca792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId4112694bed51ca832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8274694bed51ca8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId4874694bed51ca8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3742694bed51ca928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId3363694bed51ca99a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8497694bed51cab22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId6903694bed51cabe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6780694bed51c848a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6780694bed51c848a.jpg"/><Relationship Id="rId5421694bed51c947b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5421694bed51c947b.jpg"/><Relationship Id="rId3439694bed51caeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3439694bed51caeeb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>