--- v3 (2025-12-24)
+++ v4 (2026-02-02)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3164694bed51c7db5" w:history="1">
+            <w:hyperlink r:id="rId2196698122f6ed0fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2805694bed51c7dff" w:history="1">
+            <w:hyperlink r:id="rId4669698122f6ed167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85343417" name="name2719694bed51c848c" descr="11157.jpg"/>
+                  <wp:docPr id="14963788" name="name3750698122f6ed825" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6780694bed51c848a" cstate="print"/>
+                          <a:blip r:embed="rId8479698122f6ed823" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6581694bed51c8548" w:history="1">
+            <w:hyperlink r:id="rId9972698122f6ed946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99058485" name="name2818694bed51c947d" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="49766770" name="name7240698122f6eeec6" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5421694bed51c947b" cstate="print"/>
+                    <a:blip r:embed="rId3493698122f6eeec3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5204694bed51ca094" w:history="1">
+      <w:hyperlink r:id="rId8686698122f6f002c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5485694bed51ca100" w:history="1">
+      <w:hyperlink r:id="rId5679698122f6f00c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4543694bed51ca206" w:history="1">
+      <w:hyperlink r:id="rId3088698122f6f022a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6238694bed51ca257" w:history="1">
+      <w:hyperlink r:id="rId1152698122f6f027e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9786694bed51ca3a6" w:history="1">
+      <w:hyperlink r:id="rId9421698122f6f0465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7129694bed51ca3e2" w:history="1">
+      <w:hyperlink r:id="rId2734698122f6f04b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9811694bed51ca426" w:history="1">
+      <w:hyperlink r:id="rId7054698122f6f0517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9292694bed51ca43d" w:history="1">
+      <w:hyperlink r:id="rId8222698122f6f0536" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1965694bed51ca4ad" w:history="1">
+      <w:hyperlink r:id="rId4182698122f6f05d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1894694bed51ca515" w:history="1">
+      <w:hyperlink r:id="rId9251698122f6f0660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5966694bed51ca565" w:history="1">
+      <w:hyperlink r:id="rId9911698122f6f06d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6058694bed51ca588" w:history="1">
+      <w:hyperlink r:id="rId7566698122f6f0701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7315694bed51ca59e" w:history="1">
+      <w:hyperlink r:id="rId8333698122f6f0727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2672694bed51ca5ef" w:history="1">
+      <w:hyperlink r:id="rId6353698122f6f07ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2819694bed51ca792" w:history="1">
+      <w:hyperlink r:id="rId7896698122f6f09f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4112694bed51ca832" w:history="1">
+      <w:hyperlink r:id="rId2178698122f6f0ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8274694bed51ca8b1" w:history="1">
+      <w:hyperlink r:id="rId1240698122f6f0b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4874694bed51ca8d7" w:history="1">
+      <w:hyperlink r:id="rId8255698122f6f0bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3742694bed51ca928" w:history="1">
+      <w:hyperlink r:id="rId7425698122f6f0c24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3363694bed51ca99a" w:history="1">
+      <w:hyperlink r:id="rId5569698122f6f0cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8497694bed51cab22" w:history="1">
+      <w:hyperlink r:id="rId8870698122f6f0edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6390,103 +6390,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6903694bed51cabe7" w:history="1">
+      <w:hyperlink r:id="rId2262698122f6f0feb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3166956" name="name9029694bed51caeec" descr="eu_funding_250.png"/>
+            <wp:docPr id="77892164" name="name6550698122f6f11c1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3439694bed51caeeb" cstate="print"/>
+                    <a:blip r:embed="rId4285698122f6f11bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61652423">
+  <w:abstractNum w:abstractNumId="15567398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94925849">
+    <w:lvl w:ilvl="0" w:tplc="58067556">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94925849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58067556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61652422">
+  <w:abstractNum w:abstractNumId="15567397">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74190854">
+    <w:lvl w:ilvl="0" w:tplc="43744268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61652422">
-    <w:abstractNumId w:val="61652422"/>
+  <w:num w:numId="15567397">
+    <w:abstractNumId w:val="15567397"/>
   </w:num>
-  <w:num w:numId="61652423">
-    <w:abstractNumId w:val="61652423"/>
+  <w:num w:numId="15567398">
+    <w:abstractNumId w:val="15567398"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912229031" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351211828" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3164694bed51c7db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId2805694bed51c7dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId6581694bed51c8548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId5204694bed51ca094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId5485694bed51ca100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4543694bed51ca206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6238694bed51ca257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9786694bed51ca3a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId7129694bed51ca3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9811694bed51ca426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId9292694bed51ca43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId1965694bed51ca4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId1894694bed51ca515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5966694bed51ca565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId6058694bed51ca588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId7315694bed51ca59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId2672694bed51ca5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId2819694bed51ca792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId4112694bed51ca832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8274694bed51ca8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId4874694bed51ca8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3742694bed51ca928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId3363694bed51ca99a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8497694bed51cab22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId6903694bed51cabe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6780694bed51c848a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6780694bed51c848a.jpg"/><Relationship Id="rId5421694bed51c947b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5421694bed51c947b.jpg"/><Relationship Id="rId3439694bed51caeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3439694bed51caeeb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687725370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377011501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2196698122f6ed0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId4669698122f6ed167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId9972698122f6ed946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId8686698122f6f002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId5679698122f6f00c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3088698122f6f022a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1152698122f6f027e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9421698122f6f0465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2734698122f6f04b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7054698122f6f0517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId8222698122f6f0536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId4182698122f6f05d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId9251698122f6f0660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId9911698122f6f06d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId7566698122f6f0701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId8333698122f6f0727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId6353698122f6f07ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId7896698122f6f09f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId2178698122f6f0ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId1240698122f6f0b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId8255698122f6f0bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7425698122f6f0c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId5569698122f6f0cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8870698122f6f0edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId2262698122f6f0feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8479698122f6ed823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8479698122f6ed823.jpg"/><Relationship Id="rId3493698122f6eeec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3493698122f6eeec3.jpg"/><Relationship Id="rId4285698122f6f11bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4285698122f6f11bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>