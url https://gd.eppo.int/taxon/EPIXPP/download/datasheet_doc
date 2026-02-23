--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2196698122f6ed0fd" w:history="1">
+            <w:hyperlink r:id="rId7117699bbffda7179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4669698122f6ed167" w:history="1">
+            <w:hyperlink r:id="rId8291699bbffda71e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14963788" name="name3750698122f6ed825" descr="11157.jpg"/>
+                  <wp:docPr id="48215200" name="name2356699bbffda7757" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8479698122f6ed823" cstate="print"/>
+                          <a:blip r:embed="rId2410699bbffda7755" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9972698122f6ed946" w:history="1">
+            <w:hyperlink r:id="rId9087699bbffda7898" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49766770" name="name7240698122f6eeec6" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="97364155" name="name7379699bbffda8bed" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3493698122f6eeec3" cstate="print"/>
+                    <a:blip r:embed="rId2051699bbffda8beb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8686698122f6f002c" w:history="1">
+      <w:hyperlink r:id="rId6848699bbffda9e77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5679698122f6f00c2" w:history="1">
+      <w:hyperlink r:id="rId2162699bbffda9f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3088698122f6f022a" w:history="1">
+      <w:hyperlink r:id="rId7313699bbffdaa0d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1152698122f6f027e" w:history="1">
+      <w:hyperlink r:id="rId3983699bbffdaa13e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9421698122f6f0465" w:history="1">
+      <w:hyperlink r:id="rId9873699bbffdaa32e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2734698122f6f04b9" w:history="1">
+      <w:hyperlink r:id="rId2555699bbffdaa381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7054698122f6f0517" w:history="1">
+      <w:hyperlink r:id="rId9422699bbffdaa3e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8222698122f6f0536" w:history="1">
+      <w:hyperlink r:id="rId8278699bbffdaa3ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4182698122f6f05d1" w:history="1">
+      <w:hyperlink r:id="rId5067699bbffdaa499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9251698122f6f0660" w:history="1">
+      <w:hyperlink r:id="rId5534699bbffdaa527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9911698122f6f06d0" w:history="1">
+      <w:hyperlink r:id="rId5891699bbffdaa595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7566698122f6f0701" w:history="1">
+      <w:hyperlink r:id="rId7156699bbffdaa5c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8333698122f6f0727" w:history="1">
+      <w:hyperlink r:id="rId3820699bbffdaa5e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6353698122f6f07ae" w:history="1">
+      <w:hyperlink r:id="rId7338699bbffdaa654" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7896698122f6f09f2" w:history="1">
+      <w:hyperlink r:id="rId1118699bbffdaa895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2178698122f6f0ad1" w:history="1">
+      <w:hyperlink r:id="rId2440699bbffdaa972" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1240698122f6f0b7f" w:history="1">
+      <w:hyperlink r:id="rId6683699bbffdaaa5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8255698122f6f0bb3" w:history="1">
+      <w:hyperlink r:id="rId2015699bbffdaaa9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7425698122f6f0c24" w:history="1">
+      <w:hyperlink r:id="rId1419699bbffdaab30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5569698122f6f0cc0" w:history="1">
+      <w:hyperlink r:id="rId4868699bbffdaabd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8870698122f6f0edb" w:history="1">
+      <w:hyperlink r:id="rId2043699bbffdaadf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,81 +6412,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2262698122f6f0feb" w:history="1">
+      <w:hyperlink r:id="rId6603699bbffdaaf0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77892164" name="name6550698122f6f11c1" descr="eu_funding_250.png"/>
+            <wp:docPr id="10786737" name="name3784699bbffdaaf90" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4285698122f6f11bf" cstate="print"/>
+                    <a:blip r:embed="rId9174699bbffdaaf8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15567398">
+  <w:abstractNum w:abstractNumId="38934443">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58067556">
+    <w:lvl w:ilvl="0" w:tplc="40368506">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58067556" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40368506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15567397">
+  <w:abstractNum w:abstractNumId="38934442">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43744268">
+    <w:lvl w:ilvl="0" w:tplc="53420931">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15567397">
-    <w:abstractNumId w:val="15567397"/>
+  <w:num w:numId="38934442">
+    <w:abstractNumId w:val="38934442"/>
   </w:num>
-  <w:num w:numId="15567398">
-    <w:abstractNumId w:val="15567398"/>
+  <w:num w:numId="38934443">
+    <w:abstractNumId w:val="38934443"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687725370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377011501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2196698122f6ed0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId4669698122f6ed167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId9972698122f6ed946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId8686698122f6f002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId5679698122f6f00c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId3088698122f6f022a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1152698122f6f027e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9421698122f6f0465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2734698122f6f04b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7054698122f6f0517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId8222698122f6f0536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId4182698122f6f05d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId9251698122f6f0660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId9911698122f6f06d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId7566698122f6f0701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId8333698122f6f0727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId6353698122f6f07ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId7896698122f6f09f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId2178698122f6f0ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId1240698122f6f0b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId8255698122f6f0bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7425698122f6f0c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId5569698122f6f0cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId8870698122f6f0edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId2262698122f6f0feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8479698122f6ed823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8479698122f6ed823.jpg"/><Relationship Id="rId3493698122f6eeec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3493698122f6eeec3.jpg"/><Relationship Id="rId4285698122f6f11bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4285698122f6f11bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365862458" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168034825" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7117699bbffda7179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId8291699bbffda71e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId9087699bbffda7898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId6848699bbffda9e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId2162699bbffda9f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId7313699bbffdaa0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId3983699bbffdaa13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9873699bbffdaa32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2555699bbffdaa381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9422699bbffdaa3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId8278699bbffdaa3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId5067699bbffdaa499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId5534699bbffdaa527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5891699bbffdaa595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId7156699bbffdaa5c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId3820699bbffdaa5e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId7338699bbffdaa654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId1118699bbffdaa895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId2440699bbffdaa972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId6683699bbffdaaa5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId2015699bbffdaaa9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId1419699bbffdaab30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4868699bbffdaabd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId2043699bbffdaadf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId6603699bbffdaaf0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2410699bbffda7755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2410699bbffda7755.jpg"/><Relationship Id="rId2051699bbffda8beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2051699bbffda8beb.jpg"/><Relationship Id="rId9174699bbffdaaf8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9174699bbffdaaf8f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>