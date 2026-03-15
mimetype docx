--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Orlova-Bienkowskaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7117699bbffda7179" w:history="1">
+            <w:hyperlink r:id="rId124069b65b85e3073" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8291699bbffda71e2" w:history="1">
+            <w:hyperlink r:id="rId962369b65b85e30dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48215200" name="name2356699bbffda7757" descr="11157.jpg"/>
+                  <wp:docPr id="20924726" name="name812469b65b85e31e5" descr="11157.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11157.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2410699bbffda7755" cstate="print"/>
+                          <a:blip r:embed="rId341569b65b85e31e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9087699bbffda7898" w:history="1">
+            <w:hyperlink r:id="rId474569b65b85e32fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1570,63 +1570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first detected in 2008 in Galicia, close to the Portuguese border (Boavida &amp; Germain, 2009).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97364155" name="name7379699bbffda8bed" descr="EPIXPP_distribution_map.jpg"/>
+            <wp:docPr id="90472596" name="name768769b65b85e4d33" descr="EPIXPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2051699bbffda8beb" cstate="print"/>
+                    <a:blip r:embed="rId298769b65b85e4d30" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3939,51 +3939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 379-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6848699bbffda9e77" w:history="1">
+      <w:hyperlink r:id="rId504469b65b85e62fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12344</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4029,51 +4029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2162699bbffda9f1e" w:history="1">
+      <w:hyperlink r:id="rId568569b65b85e63ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4255,101 +4255,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7313699bbffdaa0d0" w:history="1">
+      <w:hyperlink r:id="rId235169b65b85e6527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. [WWW document] URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3983699bbffdaa13e" w:history="1">
+      <w:hyperlink r:id="rId729069b65b85e657d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4591,101 +4591,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9873699bbffdaa32e" w:history="1">
+      <w:hyperlink r:id="rId872069b65b85e683f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2555699bbffdaa381" w:history="1">
+      <w:hyperlink r:id="rId368669b65b85e6899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 February 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4700,72 +4700,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix similaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Spain. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9422699bbffdaa3e0" w:history="1">
+      <w:hyperlink r:id="rId284369b65b85e68fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2014/068)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8278699bbffdaa3ff" w:history="1">
+      <w:hyperlink r:id="rId953269b65b85e693e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5067699bbffdaa499" w:history="1">
+      <w:hyperlink r:id="rId696569b65b85e69dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5534699bbffdaa527" w:history="1">
+      <w:hyperlink r:id="rId841069b65b85e6aa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,102 +4980,102 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5891699bbffdaa595" w:history="1">
+      <w:hyperlink r:id="rId204969b65b85e6b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) New data on quarantine pests and pests of the EPPO Alert List. Detailed Records. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7156699bbffdaa5c6" w:history="1">
+      <w:hyperlink r:id="rId192669b65b85e6b51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Reporting Service (2018/024)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3820699bbffdaa5e5" w:history="1">
+      <w:hyperlink r:id="rId773769b65b85e6ba7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7338699bbffdaa654" w:history="1">
+      <w:hyperlink r:id="rId696669b65b85e6c20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5465,51 +5465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1118699bbffdaa895" w:history="1">
+      <w:hyperlink r:id="rId964469b65b85e6e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,51 +5604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 20 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2440699bbffdaa972" w:history="1">
+      <w:hyperlink r:id="rId786869b65b85e6f76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5714,81 +5714,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lec. y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix tuberis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gentner. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 80p </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6683699bbffdaaa5b" w:history="1">
+      <w:hyperlink r:id="rId981469b65b85e7026" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2015699bbffdaaa9e" w:history="1">
+      <w:hyperlink r:id="rId397969b65b85e705b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1419699bbffdaab30" w:history="1">
+      <w:hyperlink r:id="rId237169b65b85e70cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5913,51 +5913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4868699bbffdaabd3" w:history="1">
+      <w:hyperlink r:id="rId910469b65b85e7168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269-285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2043699bbffdaadf6" w:history="1">
+      <w:hyperlink r:id="rId850169b65b85e7383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11540-018-9355-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 August 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,81 +6412,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix papa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6603699bbffdaaf0c" w:history="1">
+      <w:hyperlink r:id="rId344269b65b85e7488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10786737" name="name3784699bbffdaaf90" descr="eu_funding_250.png"/>
+            <wp:docPr id="91161538" name="name875269b65b85e751a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9174699bbffdaaf8f" cstate="print"/>
+                    <a:blip r:embed="rId903669b65b85e7519" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6584,137 +6584,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38934443">
+  <w:abstractNum w:abstractNumId="43349704">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40368506">
+    <w:lvl w:ilvl="0" w:tplc="78155151">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40368506" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78155151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38934442">
+  <w:abstractNum w:abstractNumId="43349703">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53420931">
+    <w:lvl w:ilvl="0" w:tplc="89205370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7466,55 +7466,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38934442">
-    <w:abstractNumId w:val="38934442"/>
+  <w:num w:numId="43349703">
+    <w:abstractNumId w:val="43349703"/>
   </w:num>
-  <w:num w:numId="38934443">
-    <w:abstractNumId w:val="38934443"/>
+  <w:num w:numId="43349704">
+    <w:abstractNumId w:val="43349704"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19064,51 +19064,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365862458" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168034825" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7117699bbffda7179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId8291699bbffda71e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId9087699bbffda7898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId6848699bbffda9e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId2162699bbffda9f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId7313699bbffdaa0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId3983699bbffdaa13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId9873699bbffdaa32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId2555699bbffdaa381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9422699bbffdaa3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId8278699bbffdaa3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId5067699bbffdaa499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId5534699bbffdaa527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId5891699bbffdaa595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId7156699bbffdaa5c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId3820699bbffdaa5e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId7338699bbffdaa654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId1118699bbffdaa895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId2440699bbffdaa972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId6683699bbffdaaa5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId2015699bbffdaaa9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId1419699bbffdaab30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4868699bbffdaabd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId2043699bbffdaadf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId6603699bbffdaaf0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2410699bbffda7755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2410699bbffda7755.jpg"/><Relationship Id="rId2051699bbffda8beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2051699bbffda8beb.jpg"/><Relationship Id="rId9174699bbffdaaf8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9174699bbffdaaf8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709165490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId263729009" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId124069b65b85e3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/" TargetMode="External"/><Relationship Id="rId962369b65b85e30dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/categorization" TargetMode="External"/><Relationship Id="rId474569b65b85e32fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXPP/photos" TargetMode="External"/><Relationship Id="rId504469b65b85e62fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12344" TargetMode="External"/><Relationship Id="rId568569b65b85e63ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId235169b65b85e6527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId729069b65b85e657d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId872069b65b85e683f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId368669b65b85e6899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId284369b65b85e68fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId953269b65b85e693e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2788" TargetMode="External"/><Relationship Id="rId696569b65b85e69dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId841069b65b85e6aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId204969b65b85e6b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId192669b65b85e6b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6218" TargetMode="External"/><Relationship Id="rId773769b65b85e6ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2018-02-en.pdf" TargetMode="External"/><Relationship Id="rId696669b65b85e6c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId964469b65b85e6e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId786869b65b85e6f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mountainscholar.org/bitstream/handle/10217/5111/COAB_21767862.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId981469b65b85e7026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/epitrix-plandecontingenciaabril2017_tcm30-381572.pdf" TargetMode="External"/><Relationship Id="rId397969b65b85e705b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://preservicio.mapama.gob.es/es/agricultura/temas/sanidadvegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId237169b65b85e70cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId910469b65b85e7168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId850169b65b85e7383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11540-018-9355-6" TargetMode="External"/><Relationship Id="rId344269b65b85e7488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId341569b65b85e31e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId341569b65b85e31e4.jpg"/><Relationship Id="rId298769b65b85e4d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId298769b65b85e4d30.jpg"/><Relationship Id="rId903669b65b85e7519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId903669b65b85e7519.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>