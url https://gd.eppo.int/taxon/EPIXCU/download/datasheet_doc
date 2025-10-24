--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518968e095b3e9d3c" w:history="1">
+            <w:hyperlink r:id="rId674968fbc50a8165e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581168e095b3e9da3" w:history="1">
+            <w:hyperlink r:id="rId709968fbc50a816c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9514014" name="name872768e095b3e9e60" descr="11159.jpg"/>
+                  <wp:docPr id="23859100" name="name868668fbc50a817a4" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId435068e095b3e9e5e" cstate="print"/>
+                          <a:blip r:embed="rId568068fbc50a817a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId636068e095b3e9f4a" w:history="1">
+            <w:hyperlink r:id="rId582568fbc50a81871" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10551079" name="name972168e095b3eb850" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="96309821" name="name457768fbc50a8348b" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId197968e095b3eb84d" cstate="print"/>
+                    <a:blip r:embed="rId838268fbc50a83488" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621268e095b3ec917" w:history="1">
+      <w:hyperlink r:id="rId845868fbc50a8454a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633068e095b3ec999" w:history="1">
+      <w:hyperlink r:id="rId604968fbc50a845ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391668e095b3eca32" w:history="1">
+      <w:hyperlink r:id="rId555768fbc50a84669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246368e095b3ece65" w:history="1">
+      <w:hyperlink r:id="rId366568fbc50a84a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528868e095b3ecebb" w:history="1">
+      <w:hyperlink r:id="rId302868fbc50a84ad4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978068e095b3ed096" w:history="1">
+      <w:hyperlink r:id="rId752668fbc50a84cb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787668e095b3ed0f3" w:history="1">
+      <w:hyperlink r:id="rId325268fbc50a84d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520868e095b3ed16f" w:history="1">
+      <w:hyperlink r:id="rId981068fbc50a84daa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917568e095b3ed210" w:history="1">
+      <w:hyperlink r:id="rId570668fbc50a84e43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333268e095b3ed2a8" w:history="1">
+      <w:hyperlink r:id="rId360368fbc50a84edd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301668e095b3ed321" w:history="1">
+      <w:hyperlink r:id="rId436668fbc50a84f57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406268e095b3ed3a7" w:history="1">
+      <w:hyperlink r:id="rId587768fbc50a84fde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480468e095b3ed514" w:history="1">
+      <w:hyperlink r:id="rId895168fbc50a85131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289668e095b3ed567" w:history="1">
+      <w:hyperlink r:id="rId465468fbc50a85182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181768e095b3ed69b" w:history="1">
+      <w:hyperlink r:id="rId964468fbc50a852a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822368e095b3ed842" w:history="1">
+      <w:hyperlink r:id="rId352868fbc50a85430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485968e095b3ed8b1" w:history="1">
+      <w:hyperlink r:id="rId732168fbc50a8549e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346568e095b3ed90e" w:history="1">
+      <w:hyperlink r:id="rId944568fbc50a854fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347968e095b3ed94d" w:history="1">
+      <w:hyperlink r:id="rId162468fbc50a85539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558468e095b3ed9d5" w:history="1">
+      <w:hyperlink r:id="rId668468fbc50a855b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559068e095b3eda7a" w:history="1">
+      <w:hyperlink r:id="rId312568fbc50a8564e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811368e095b3edc35" w:history="1">
+      <w:hyperlink r:id="rId827368fbc50a857f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569168e095b3edcf8" w:history="1">
+      <w:hyperlink r:id="rId318968fbc50a858c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97631646" name="name697068e095b3edd4e" descr="eu_funding_250.png"/>
+            <wp:docPr id="6928109" name="name220768fbc50a85941" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId607968e095b3edd4d" cstate="print"/>
+                    <a:blip r:embed="rId559768fbc50a85940" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42003516">
+  <w:abstractNum w:abstractNumId="28686157">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76299592">
+    <w:lvl w:ilvl="0" w:tplc="44817087">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76299592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44817087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42003515">
+  <w:abstractNum w:abstractNumId="28686156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76195341">
+    <w:lvl w:ilvl="0" w:tplc="79374218">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42003515">
-    <w:abstractNumId w:val="42003515"/>
+  <w:num w:numId="28686156">
+    <w:abstractNumId w:val="28686156"/>
   </w:num>
-  <w:num w:numId="42003516">
-    <w:abstractNumId w:val="42003516"/>
+  <w:num w:numId="28686157">
+    <w:abstractNumId w:val="28686157"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663005420" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895640216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId518968e095b3e9d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId581168e095b3e9da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId636068e095b3e9f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId621268e095b3ec917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId633068e095b3ec999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId391668e095b3eca32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId246368e095b3ece65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId528868e095b3ecebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId978068e095b3ed096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId787668e095b3ed0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId520868e095b3ed16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId917568e095b3ed210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId333268e095b3ed2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId301668e095b3ed321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId406268e095b3ed3a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId480468e095b3ed514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId289668e095b3ed567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId181768e095b3ed69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId822368e095b3ed842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId485968e095b3ed8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId346568e095b3ed90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId347968e095b3ed94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId558468e095b3ed9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId559068e095b3eda7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId811368e095b3edc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569168e095b3edcf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId435068e095b3e9e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435068e095b3e9e5e.jpg"/><Relationship Id="rId197968e095b3eb84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197968e095b3eb84d.jpg"/><Relationship Id="rId607968e095b3edd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607968e095b3edd4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895406930" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId929775939" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId674968fbc50a8165e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId709968fbc50a816c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId582568fbc50a81871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId845868fbc50a8454a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId604968fbc50a845ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId555768fbc50a84669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId366568fbc50a84a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId302868fbc50a84ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId752668fbc50a84cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId325268fbc50a84d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId981068fbc50a84daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId570668fbc50a84e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId360368fbc50a84edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId436668fbc50a84f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId587768fbc50a84fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId895168fbc50a85131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId465468fbc50a85182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId964468fbc50a852a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId352868fbc50a85430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId732168fbc50a8549e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId944568fbc50a854fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId162468fbc50a85539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId668468fbc50a855b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId312568fbc50a8564e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId827368fbc50a857f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318968fbc50a858c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId568068fbc50a817a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId568068fbc50a817a3.jpg"/><Relationship Id="rId838268fbc50a83488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838268fbc50a83488.jpg"/><Relationship Id="rId559768fbc50a85940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId559768fbc50a85940.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>