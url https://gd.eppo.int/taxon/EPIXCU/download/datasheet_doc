--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId674968fbc50a8165e" w:history="1">
+            <w:hyperlink r:id="rId71346916d8066d395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId709968fbc50a816c6" w:history="1">
+            <w:hyperlink r:id="rId17446916d8066d3fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23859100" name="name868668fbc50a817a4" descr="11159.jpg"/>
+                  <wp:docPr id="56741875" name="name63586916d8066d4bb" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId568068fbc50a817a3" cstate="print"/>
+                          <a:blip r:embed="rId48836916d8066d4ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId582568fbc50a81871" w:history="1">
+            <w:hyperlink r:id="rId52676916d8066d57b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96309821" name="name457768fbc50a8348b" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="19342469" name="name13116916d8066f215" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId838268fbc50a83488" cstate="print"/>
+                    <a:blip r:embed="rId70826916d8066f213" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845868fbc50a8454a" w:history="1">
+      <w:hyperlink r:id="rId14206916d806702fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604968fbc50a845ce" w:history="1">
+      <w:hyperlink r:id="rId13056916d8067037e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555768fbc50a84669" w:history="1">
+      <w:hyperlink r:id="rId37506916d8067041d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366568fbc50a84a81" w:history="1">
+      <w:hyperlink r:id="rId59816916d806709a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302868fbc50a84ad4" w:history="1">
+      <w:hyperlink r:id="rId59506916d806709f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752668fbc50a84cb8" w:history="1">
+      <w:hyperlink r:id="rId24376916d80670be2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325268fbc50a84d2c" w:history="1">
+      <w:hyperlink r:id="rId43966916d80670c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981068fbc50a84daa" w:history="1">
+      <w:hyperlink r:id="rId66526916d80670cc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570668fbc50a84e43" w:history="1">
+      <w:hyperlink r:id="rId21476916d80670d5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360368fbc50a84edd" w:history="1">
+      <w:hyperlink r:id="rId54676916d80671022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436668fbc50a84f57" w:history="1">
+      <w:hyperlink r:id="rId84266916d806710dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587768fbc50a84fde" w:history="1">
+      <w:hyperlink r:id="rId94876916d80671172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895168fbc50a85131" w:history="1">
+      <w:hyperlink r:id="rId16016916d80671311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465468fbc50a85182" w:history="1">
+      <w:hyperlink r:id="rId30076916d806714ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964468fbc50a852a6" w:history="1">
+      <w:hyperlink r:id="rId70656916d806716d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352868fbc50a85430" w:history="1">
+      <w:hyperlink r:id="rId47106916d806718d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732168fbc50a8549e" w:history="1">
+      <w:hyperlink r:id="rId59906916d80671945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944568fbc50a854fb" w:history="1">
+      <w:hyperlink r:id="rId40606916d806719a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162468fbc50a85539" w:history="1">
+      <w:hyperlink r:id="rId99126916d80671a0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668468fbc50a855b6" w:history="1">
+      <w:hyperlink r:id="rId48926916d80671a96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312568fbc50a8564e" w:history="1">
+      <w:hyperlink r:id="rId26666916d80671b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827368fbc50a857f5" w:history="1">
+      <w:hyperlink r:id="rId36236916d80671d78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318968fbc50a858c3" w:history="1">
+      <w:hyperlink r:id="rId39076916d80671e4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6928109" name="name220768fbc50a85941" descr="eu_funding_250.png"/>
+            <wp:docPr id="76912511" name="name57376916d80671ed1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId559768fbc50a85940" cstate="print"/>
+                    <a:blip r:embed="rId42256916d80671ed0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28686157">
+  <w:abstractNum w:abstractNumId="70856211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44817087">
+    <w:lvl w:ilvl="0" w:tplc="52457307">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44817087" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52457307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28686156">
+  <w:abstractNum w:abstractNumId="70856210">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79374218">
+    <w:lvl w:ilvl="0" w:tplc="54148323">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28686156">
-    <w:abstractNumId w:val="28686156"/>
+  <w:num w:numId="70856210">
+    <w:abstractNumId w:val="70856210"/>
   </w:num>
-  <w:num w:numId="28686157">
-    <w:abstractNumId w:val="28686157"/>
+  <w:num w:numId="70856211">
+    <w:abstractNumId w:val="70856211"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895406930" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId929775939" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId674968fbc50a8165e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId709968fbc50a816c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId582568fbc50a81871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId845868fbc50a8454a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId604968fbc50a845ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId555768fbc50a84669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId366568fbc50a84a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId302868fbc50a84ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId752668fbc50a84cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId325268fbc50a84d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId981068fbc50a84daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId570668fbc50a84e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId360368fbc50a84edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId436668fbc50a84f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId587768fbc50a84fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId895168fbc50a85131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId465468fbc50a85182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId964468fbc50a852a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId352868fbc50a85430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId732168fbc50a8549e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId944568fbc50a854fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId162468fbc50a85539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId668468fbc50a855b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId312568fbc50a8564e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId827368fbc50a857f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318968fbc50a858c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId568068fbc50a817a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId568068fbc50a817a3.jpg"/><Relationship Id="rId838268fbc50a83488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838268fbc50a83488.jpg"/><Relationship Id="rId559768fbc50a85940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId559768fbc50a85940.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675056926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943632475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71346916d8066d395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId17446916d8066d3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId52676916d8066d57b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId14206916d806702fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId13056916d8067037e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId37506916d8067041d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId59816916d806709a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId59506916d806709f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId24376916d80670be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId43966916d80670c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId66526916d80670cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId21476916d80670d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId54676916d80671022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId84266916d806710dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId94876916d80671172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId16016916d80671311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId30076916d806714ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId70656916d806716d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId47106916d806718d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId59906916d80671945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId40606916d806719a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId99126916d80671a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId48926916d80671a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId26666916d80671b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId36236916d80671d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39076916d80671e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId48836916d8066d4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48836916d8066d4ba.jpg"/><Relationship Id="rId70826916d8066f213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70826916d8066f213.jpg"/><Relationship Id="rId42256916d80671ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42256916d80671ed0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>