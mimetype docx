--- v2 (2025-11-14)
+++ v3 (2025-12-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71346916d8066d395" w:history="1">
+            <w:hyperlink r:id="rId753469314cb264860" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17446916d8066d3fe" w:history="1">
+            <w:hyperlink r:id="rId573369314cb2648c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56741875" name="name63586916d8066d4bb" descr="11159.jpg"/>
+                  <wp:docPr id="55335070" name="name185169314cb2649a7" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48836916d8066d4ba" cstate="print"/>
+                          <a:blip r:embed="rId894269314cb2649a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52676916d8066d57b" w:history="1">
+            <w:hyperlink r:id="rId585469314cb264ad5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19342469" name="name13116916d8066f215" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="56439226" name="name792569314cb26678b" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70826916d8066f213" cstate="print"/>
+                    <a:blip r:embed="rId591869314cb266788" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14206916d806702fc" w:history="1">
+      <w:hyperlink r:id="rId402369314cb267842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13056916d8067037e" w:history="1">
+      <w:hyperlink r:id="rId410169314cb2678c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37506916d8067041d" w:history="1">
+      <w:hyperlink r:id="rId420369314cb267962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59816916d806709a2" w:history="1">
+      <w:hyperlink r:id="rId741069314cb267d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59506916d806709f8" w:history="1">
+      <w:hyperlink r:id="rId948769314cb267de5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24376916d80670be2" w:history="1">
+      <w:hyperlink r:id="rId397669314cb267fc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43966916d80670c41" w:history="1">
+      <w:hyperlink r:id="rId206969314cb268021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66526916d80670cc1" w:history="1">
+      <w:hyperlink r:id="rId883069314cb26809e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21476916d80670d5c" w:history="1">
+      <w:hyperlink r:id="rId459369314cb268136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54676916d80671022" w:history="1">
+      <w:hyperlink r:id="rId174569314cb2681cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84266916d806710dc" w:history="1">
+      <w:hyperlink r:id="rId754569314cb268249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94876916d80671172" w:history="1">
+      <w:hyperlink r:id="rId703369314cb2682d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16016916d80671311" w:history="1">
+      <w:hyperlink r:id="rId703569314cb26842a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30076916d806714ee" w:history="1">
+      <w:hyperlink r:id="rId317269314cb26847c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70656916d806716d4" w:history="1">
+      <w:hyperlink r:id="rId500869314cb2685aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47106916d806718d0" w:history="1">
+      <w:hyperlink r:id="rId916169314cb26873f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59906916d80671945" w:history="1">
+      <w:hyperlink r:id="rId523669314cb2687cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40606916d806719a6" w:history="1">
+      <w:hyperlink r:id="rId185169314cb26882f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99126916d80671a0d" w:history="1">
+      <w:hyperlink r:id="rId115769314cb268872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48926916d80671a96" w:history="1">
+      <w:hyperlink r:id="rId926369314cb2688f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26666916d80671b8c" w:history="1">
+      <w:hyperlink r:id="rId362369314cb26898d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36236916d80671d78" w:history="1">
+      <w:hyperlink r:id="rId765569314cb268b3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39076916d80671e4d" w:history="1">
+      <w:hyperlink r:id="rId274869314cb268c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76912511" name="name57376916d80671ed1" descr="eu_funding_250.png"/>
+            <wp:docPr id="7596683" name="name559069314cb268c8b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42256916d80671ed0" cstate="print"/>
+                    <a:blip r:embed="rId559269314cb268c8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70856211">
+  <w:abstractNum w:abstractNumId="60995486">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52457307">
+    <w:lvl w:ilvl="0" w:tplc="18826472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52457307" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18826472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70856210">
+  <w:abstractNum w:abstractNumId="60995485">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54148323">
+    <w:lvl w:ilvl="0" w:tplc="96825477">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70856210">
-    <w:abstractNumId w:val="70856210"/>
+  <w:num w:numId="60995485">
+    <w:abstractNumId w:val="60995485"/>
   </w:num>
-  <w:num w:numId="70856211">
-    <w:abstractNumId w:val="70856211"/>
+  <w:num w:numId="60995486">
+    <w:abstractNumId w:val="60995486"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675056926" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943632475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71346916d8066d395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId17446916d8066d3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId52676916d8066d57b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId14206916d806702fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId13056916d8067037e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId37506916d8067041d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId59816916d806709a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId59506916d806709f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId24376916d80670be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId43966916d80670c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId66526916d80670cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId21476916d80670d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId54676916d80671022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId84266916d806710dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId94876916d80671172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId16016916d80671311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId30076916d806714ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId70656916d806716d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId47106916d806718d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId59906916d80671945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId40606916d806719a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId99126916d80671a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId48926916d80671a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId26666916d80671b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId36236916d80671d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39076916d80671e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId48836916d8066d4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48836916d8066d4ba.jpg"/><Relationship Id="rId70826916d8066f213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70826916d8066f213.jpg"/><Relationship Id="rId42256916d80671ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42256916d80671ed0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940282272" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573469102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId753469314cb264860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId573369314cb2648c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId585469314cb264ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId402369314cb267842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId410169314cb2678c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId420369314cb267962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId741069314cb267d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId948769314cb267de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId397669314cb267fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId206969314cb268021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId883069314cb26809e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId459369314cb268136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId174569314cb2681cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId754569314cb268249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId703369314cb2682d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId703569314cb26842a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId317269314cb26847c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId500869314cb2685aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId916169314cb26873f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId523669314cb2687cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId185169314cb26882f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId115769314cb268872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId926369314cb2688f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId362369314cb26898d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId765569314cb268b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId274869314cb268c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId894269314cb2649a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894269314cb2649a6.jpg"/><Relationship Id="rId591869314cb266788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591869314cb266788.jpg"/><Relationship Id="rId559269314cb268c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId559269314cb268c8a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>