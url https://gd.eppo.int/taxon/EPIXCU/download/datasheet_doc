--- v3 (2025-12-04)
+++ v4 (2025-12-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId753469314cb264860" w:history="1">
+            <w:hyperlink r:id="rId9783694caff91f5f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573369314cb2648c8" w:history="1">
+            <w:hyperlink r:id="rId4184694caff91f65d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55335070" name="name185169314cb2649a7" descr="11159.jpg"/>
+                  <wp:docPr id="22377864" name="name3353694caff91fdc2" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId894269314cb2649a6" cstate="print"/>
+                          <a:blip r:embed="rId7223694caff91fdc0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId585469314cb264ad5" w:history="1">
+            <w:hyperlink r:id="rId5827694caff91ff22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56439226" name="name792569314cb26678b" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="15631609" name="name2182694caff921734" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId591869314cb266788" cstate="print"/>
+                    <a:blip r:embed="rId9063694caff921730" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402369314cb267842" w:history="1">
+      <w:hyperlink r:id="rId5115694caff922890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410169314cb2678c6" w:history="1">
+      <w:hyperlink r:id="rId4071694caff922913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420369314cb267962" w:history="1">
+      <w:hyperlink r:id="rId7513694caff9229ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741069314cb267d91" w:history="1">
+      <w:hyperlink r:id="rId4132694caff922de4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948769314cb267de5" w:history="1">
+      <w:hyperlink r:id="rId4699694caff922e38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397669314cb267fc4" w:history="1">
+      <w:hyperlink r:id="rId1316694caff923019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206969314cb268021" w:history="1">
+      <w:hyperlink r:id="rId4872694caff923078" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883069314cb26809e" w:history="1">
+      <w:hyperlink r:id="rId1862694caff9230f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459369314cb268136" w:history="1">
+      <w:hyperlink r:id="rId2396694caff92318e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174569314cb2681cf" w:history="1">
+      <w:hyperlink r:id="rId7138694caff923228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754569314cb268249" w:history="1">
+      <w:hyperlink r:id="rId4743694caff9232ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703369314cb2682d4" w:history="1">
+      <w:hyperlink r:id="rId9443694caff92334e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703569314cb26842a" w:history="1">
+      <w:hyperlink r:id="rId5874694caff9234a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317269314cb26847c" w:history="1">
+      <w:hyperlink r:id="rId5003694caff9234f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500869314cb2685aa" w:history="1">
+      <w:hyperlink r:id="rId8012694caff92362e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916169314cb26873f" w:history="1">
+      <w:hyperlink r:id="rId8043694caff9237d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523669314cb2687cd" w:history="1">
+      <w:hyperlink r:id="rId9849694caff923841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185169314cb26882f" w:history="1">
+      <w:hyperlink r:id="rId3180694caff9238a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115769314cb268872" w:history="1">
+      <w:hyperlink r:id="rId8453694caff9238e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926369314cb2688f2" w:history="1">
+      <w:hyperlink r:id="rId7989694caff92395f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362369314cb26898d" w:history="1">
+      <w:hyperlink r:id="rId4808694caff9239fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765569314cb268b3b" w:history="1">
+      <w:hyperlink r:id="rId3538694caff923baa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274869314cb268c02" w:history="1">
+      <w:hyperlink r:id="rId9704694caff923c72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7596683" name="name559069314cb268c8b" descr="eu_funding_250.png"/>
+            <wp:docPr id="15322193" name="name8287694caff924167" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId559269314cb268c8a" cstate="print"/>
+                    <a:blip r:embed="rId7137694caff924165" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60995486">
+  <w:abstractNum w:abstractNumId="97945382">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18826472">
+    <w:lvl w:ilvl="0" w:tplc="86326185">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18826472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86326185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60995485">
+  <w:abstractNum w:abstractNumId="97945381">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96825477">
+    <w:lvl w:ilvl="0" w:tplc="48057898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60995485">
-    <w:abstractNumId w:val="60995485"/>
+  <w:num w:numId="97945381">
+    <w:abstractNumId w:val="97945381"/>
   </w:num>
-  <w:num w:numId="60995486">
-    <w:abstractNumId w:val="60995486"/>
+  <w:num w:numId="97945382">
+    <w:abstractNumId w:val="97945382"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940282272" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573469102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId753469314cb264860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId573369314cb2648c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId585469314cb264ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId402369314cb267842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId410169314cb2678c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId420369314cb267962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId741069314cb267d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId948769314cb267de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId397669314cb267fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId206969314cb268021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId883069314cb26809e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId459369314cb268136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId174569314cb2681cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId754569314cb268249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId703369314cb2682d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId703569314cb26842a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId317269314cb26847c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId500869314cb2685aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId916169314cb26873f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId523669314cb2687cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId185169314cb26882f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId115769314cb268872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId926369314cb2688f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId362369314cb26898d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId765569314cb268b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId274869314cb268c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId894269314cb2649a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894269314cb2649a6.jpg"/><Relationship Id="rId591869314cb266788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591869314cb266788.jpg"/><Relationship Id="rId559269314cb268c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId559269314cb268c8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876022064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977632068" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9783694caff91f5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId4184694caff91f65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId5827694caff91ff22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId5115694caff922890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId4071694caff922913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId7513694caff9229ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4132694caff922de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId4699694caff922e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1316694caff923019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4872694caff923078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1862694caff9230f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId2396694caff92318e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7138694caff923228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId4743694caff9232ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId9443694caff92334e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5874694caff9234a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId5003694caff9234f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId8012694caff92362e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId8043694caff9237d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId9849694caff923841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId3180694caff9238a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId8453694caff9238e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7989694caff92395f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4808694caff9239fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId3538694caff923baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9704694caff923c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId7223694caff91fdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7223694caff91fdc0.jpg"/><Relationship Id="rId9063694caff921730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9063694caff921730.jpg"/><Relationship Id="rId7137694caff924165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7137694caff924165.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>