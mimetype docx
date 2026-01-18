--- v4 (2025-12-25)
+++ v5 (2026-01-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9783694caff91f5f4" w:history="1">
+            <w:hyperlink r:id="rId1103696c303056c09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4184694caff91f65d" w:history="1">
+            <w:hyperlink r:id="rId6074696c303056c73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22377864" name="name3353694caff91fdc2" descr="11159.jpg"/>
+                  <wp:docPr id="98052204" name="name4350696c30305728e" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7223694caff91fdc0" cstate="print"/>
+                          <a:blip r:embed="rId7165696c30305728b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5827694caff91ff22" w:history="1">
+            <w:hyperlink r:id="rId7609696c3030573d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15631609" name="name2182694caff921734" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="41812742" name="name1732696c303059324" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9063694caff921730" cstate="print"/>
+                    <a:blip r:embed="rId9620696c303059320" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5115694caff922890" w:history="1">
+      <w:hyperlink r:id="rId8641696c30305a436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4071694caff922913" w:history="1">
+      <w:hyperlink r:id="rId4844696c30305a4b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7513694caff9229ae" w:history="1">
+      <w:hyperlink r:id="rId6583696c30305a552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4132694caff922de4" w:history="1">
+      <w:hyperlink r:id="rId9906696c30305a96f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4699694caff922e38" w:history="1">
+      <w:hyperlink r:id="rId5205696c30305a9c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1316694caff923019" w:history="1">
+      <w:hyperlink r:id="rId6486696c30305abb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4872694caff923078" w:history="1">
+      <w:hyperlink r:id="rId3488696c30305ac0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1862694caff9230f4" w:history="1">
+      <w:hyperlink r:id="rId9088696c30305ac8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2396694caff92318e" w:history="1">
+      <w:hyperlink r:id="rId6701696c30305ad39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7138694caff923228" w:history="1">
+      <w:hyperlink r:id="rId5990696c30305add7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4743694caff9232ba" w:history="1">
+      <w:hyperlink r:id="rId1661696c30305ae53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9443694caff92334e" w:history="1">
+      <w:hyperlink r:id="rId4735696c30305aee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5874694caff9234a7" w:history="1">
+      <w:hyperlink r:id="rId5428696c30305b03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5003694caff9234f9" w:history="1">
+      <w:hyperlink r:id="rId5491696c30305b08d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8012694caff92362e" w:history="1">
+      <w:hyperlink r:id="rId7237696c30305b1b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8043694caff9237d0" w:history="1">
+      <w:hyperlink r:id="rId1395696c30305b348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9849694caff923841" w:history="1">
+      <w:hyperlink r:id="rId4857696c30305b3b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3180694caff9238a0" w:history="1">
+      <w:hyperlink r:id="rId3538696c30305b415" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8453694caff9238e0" w:history="1">
+      <w:hyperlink r:id="rId9581696c30305b456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7989694caff92395f" w:history="1">
+      <w:hyperlink r:id="rId3086696c30305b4d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4808694caff9239fa" w:history="1">
+      <w:hyperlink r:id="rId2733696c30305b56d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7398,73 +7398,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3538694caff923baa" w:history="1">
+      <w:hyperlink r:id="rId4677696c30305b72a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9704694caff923c72" w:history="1">
+      <w:hyperlink r:id="rId9292696c30305b7f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15322193" name="name8287694caff924167" descr="eu_funding_250.png"/>
+            <wp:docPr id="557519" name="name2617696c30305b934" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7137694caff924165" cstate="print"/>
+                    <a:blip r:embed="rId1579696c30305b932" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97945382">
+  <w:abstractNum w:abstractNumId="29405429">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86326185">
+    <w:lvl w:ilvl="0" w:tplc="71443439">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86326185" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71443439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97945381">
+  <w:abstractNum w:abstractNumId="29405428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48057898">
+    <w:lvl w:ilvl="0" w:tplc="25162563">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97945381">
-    <w:abstractNumId w:val="97945381"/>
+  <w:num w:numId="29405428">
+    <w:abstractNumId w:val="29405428"/>
   </w:num>
-  <w:num w:numId="97945382">
-    <w:abstractNumId w:val="97945382"/>
+  <w:num w:numId="29405429">
+    <w:abstractNumId w:val="29405429"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876022064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977632068" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9783694caff91f5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId4184694caff91f65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId5827694caff91ff22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId5115694caff922890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId4071694caff922913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId7513694caff9229ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId4132694caff922de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId4699694caff922e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1316694caff923019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId4872694caff923078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1862694caff9230f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId2396694caff92318e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId7138694caff923228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId4743694caff9232ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId9443694caff92334e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5874694caff9234a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId5003694caff9234f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId8012694caff92362e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId8043694caff9237d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId9849694caff923841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId3180694caff9238a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId8453694caff9238e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7989694caff92395f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId4808694caff9239fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId3538694caff923baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9704694caff923c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId7223694caff91fdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7223694caff91fdc0.jpg"/><Relationship Id="rId9063694caff921730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9063694caff921730.jpg"/><Relationship Id="rId7137694caff924165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7137694caff924165.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927121374" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834127747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1103696c303056c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId6074696c303056c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId7609696c3030573d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId8641696c30305a436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId4844696c30305a4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId6583696c30305a552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId9906696c30305a96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId5205696c30305a9c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6486696c30305abb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId3488696c30305ac0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9088696c30305ac8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId6701696c30305ad39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId5990696c30305add7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId1661696c30305ae53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId4735696c30305aee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5428696c30305b03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId5491696c30305b08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId7237696c30305b1b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId1395696c30305b348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId4857696c30305b3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId3538696c30305b415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId9581696c30305b456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3086696c30305b4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId2733696c30305b56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId4677696c30305b72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9292696c30305b7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId7165696c30305728b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7165696c30305728b.jpg"/><Relationship Id="rId9620696c303059320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9620696c303059320.jpg"/><Relationship Id="rId1579696c30305b932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1579696c30305b932.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>