--- v5 (2026-01-18)
+++ v6 (2026-02-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1103696c303056c09" w:history="1">
+            <w:hyperlink r:id="rId4995698b0579c8ede" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6074696c303056c73" w:history="1">
+            <w:hyperlink r:id="rId4262698b0579c8f48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98052204" name="name4350696c30305728e" descr="11159.jpg"/>
+                  <wp:docPr id="76559298" name="name5838698b0579c9508" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7165696c30305728b" cstate="print"/>
+                          <a:blip r:embed="rId4870698b0579c9506" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7609696c3030573d5" w:history="1">
+            <w:hyperlink r:id="rId5643698b0579c964b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41812742" name="name1732696c303059324" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="20064720" name="name6695698b0579cadad" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9620696c303059320" cstate="print"/>
+                    <a:blip r:embed="rId8905698b0579cadaa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8641696c30305a436" w:history="1">
+      <w:hyperlink r:id="rId3700698b0579cbe5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4844696c30305a4b7" w:history="1">
+      <w:hyperlink r:id="rId6236698b0579cbee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6583696c30305a552" w:history="1">
+      <w:hyperlink r:id="rId4369698b0579cbf86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9906696c30305a96f" w:history="1">
+      <w:hyperlink r:id="rId5760698b0579cc3c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5205696c30305a9c9" w:history="1">
+      <w:hyperlink r:id="rId6937698b0579cc41a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6486696c30305abb0" w:history="1">
+      <w:hyperlink r:id="rId1199698b0579cc60b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3488696c30305ac0e" w:history="1">
+      <w:hyperlink r:id="rId6461698b0579cc669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9088696c30305ac8b" w:history="1">
+      <w:hyperlink r:id="rId6414698b0579cc6e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6701696c30305ad39" w:history="1">
+      <w:hyperlink r:id="rId8342698b0579cc781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5990696c30305add7" w:history="1">
+      <w:hyperlink r:id="rId6630698b0579cc81a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1661696c30305ae53" w:history="1">
+      <w:hyperlink r:id="rId1783698b0579cc894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4735696c30305aee2" w:history="1">
+      <w:hyperlink r:id="rId1390698b0579cc96d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428696c30305b03b" w:history="1">
+      <w:hyperlink r:id="rId9984698b0579ccac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5491696c30305b08d" w:history="1">
+      <w:hyperlink r:id="rId8518698b0579ccb18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7237696c30305b1b6" w:history="1">
+      <w:hyperlink r:id="rId6289698b0579ccc42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1395696c30305b348" w:history="1">
+      <w:hyperlink r:id="rId6458698b0579ccdd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4857696c30305b3b7" w:history="1">
+      <w:hyperlink r:id="rId2171698b0579cce42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3538696c30305b415" w:history="1">
+      <w:hyperlink r:id="rId7734698b0579cce9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9581696c30305b456" w:history="1">
+      <w:hyperlink r:id="rId1359698b0579cceef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3086696c30305b4d2" w:history="1">
+      <w:hyperlink r:id="rId7276698b0579ccf6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2733696c30305b56d" w:history="1">
+      <w:hyperlink r:id="rId9944698b0579cd007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4677696c30305b72a" w:history="1">
+      <w:hyperlink r:id="rId9373698b0579cd212" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9292696c30305b7f2" w:history="1">
+      <w:hyperlink r:id="rId3351698b0579cd327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="557519" name="name2617696c30305b934" descr="eu_funding_250.png"/>
+            <wp:docPr id="94828510" name="name6316698b0579cd387" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1579696c30305b932" cstate="print"/>
+                    <a:blip r:embed="rId7622698b0579cd386" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29405429">
+  <w:abstractNum w:abstractNumId="39380779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71443439">
+    <w:lvl w:ilvl="0" w:tplc="53060524">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71443439" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53060524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29405428">
+  <w:abstractNum w:abstractNumId="39380778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25162563">
+    <w:lvl w:ilvl="0" w:tplc="38314455">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29405428">
-    <w:abstractNumId w:val="29405428"/>
+  <w:num w:numId="39380778">
+    <w:abstractNumId w:val="39380778"/>
   </w:num>
-  <w:num w:numId="29405429">
-    <w:abstractNumId w:val="29405429"/>
+  <w:num w:numId="39380779">
+    <w:abstractNumId w:val="39380779"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927121374" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834127747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1103696c303056c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId6074696c303056c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId7609696c3030573d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId8641696c30305a436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId4844696c30305a4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId6583696c30305a552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId9906696c30305a96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId5205696c30305a9c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6486696c30305abb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId3488696c30305ac0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9088696c30305ac8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId6701696c30305ad39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId5990696c30305add7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId1661696c30305ae53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId4735696c30305aee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId5428696c30305b03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId5491696c30305b08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId7237696c30305b1b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId1395696c30305b348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId4857696c30305b3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId3538696c30305b415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId9581696c30305b456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId3086696c30305b4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId2733696c30305b56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId4677696c30305b72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9292696c30305b7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId7165696c30305728b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7165696c30305728b.jpg"/><Relationship Id="rId9620696c303059320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9620696c303059320.jpg"/><Relationship Id="rId1579696c30305b932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1579696c30305b932.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId579830289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216593353" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4995698b0579c8ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId4262698b0579c8f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId5643698b0579c964b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId3700698b0579cbe5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId6236698b0579cbee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId4369698b0579cbf86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId5760698b0579cc3c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6937698b0579cc41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1199698b0579cc60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId6461698b0579cc669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6414698b0579cc6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId8342698b0579cc781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId6630698b0579cc81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId1783698b0579cc894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId1390698b0579cc96d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId9984698b0579ccac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId8518698b0579ccb18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId6289698b0579ccc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId6458698b0579ccdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId2171698b0579cce42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId7734698b0579cce9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId1359698b0579cceef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7276698b0579ccf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9944698b0579cd007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9373698b0579cd212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3351698b0579cd327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId4870698b0579c9506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4870698b0579c9506.jpg"/><Relationship Id="rId8905698b0579cadaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905698b0579cadaa.jpg"/><Relationship Id="rId7622698b0579cd386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7622698b0579cd386.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>