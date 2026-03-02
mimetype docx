--- v6 (2026-02-10)
+++ v7 (2026-03-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4995698b0579c8ede" w:history="1">
+            <w:hyperlink r:id="rId827169a59f9a1b50f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4262698b0579c8f48" w:history="1">
+            <w:hyperlink r:id="rId606669a59f9a1b586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76559298" name="name5838698b0579c9508" descr="11159.jpg"/>
+                  <wp:docPr id="25629325" name="name747569a59f9a1bbb4" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4870698b0579c9506" cstate="print"/>
+                          <a:blip r:embed="rId774869a59f9a1bbb2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5643698b0579c964b" w:history="1">
+            <w:hyperlink r:id="rId559569a59f9a1bce4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20064720" name="name6695698b0579cadad" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="37468236" name="name528269a59f9a1d721" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8905698b0579cadaa" cstate="print"/>
+                    <a:blip r:embed="rId353969a59f9a1d71d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3700698b0579cbe5e" w:history="1">
+      <w:hyperlink r:id="rId765569a59f9a1e808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6236698b0579cbee8" w:history="1">
+      <w:hyperlink r:id="rId892169a59f9a1e88a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4369698b0579cbf86" w:history="1">
+      <w:hyperlink r:id="rId181569a59f9a1e924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5760698b0579cc3c5" w:history="1">
+      <w:hyperlink r:id="rId355369a59f9a1ed47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6937698b0579cc41a" w:history="1">
+      <w:hyperlink r:id="rId479269a59f9a1ed9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1199698b0579cc60b" w:history="1">
+      <w:hyperlink r:id="rId232569a59f9a1ef8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6461698b0579cc669" w:history="1">
+      <w:hyperlink r:id="rId348869a59f9a1efed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6414698b0579cc6e6" w:history="1">
+      <w:hyperlink r:id="rId245869a59f9a1f068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8342698b0579cc781" w:history="1">
+      <w:hyperlink r:id="rId927969a59f9a1f101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6630698b0579cc81a" w:history="1">
+      <w:hyperlink r:id="rId686469a59f9a1f199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1783698b0579cc894" w:history="1">
+      <w:hyperlink r:id="rId443969a59f9a1f213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1390698b0579cc96d" w:history="1">
+      <w:hyperlink r:id="rId391769a59f9a1f2a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9984698b0579ccac4" w:history="1">
+      <w:hyperlink r:id="rId704469a59f9a1f40b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8518698b0579ccb18" w:history="1">
+      <w:hyperlink r:id="rId632069a59f9a1f45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6289698b0579ccc42" w:history="1">
+      <w:hyperlink r:id="rId311669a59f9a1f584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6458698b0579ccdd1" w:history="1">
+      <w:hyperlink r:id="rId496269a59f9a1f721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2171698b0579cce42" w:history="1">
+      <w:hyperlink r:id="rId254969a59f9a1f792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7734698b0579cce9f" w:history="1">
+      <w:hyperlink r:id="rId230269a59f9a1f7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1359698b0579cceef" w:history="1">
+      <w:hyperlink r:id="rId436169a59f9a1f830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7276698b0579ccf6b" w:history="1">
+      <w:hyperlink r:id="rId589369a59f9a1f8ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9944698b0579cd007" w:history="1">
+      <w:hyperlink r:id="rId936669a59f9a1f947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9373698b0579cd212" w:history="1">
+      <w:hyperlink r:id="rId908969a59f9a1faff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3351698b0579cd327" w:history="1">
+      <w:hyperlink r:id="rId565269a59f9a1fbc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94828510" name="name6316698b0579cd387" descr="eu_funding_250.png"/>
+            <wp:docPr id="12107822" name="name557269a59f9a1fc27" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7622698b0579cd386" cstate="print"/>
+                    <a:blip r:embed="rId253969a59f9a1fc26" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39380779">
+  <w:abstractNum w:abstractNumId="44380169">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53060524">
+    <w:lvl w:ilvl="0" w:tplc="14776214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53060524" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14776214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39380778">
+  <w:abstractNum w:abstractNumId="44380168">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38314455">
+    <w:lvl w:ilvl="0" w:tplc="29526533">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39380778">
-    <w:abstractNumId w:val="39380778"/>
+  <w:num w:numId="44380168">
+    <w:abstractNumId w:val="44380168"/>
   </w:num>
-  <w:num w:numId="39380779">
-    <w:abstractNumId w:val="39380779"/>
+  <w:num w:numId="44380169">
+    <w:abstractNumId w:val="44380169"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId579830289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216593353" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4995698b0579c8ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId4262698b0579c8f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId5643698b0579c964b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId3700698b0579cbe5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId6236698b0579cbee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId4369698b0579cbf86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId5760698b0579cc3c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId6937698b0579cc41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId1199698b0579cc60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId6461698b0579cc669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6414698b0579cc6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId8342698b0579cc781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId6630698b0579cc81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId1783698b0579cc894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId1390698b0579cc96d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId9984698b0579ccac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId8518698b0579ccb18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId6289698b0579ccc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId6458698b0579ccdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId2171698b0579cce42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId7734698b0579cce9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId1359698b0579cceef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId7276698b0579ccf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId9944698b0579cd007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId9373698b0579cd212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3351698b0579cd327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId4870698b0579c9506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4870698b0579c9506.jpg"/><Relationship Id="rId8905698b0579cadaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905698b0579cadaa.jpg"/><Relationship Id="rId7622698b0579cd386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7622698b0579cd386.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695464818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId846894012" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId827169a59f9a1b50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId606669a59f9a1b586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId559569a59f9a1bce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId765569a59f9a1e808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId892169a59f9a1e88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId181569a59f9a1e924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId355369a59f9a1ed47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId479269a59f9a1ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId232569a59f9a1ef8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId348869a59f9a1efed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId245869a59f9a1f068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId927969a59f9a1f101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId686469a59f9a1f199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId443969a59f9a1f213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId391769a59f9a1f2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId704469a59f9a1f40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId632069a59f9a1f45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId311669a59f9a1f584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId496269a59f9a1f721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId254969a59f9a1f792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId230269a59f9a1f7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId436169a59f9a1f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId589369a59f9a1f8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId936669a59f9a1f947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId908969a59f9a1faff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId565269a59f9a1fbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId774869a59f9a1bbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774869a59f9a1bbb2.jpg"/><Relationship Id="rId353969a59f9a1d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId353969a59f9a1d71d.jpg"/><Relationship Id="rId253969a59f9a1fc26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId253969a59f9a1fc26.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>