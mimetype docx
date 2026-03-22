--- v7 (2026-03-02)
+++ v8 (2026-03-22)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato flea beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId827169a59f9a1b50f" w:history="1">
+            <w:hyperlink r:id="rId329669c05332b2697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606669a59f9a1b586" w:history="1">
+            <w:hyperlink r:id="rId908869c05332b2701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPIXCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25629325" name="name747569a59f9a1bbb4" descr="11159.jpg"/>
+                  <wp:docPr id="80593322" name="name909969c05332b2d30" descr="11159.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11159.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId774869a59f9a1bbb2" cstate="print"/>
+                          <a:blip r:embed="rId944869c05332b2d2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId559569a59f9a1bce4" w:history="1">
+            <w:hyperlink r:id="rId345269c05332b2ebb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2068,63 +2068,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also accidentally introduced into the Island of Madeira (Portugal) around 2001 (Gruev &amp; Döberl. 2005). In 2017, the species was detected in Spain for the first time, in Jerez de la Frontera (Cadiz, Andalucia) (MAPAMA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37468236" name="name528269a59f9a1d721" descr="EPIXCU_distribution_map.jpg"/>
+            <wp:docPr id="29304390" name="name377969c05332b44f5" descr="EPIXCU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPIXCU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId353969a59f9a1d71d" cstate="print"/>
+                    <a:blip r:embed="rId297869c05332b44f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4411,51 +4411,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bessin R (2019) Tomato Insect IPM Guidelines. Entfact-313. Cooperative Extension Service, University of Kentucky. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765569a59f9a1e808" w:history="1">
+      <w:hyperlink r:id="rId563469c05332b55d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4490,51 +4490,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892169a59f9a1e88a" w:history="1">
+      <w:hyperlink r:id="rId402369c05332b565b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4175.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,51 +4589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523-540. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181569a59f9a1e924" w:history="1">
+      <w:hyperlink r:id="rId230869c05332b56f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.11646/zootaxa.4268.4.4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5260,101 +5260,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Epitrix cucumeris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">na cultura da batateira. Technical Extension Leaflet, 2nd ed. Direção Geral de Agricultura e Veterinária, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355369a59f9a1ed47" w:history="1">
+      <w:hyperlink r:id="rId844269c05332b5b35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DGAV (2019) 13ª atualização das zonas demarcadas para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Ofício circular nº29/2019) Direção Geral de Agricultura e Veterinária. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId479269a59f9a1ed9a" w:history="1">
+      <w:hyperlink r:id="rId506169c05332b5b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5614,51 +5614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1571. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232569a59f9a1ef8e" w:history="1">
+      <w:hyperlink r:id="rId975069c05332b5d68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species damaging potato tubers. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348869a59f9a1efed" w:history="1">
+      <w:hyperlink r:id="rId463069c05332b5dc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5752,51 +5752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245869a59f9a1f068" w:history="1">
+      <w:hyperlink r:id="rId205169c05332b5e43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.123494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5851,51 +5851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 556-566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927969a59f9a1f101" w:history="1">
+      <w:hyperlink r:id="rId370869c05332b5edc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10–17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686469a59f9a1f199" w:history="1">
+      <w:hyperlink r:id="rId360369c05332b5f76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12362</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6029,51 +6029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487–503. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443969a59f9a1f213" w:history="1">
+      <w:hyperlink r:id="rId646569c05332b5ffa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12418</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6108,51 +6108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391769a59f9a1f2a1" w:history="1">
+      <w:hyperlink r:id="rId969569c05332b60d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6321,101 +6321,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lastly amended in 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Foster RE &amp; Obermeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704469a59f9a1f40b" w:history="1">
+      <w:hyperlink r:id="rId514569c05332b622e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.entm.purdue.edu/publications/E-74/E-74.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulton HG &amp; Banham FL (1962) The tuber flea beetle in British Columbia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canada Department of Agriculture Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 938. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632069a59f9a1f45e" w:history="1">
+      <w:hyperlink r:id="rId275269c05332b6283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://publications.gc.ca/pub?id=9.800647&amp;sl=0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6559,51 +6559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311669a59f9a1f584" w:history="1">
+      <w:hyperlink r:id="rId476969c05332b63ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S000748531200079X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6810,51 +6810,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoffman M, Hoebeke R &amp; Dillard H (1999) Flea Beetle Pests of Vegetables. Vegetable crops Fact sheet, NYS IPM, Cornell University </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496269a59f9a1f721" w:history="1">
+      <w:hyperlink r:id="rId899669c05332b653b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/1813/43272</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6880,51 +6880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254969a59f9a1f792" w:history="1">
+      <w:hyperlink r:id="rId666269c05332b65ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/37.1.9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6939,90 +6939,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loyola JT (1949) Biological observations and control of potato flea beetle Epitrix cucumeris Harris. Masters Theses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1911</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – February 2014. 2817. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230269a59f9a1f7f0" w:history="1">
+      <w:hyperlink r:id="rId915669c05332b660b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/theses/2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAPAMA (2019) Programa Nacional para la aplicación de la Normativa Fitosanitaria - Manual de Procedimiento para la aplicación de la Normativa Fitosanitaria de la patata. Ministerio de Agricultura y Pesca, Alimentación y Medio Ambiente, Espanha, 759 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436169a59f9a1f830" w:history="1">
+      <w:hyperlink r:id="rId203469c05332b664e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on October 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7057,51 +7057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–144. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589369a59f9a1f8ad" w:history="1">
+      <w:hyperlink r:id="rId674669c05332b66cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7156,51 +7156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 559-559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936669a59f9a1f947" w:history="1">
+      <w:hyperlink r:id="rId276269c05332b6768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1017/S0007485316000559</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7420,51 +7420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epitrix cucumeris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908969a59f9a1faff" w:history="1">
+      <w:hyperlink r:id="rId133369c05332b6917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7540,81 +7540,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 363-364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565269a59f9a1fbc3" w:history="1">
+      <w:hyperlink r:id="rId187669c05332b6a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00850.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12107822" name="name557269a59f9a1fc27" descr="eu_funding_250.png"/>
+            <wp:docPr id="24883940" name="name378369c05332b6d0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId253969a59f9a1fc26" cstate="print"/>
+                    <a:blip r:embed="rId449769c05332b6d0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7712,137 +7712,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44380169">
+  <w:abstractNum w:abstractNumId="93889672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14776214">
+    <w:lvl w:ilvl="0" w:tplc="28215862">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14776214" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28215862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44380168">
+  <w:abstractNum w:abstractNumId="93889671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29526533">
+    <w:lvl w:ilvl="0" w:tplc="15308564">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8594,55 +8594,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44380168">
-    <w:abstractNumId w:val="44380168"/>
+  <w:num w:numId="93889671">
+    <w:abstractNumId w:val="93889671"/>
   </w:num>
-  <w:num w:numId="44380169">
-    <w:abstractNumId w:val="44380169"/>
+  <w:num w:numId="93889672">
+    <w:abstractNumId w:val="93889672"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20192,51 +20192,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695464818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId846894012" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId827169a59f9a1b50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId606669a59f9a1b586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId559569a59f9a1bce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId765569a59f9a1e808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId892169a59f9a1e88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId181569a59f9a1e924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId355369a59f9a1ed47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId479269a59f9a1ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId232569a59f9a1ef8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId348869a59f9a1efed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId245869a59f9a1f068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId927969a59f9a1f101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId686469a59f9a1f199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId443969a59f9a1f213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId391769a59f9a1f2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId704469a59f9a1f40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId632069a59f9a1f45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId311669a59f9a1f584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId496269a59f9a1f721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId254969a59f9a1f792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId230269a59f9a1f7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId436169a59f9a1f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId589369a59f9a1f8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId936669a59f9a1f947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId908969a59f9a1faff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId565269a59f9a1fbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId774869a59f9a1bbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774869a59f9a1bbb2.jpg"/><Relationship Id="rId353969a59f9a1d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId353969a59f9a1d71d.jpg"/><Relationship Id="rId253969a59f9a1fc26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId253969a59f9a1fc26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId908190147" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520265184" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId329669c05332b2697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/" TargetMode="External"/><Relationship Id="rId908869c05332b2701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/categorization" TargetMode="External"/><Relationship Id="rId345269c05332b2ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPIXCU/photos" TargetMode="External"/><Relationship Id="rId563469c05332b55d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entomology.ca.uky.edu/files/efpdf2/ef313.pdf" TargetMode="External"/><Relationship Id="rId402369c05332b565b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4175.5" TargetMode="External"/><Relationship Id="rId230869c05332b56f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.11646/zootaxa.4268.4.4" TargetMode="External"/><Relationship Id="rId844269c05332b5b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId506169c05332b5b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgv.min-agricultura.pt/portal/page/portal/DGV/genericos?generico=23333144&amp;cboui=23333144" TargetMode="External"/><Relationship Id="rId975069c05332b5d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1571" TargetMode="External"/><Relationship Id="rId463069c05332b5dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId205169c05332b5e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.123494" TargetMode="External"/><Relationship Id="rId370869c05332b5edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12349" TargetMode="External"/><Relationship Id="rId360369c05332b5f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12362" TargetMode="External"/><Relationship Id="rId646569c05332b5ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12418" TargetMode="External"/><Relationship Id="rId969569c05332b60d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId514569c05332b622e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.entm.purdue.edu/publications/E-74/E-74.html" TargetMode="External"/><Relationship Id="rId275269c05332b6283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.gc.ca/pub?id=9.800647&amp;sl=0" TargetMode="External"/><Relationship Id="rId476969c05332b63ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S000748531200079X" TargetMode="External"/><Relationship Id="rId899669c05332b653b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/43272" TargetMode="External"/><Relationship Id="rId666269c05332b65ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/37.1.9" TargetMode="External"/><Relationship Id="rId915669c05332b660b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/theses/2817" TargetMode="External"/><Relationship Id="rId203469c05332b664e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/manualpatata2019_tcm30-135971.pdf" TargetMode="External"/><Relationship Id="rId674669c05332b66cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2FBF02862912.pdf" TargetMode="External"/><Relationship Id="rId276269c05332b6768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1017/S0007485316000559" TargetMode="External"/><Relationship Id="rId133369c05332b6917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId187669c05332b6a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00850.x" TargetMode="External"/><Relationship Id="rId944869c05332b2d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId944869c05332b2d2e.jpg"/><Relationship Id="rId297869c05332b44f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId297869c05332b44f2.jpg"/><Relationship Id="rId449769c05332b6d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId449769c05332b6d0c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>