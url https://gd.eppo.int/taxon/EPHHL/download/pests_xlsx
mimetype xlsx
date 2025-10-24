--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -12,95 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EPHHL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
   <si>
     <t>XANTCV</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. viticola</t>
   </si>
   <si>
     <t>* Kamble AK, Sawan SD, Sawant IS, Ghule SB, Patii AC, Saha S (2019) Characterization of Xanthomonas campestris pv. viticola causing bacterial leaf spot of grapes in Maharashtra, India. Journal of Environmental Biology 40(6), 1145-1150.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAS</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma asteris'</t>
   </si>
   <si>
     <t>* Villalobos W, Coto-Morales T, Sandoval-Carvajal I, Garita L, Montero-Astúa M, Moreira L (2019) ‘Candidatus Phytoplasma asteris’ host species in Costa Rica. Phytopathogenic Mollicutes 9(1) 21-22. DOI:10.5958/2249-4677.2019.00011.2</t>
+  </si>
+  <si>
+    <t>CPMMV0</t>
+  </si>
+  <si>
+    <t>Carlavirus vignae</t>
+  </si>
+  <si>
+    <t>* Rodrigues Silveira BR, Moreira AC, Aguilar Sanchez G, Ribeiro-Junior MR, Krause-Sakate R (2025) First report of cowpea mild mottle virus naturally infecting Euphorbia heterophylla in Brazil and worldwide. Plant Disease (early view) https://doi.org/10.1094/PDIS-09-25-1877-PDN</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Mamoun Abdel-Salam AM, Rezk AA, Dawoud RA (2019) Biochemical, serological, molecular and natural host studies on Tomato chlorosis virus in Egypt. Pakistan Journal of Biological Sciences 22, 83-94. https://doi.org/10.3923/pjbs.2019.83.109</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Euphorbia)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
@@ -526,51 +535,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -690,144 +699,158 @@
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>37</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>47</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">