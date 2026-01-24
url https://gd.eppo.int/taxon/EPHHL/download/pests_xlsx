--- v1 (2025-10-24)
+++ v2 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EPHHL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
   <si>
@@ -178,50 +178,60 @@
   <si>
     <t>Begomovirus euphorbiamusivi</t>
   </si>
   <si>
     <t>Begomovirus euphorbiamusivi (as Euphorbia)</t>
   </si>
   <si>
     <t>FUSAC4</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense Tropical race 4</t>
   </si>
   <si>
     <t>* Hennessy C, Walduck G, Daly A and Padovan A (2005) Weed hosts of Fusarium oxysporum f. sp. cubense tropicalrace 4 in northern Australia. Australasian Plant Pathology 34, 115–117. 
 ------- Fusarium oxysporum f. sp.cubense tropical race 4 was isolated from roots of this plant growing in an infested banana plantation.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Bellé C, Ramos RF, Balardin RR, Nora DD &amp; Kaspary TE (2020) Host weed species range of Meloidogyne ethiopica whitehead (Tylenchida: Meloidogynidae) found in Brazil. European Journal of Plant Pathology 156(3), 979-985.
 -------In experiments, it was found to be a good host (RF&gt;=1).</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* Lahiri S, Perry C (2025) Expanding host range of invasive pest Scirtothrips dorsalis Hood. Advances in Entomology.  IntechOpen. DOI: 10.5772/intechopen.1010077
+------- reproductive host.</t>
   </si>
   <si>
     <t>XANTGA</t>
   </si>
   <si>
     <t>Xanthomonas hortorum pv. gardneri</t>
   </si>
   <si>
     <t>* Araújo ER, Costa JR, Pontes NC, Quezado-Duval AM (2015) Xanthomonas perforans and X. gardneri associated with bacterial leaf spot on weeds in Brazilian tomato fields. European Journal of Plant Pathology 143(3), 543-548.
 ------- Inoculations of of bacterium isolated from this weed are able to cause symptoms in tomato plants as well as in its original host weed.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -535,51 +545,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -807,50 +817,64 @@
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">