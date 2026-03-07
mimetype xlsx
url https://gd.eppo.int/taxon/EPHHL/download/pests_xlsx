--- v2 (2026-01-24)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EPHHL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
   <si>
@@ -113,50 +113,60 @@
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Urueta EJ (1975) Aranas rojas (Acarina: Tetranychidae) del Departamento de Antioquia. Revista Colombiana de Entomologia, 1: 1-14.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Euphorbia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Etienne J, Ryckewaert P, Michel B (2015) Thrips (Insecta: Thysanoptera) of Guadeloupe and Martinique: updated check-list with new information on their ecology and natural enemies. Florida Entomologist 98(1), 298-304.</t>
   </si>
   <si>
     <t>XANTPN</t>
   </si>
   <si>
     <t>Xanthomonas axonopodis pv. poinsettiicola</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Euphorbia)</t>
   </si>
   <si>
     <t>* Corpuz-Raros LA (2001) New mite pests and new host records of phytophagous mites (Acari) from the Philippines. Philippine Agricultural Scientist, 84: 341-351.</t>
   </si>
@@ -545,51 +555,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -723,158 +733,172 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>40</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" t="s">
         <v>42</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>50</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">