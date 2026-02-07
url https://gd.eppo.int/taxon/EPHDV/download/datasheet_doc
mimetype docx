--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Farw.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> David's spurge, toothed spurge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8472696ae52cd7a79" w:history="1">
+            <w:hyperlink r:id="rId54766986dbb90536d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly), List of Invasive Alien Plants</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8691696ae52cd7ac0" w:history="1">
+            <w:hyperlink r:id="rId75206986dbb9053b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPHDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83221657" name="name9162696ae52cd7b8a" descr="17764.jpg"/>
+                  <wp:docPr id="44582497" name="name20306986dbb905b4b" descr="17764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4866696ae52cd7b89" cstate="print"/>
+                          <a:blip r:embed="rId98576986dbb905b49" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1933696ae52cd8114" w:history="1">
+            <w:hyperlink r:id="rId40546986dbb905c7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1027,105 +1027,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Countries where the status of the species is unclear include Georgia, Moldova, Romania, Slovakia, Spain and Switzerland.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65837879" name="name9081696ae52cd862d" descr="EPHDV_distribution_map.jpg"/>
+            <wp:docPr id="77868932" name="name28076986dbb906842" descr="EPHDV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPHDV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7557696ae52cd862b" cstate="print"/>
+                    <a:blip r:embed="rId75516986dbb906840" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bulgaria, France (mainland), Georgia, Hungary, Italy (mainland), Moldova, Republic of, Netherlands, Romania, Russian Federation (the) (Central Russia, Southern Russia), Serbia, Slovakia, Spain (mainland), Switzerland, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Bulgaria, France (mainland), Georgia, Hungary, Italy (mainland), Moldova, Republic of, Netherlands, Romania, Russian Federation (Central Russia, Southern Russia), Serbia, Slovakia, Spain (mainland), Switzerland, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58, 506–513.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Atlas of Living Australia (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3697696ae52cd9bc0" w:history="1">
+      <w:hyperlink r:id="rId86936986dbb907d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ala.org.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 2 July 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,51 +4282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Central European Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7787696ae52cd9c6e" w:history="1">
+      <w:hyperlink r:id="rId99716986dbb907e2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/s1153 5-012-0111-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dudáš M., Malovcová-Staníková M., Pliszko A., Schieber B., Zieliński J., (2019): New floristic records from Central Europe 4 (reports 41–53). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaiszia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29, 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9680696ae52cd9da9" w:history="1">
+      <w:hyperlink r:id="rId34536986dbb907f69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 33542/TJB20 19-2-08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Novitates Syst. Pl. Vasc. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6907696ae52cda065" w:history="1">
+      <w:hyperlink r:id="rId77426986dbb908155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.31111/novitates/2020.51.43</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4930,51 +4930,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils, an agricultural emerging invader in France? Poster presented at the European Weed Research Society Symposium on Weeds and Invasive Plants (Ascona, CH, 2011-10-02/07).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Herbarium of Moscow University (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4916696ae52cda121" w:history="1">
+      <w:hyperlink r:id="rId61966986dbb90820d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.binran.ru/resources/current/herbaria/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Istilart CM, Yanniccari ME, Gigón R (2015) Control de lecherón (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) en post-emergencia de maíz resistente a glifosato. Instituto Nacional de Tecnología Agropecuaria, Serie Informes Técnicos 3; 1; 8-2015, 101–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3601696ae52cda225" w:history="1">
+      <w:hyperlink r:id="rId13436986dbb908312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/11336/53986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5472,51 +5472,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 347–352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Kartesz JT (2015) The Biota of North America Program (BONAP). North American Plant Atlas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2496696ae52cda468" w:history="1">
+      <w:hyperlink r:id="rId53206986dbb908544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bonap.net/napa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). Chapel Hill, N. C., USA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5563,51 +5563,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the XIV Congress of the Russian Botanical Society and Conference, Makhachkala, June 18–23, 2018</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. 1, 276-278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Lobelia SI des CBNBP, CBNFC-ORI, CBNMC, CBNPMP, CBNSA (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1973696ae52cda4f3" w:history="1">
+      <w:hyperlink r:id="rId92206986dbb9085cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lobelia-cbn.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed the 29/10/2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2819–2830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2750696ae52cda55e" w:history="1">
+      <w:hyperlink r:id="rId41806986dbb908636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-024-03371-w</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Mallaliev MM, Zalibekov MD (2018) New species of vascular plants to the flora of Dagestan and Russia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -5706,51 +5706,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 122-124.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Marchessi J, Crosta H, Juan V, Fernandez OA, Bentivegna D (2011b): Efecto de la Temperatura sobre la germinación de Euphorbia davidii Subils. 2ª Reunión Conjunta de Sociedades de Biología de la República Argentina, XIII Jornadas de la Sociedad Argentina de Biología, XXIX Reunión Anual de la Sociedad de Biología de Cuyo y XVIII Jornadas Científicas de la Sociedad de Biología de Córdoba, Summary: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9336696ae52cda5ce" w:history="1">
+      <w:hyperlink r:id="rId33506986dbb9086a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5978,93 +5978,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7138696ae52cda76e" w:history="1">
+      <w:hyperlink r:id="rId77746986dbb908843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12102369</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Montana Field Guide (2024) David's Spurge – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Montana Field Guide. Montana Natural Heritage Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6910696ae52cda7af" w:history="1">
+      <w:hyperlink r:id="rId75426986dbb908883" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6102,51 +6102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chornomorski botanical journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3419696ae52cda82e" w:history="1">
+      <w:hyperlink r:id="rId73906986dbb908900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32999/ksu1990-553X/2020-16-3-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré F.R, Juan VF, Chantre GR (2014) Distribución vertical del banco de semillas de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6225,51 +6225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils: dinámica poblacional, control químico y evaluación de sensibilidad a glifosato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thesis, Universidad Nacional del Sur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3899696ae52cda8ef" w:history="1">
+      <w:hyperlink r:id="rId27756986dbb9089c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositoriodigital.uns.edu.ar/handle/123456789/4662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2018a) Demographic and phenological studies on David's Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Planta Daninha </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e018174369, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3062696ae52cda969" w:history="1">
+      <w:hyperlink r:id="rId90556986dbb908a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582018360100088</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2022) Efficacy of glyphosate on David Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Animal and Environmental Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5, 1090–1104, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9380696ae52cda9e9" w:history="1">
+      <w:hyperlink r:id="rId96356986dbb908ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 34188/bjaer v5n1-082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6664,102 +6664,102 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Plantarium (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils. Plants and lichens of Russia and neighboring countries: open online galleries and plant identification guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8281696ae52cdab9c" w:history="1">
+      <w:hyperlink r:id="rId15986986dbb908c7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantarium.ru/lang/en/page/view/item/48238.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">POWO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants of the World Online</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facilitated by the Royal Botanic Gardens, Kew. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2507696ae52cdabfc" w:history="1">
+      <w:hyperlink r:id="rId27836986dbb908ccc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willdenowia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305–341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5533696ae52cdacd9" w:history="1">
+      <w:hyperlink r:id="rId96496986dbb908da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3372/wi.50.50214</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Randall RP (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Studies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19, 156–171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6640696ae52cdae36" w:history="1">
+      <w:hyperlink r:id="rId55856986dbb908ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37555/2707-3114.19.2023.295153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Shhagapsoev SH, Chadaeva VA, Taumurzaeva IT, ShhagapsoevaKA (2017) Population dynamic of new invasion species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7454,51 +7454,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">USDA NRCS (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PLANTS Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. National Plant Data Team, Greensboro, NC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3599696ae52cdb082" w:history="1">
+      <w:hyperlink r:id="rId47776986dbb909134" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7617,51 +7617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Technology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 531–534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1274696ae52cdb17d" w:history="1">
+      <w:hyperlink r:id="rId87156986dbb909238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jstor.org/stable/3987668</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Van Oostroom SJ, Reichelt TJ (1965) Aanwinsten voor de Nederlands adventief-flora, 8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7700,51 +7700,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Verloove F (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3800696ae52cdb1fb" w:history="1">
+      <w:hyperlink r:id="rId98196986dbb9092b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alienplantsbelgium.myspecies.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (accessed 14 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7945,51 +7945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of 13th International EMAPi conference, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Waikoloa, Hawaii. NeoBiota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30, 49–74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7966696ae52cdb376" w:history="1">
+      <w:hyperlink r:id="rId38106986dbb90942f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 3897/neobiota.30.7502</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8084,51 +8084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7581696ae52cdb465" w:history="1">
+      <w:hyperlink r:id="rId55676986dbb90951f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8193,51 +8193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(3), 469-475. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3597696ae52cdb51c" w:history="1">
+      <w:hyperlink r:id="rId29996986dbb9095df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8324,137 +8324,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24733273">
+  <w:abstractNum w:abstractNumId="24839138">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80743525">
+    <w:lvl w:ilvl="0" w:tplc="21278199">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80743525" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21278199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24733272">
+  <w:abstractNum w:abstractNumId="24839137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85556360">
+    <w:lvl w:ilvl="0" w:tplc="72043425">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9206,55 +9206,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24733272">
-    <w:abstractNumId w:val="24733272"/>
+  <w:num w:numId="24839137">
+    <w:abstractNumId w:val="24839137"/>
   </w:num>
-  <w:num w:numId="24733273">
-    <w:abstractNumId w:val="24733273"/>
+  <w:num w:numId="24839138">
+    <w:abstractNumId w:val="24839138"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20804,51 +20804,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId605363533" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901595784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8472696ae52cd7a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId8691696ae52cd7ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId1933696ae52cd8114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId3697696ae52cd9bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId7787696ae52cd9c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId9680696ae52cd9da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId6907696ae52cda065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId4916696ae52cda121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId3601696ae52cda225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId2496696ae52cda468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId1973696ae52cda4f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId2750696ae52cda55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId9336696ae52cda5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId7138696ae52cda76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId6910696ae52cda7af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId3419696ae52cda82e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId3899696ae52cda8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId3062696ae52cda969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId9380696ae52cda9e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId8281696ae52cdab9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId2507696ae52cdabfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId5533696ae52cdacd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId6640696ae52cdae36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId3599696ae52cdb082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId1274696ae52cdb17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId3800696ae52cdb1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId7966696ae52cdb376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId7581696ae52cdb465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3597696ae52cdb51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId4866696ae52cd7b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4866696ae52cd7b89.jpg"/><Relationship Id="rId7557696ae52cd862b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7557696ae52cd862b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId690067935" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385866843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54766986dbb90536d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId75206986dbb9053b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId40546986dbb905c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId86936986dbb907d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId99716986dbb907e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId34536986dbb907f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId77426986dbb908155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId61966986dbb90820d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId13436986dbb908312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId53206986dbb908544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId92206986dbb9085cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId41806986dbb908636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId33506986dbb9086a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId77746986dbb908843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId75426986dbb908883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId73906986dbb908900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId27756986dbb9089c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId90556986dbb908a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId96356986dbb908ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId15986986dbb908c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId27836986dbb908ccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId96496986dbb908da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId55856986dbb908ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId47776986dbb909134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId87156986dbb909238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId98196986dbb9092b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId38106986dbb90942f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId55676986dbb90951f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29996986dbb9095df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId98576986dbb905b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98576986dbb905b49.jpg"/><Relationship Id="rId75516986dbb906840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75516986dbb906840.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>