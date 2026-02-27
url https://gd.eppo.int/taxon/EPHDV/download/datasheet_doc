--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Farw.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> David's spurge, toothed spurge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54766986dbb90536d" w:history="1">
+            <w:hyperlink r:id="rId266669a219745bbba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly), List of Invasive Alien Plants</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75206986dbb9053b2" w:history="1">
+            <w:hyperlink r:id="rId364269a219745bbff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPHDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44582497" name="name20306986dbb905b4b" descr="17764.jpg"/>
+                  <wp:docPr id="46706826" name="name481369a219745bcd2" descr="17764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId98576986dbb905b49" cstate="print"/>
+                          <a:blip r:embed="rId722269a219745bcd1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40546986dbb905c7e" w:history="1">
+            <w:hyperlink r:id="rId323369a219745bdf0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1027,63 +1027,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Countries where the status of the species is unclear include Georgia, Moldova, Romania, Slovakia, Spain and Switzerland.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77868932" name="name28076986dbb906842" descr="EPHDV_distribution_map.jpg"/>
+            <wp:docPr id="60334373" name="name910769a219745c9dc" descr="EPHDV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPHDV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75516986dbb906840" cstate="print"/>
+                    <a:blip r:embed="rId609869a219745c9d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58, 506–513.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Atlas of Living Australia (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86936986dbb907d81" w:history="1">
+      <w:hyperlink r:id="rId664269a219745e504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ala.org.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 2 July 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,51 +4282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Central European Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99716986dbb907e2b" w:history="1">
+      <w:hyperlink r:id="rId923369a219745e5ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/s1153 5-012-0111-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dudáš M., Malovcová-Staníková M., Pliszko A., Schieber B., Zieliński J., (2019): New floristic records from Central Europe 4 (reports 41–53). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaiszia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29, 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34536986dbb907f69" w:history="1">
+      <w:hyperlink r:id="rId650369a219745e6f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 33542/TJB20 19-2-08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Novitates Syst. Pl. Vasc. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77426986dbb908155" w:history="1">
+      <w:hyperlink r:id="rId457069a219745e910" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.31111/novitates/2020.51.43</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4930,51 +4930,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils, an agricultural emerging invader in France? Poster presented at the European Weed Research Society Symposium on Weeds and Invasive Plants (Ascona, CH, 2011-10-02/07).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Herbarium of Moscow University (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61966986dbb90820d" w:history="1">
+      <w:hyperlink r:id="rId463569a219745e9ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.binran.ru/resources/current/herbaria/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Istilart CM, Yanniccari ME, Gigón R (2015) Control de lecherón (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) en post-emergencia de maíz resistente a glifosato. Instituto Nacional de Tecnología Agropecuaria, Serie Informes Técnicos 3; 1; 8-2015, 101–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13436986dbb908312" w:history="1">
+      <w:hyperlink r:id="rId535269a219745ead9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/11336/53986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5472,51 +5472,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 347–352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Kartesz JT (2015) The Biota of North America Program (BONAP). North American Plant Atlas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53206986dbb908544" w:history="1">
+      <w:hyperlink r:id="rId639669a219745ed50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bonap.net/napa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). Chapel Hill, N. C., USA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5563,51 +5563,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the XIV Congress of the Russian Botanical Society and Conference, Makhachkala, June 18–23, 2018</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. 1, 276-278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Lobelia SI des CBNBP, CBNFC-ORI, CBNMC, CBNPMP, CBNSA (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92206986dbb9085cc" w:history="1">
+      <w:hyperlink r:id="rId103769a219745eddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lobelia-cbn.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed the 29/10/2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2819–2830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41806986dbb908636" w:history="1">
+      <w:hyperlink r:id="rId240369a219745ee4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-024-03371-w</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Mallaliev MM, Zalibekov MD (2018) New species of vascular plants to the flora of Dagestan and Russia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -5706,51 +5706,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 122-124.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Marchessi J, Crosta H, Juan V, Fernandez OA, Bentivegna D (2011b): Efecto de la Temperatura sobre la germinación de Euphorbia davidii Subils. 2ª Reunión Conjunta de Sociedades de Biología de la República Argentina, XIII Jornadas de la Sociedad Argentina de Biología, XXIX Reunión Anual de la Sociedad de Biología de Cuyo y XVIII Jornadas Científicas de la Sociedad de Biología de Córdoba, Summary: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33506986dbb9086a6" w:history="1">
+      <w:hyperlink r:id="rId652569a219745eebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5978,93 +5978,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77746986dbb908843" w:history="1">
+      <w:hyperlink r:id="rId437769a219745f075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12102369</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Montana Field Guide (2024) David's Spurge – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Montana Field Guide. Montana Natural Heritage Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75426986dbb908883" w:history="1">
+      <w:hyperlink r:id="rId158969a219745f0ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6102,51 +6102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chornomorski botanical journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73906986dbb908900" w:history="1">
+      <w:hyperlink r:id="rId817069a219745f153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32999/ksu1990-553X/2020-16-3-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré F.R, Juan VF, Chantre GR (2014) Distribución vertical del banco de semillas de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6225,51 +6225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils: dinámica poblacional, control químico y evaluación de sensibilidad a glifosato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thesis, Universidad Nacional del Sur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27756986dbb9089c9" w:history="1">
+      <w:hyperlink r:id="rId164669a219745f219" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositoriodigital.uns.edu.ar/handle/123456789/4662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2018a) Demographic and phenological studies on David's Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Planta Daninha </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e018174369, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90556986dbb908a3c" w:history="1">
+      <w:hyperlink r:id="rId292369a219745f28e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582018360100088</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2022) Efficacy of glyphosate on David Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Animal and Environmental Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5, 1090–1104, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96356986dbb908ab9" w:history="1">
+      <w:hyperlink r:id="rId116969a219745f310" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 34188/bjaer v5n1-082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6664,102 +6664,102 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Plantarium (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils. Plants and lichens of Russia and neighboring countries: open online galleries and plant identification guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15986986dbb908c7d" w:history="1">
+      <w:hyperlink r:id="rId159469a219745f4d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantarium.ru/lang/en/page/view/item/48238.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">POWO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants of the World Online</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facilitated by the Royal Botanic Gardens, Kew. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27836986dbb908ccc" w:history="1">
+      <w:hyperlink r:id="rId254369a219745f52a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willdenowia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305–341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96496986dbb908da6" w:history="1">
+      <w:hyperlink r:id="rId166769a219745f607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3372/wi.50.50214</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Randall RP (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Studies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19, 156–171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55856986dbb908ef7" w:history="1">
+      <w:hyperlink r:id="rId583769a219745f783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37555/2707-3114.19.2023.295153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Shhagapsoev SH, Chadaeva VA, Taumurzaeva IT, ShhagapsoevaKA (2017) Population dynamic of new invasion species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7454,51 +7454,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">USDA NRCS (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PLANTS Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. National Plant Data Team, Greensboro, NC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47776986dbb909134" w:history="1">
+      <w:hyperlink r:id="rId302969a219745f9d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7617,51 +7617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Technology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 531–534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87156986dbb909238" w:history="1">
+      <w:hyperlink r:id="rId313869a219745fad2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jstor.org/stable/3987668</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Van Oostroom SJ, Reichelt TJ (1965) Aanwinsten voor de Nederlands adventief-flora, 8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7700,51 +7700,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Verloove F (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98196986dbb9092b6" w:history="1">
+      <w:hyperlink r:id="rId940469a219745fb69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alienplantsbelgium.myspecies.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (accessed 14 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7945,51 +7945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of 13th International EMAPi conference, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Waikoloa, Hawaii. NeoBiota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30, 49–74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38106986dbb90942f" w:history="1">
+      <w:hyperlink r:id="rId532469a219745fcec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 3897/neobiota.30.7502</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8084,51 +8084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55676986dbb90951f" w:history="1">
+      <w:hyperlink r:id="rId919169a219745fde0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8193,51 +8193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(3), 469-475. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29996986dbb9095df" w:history="1">
+      <w:hyperlink r:id="rId753269a219745fe96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8324,137 +8324,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24839138">
+  <w:abstractNum w:abstractNumId="74362981">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21278199">
+    <w:lvl w:ilvl="0" w:tplc="67068114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21278199" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67068114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24839137">
+  <w:abstractNum w:abstractNumId="74362980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72043425">
+    <w:lvl w:ilvl="0" w:tplc="75728312">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9206,55 +9206,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24839137">
-    <w:abstractNumId w:val="24839137"/>
+  <w:num w:numId="74362980">
+    <w:abstractNumId w:val="74362980"/>
   </w:num>
-  <w:num w:numId="24839138">
-    <w:abstractNumId w:val="24839138"/>
+  <w:num w:numId="74362981">
+    <w:abstractNumId w:val="74362981"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20804,51 +20804,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId690067935" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385866843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54766986dbb90536d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId75206986dbb9053b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId40546986dbb905c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId86936986dbb907d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId99716986dbb907e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId34536986dbb907f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId77426986dbb908155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId61966986dbb90820d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId13436986dbb908312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId53206986dbb908544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId92206986dbb9085cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId41806986dbb908636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId33506986dbb9086a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId77746986dbb908843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId75426986dbb908883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId73906986dbb908900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId27756986dbb9089c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId90556986dbb908a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId96356986dbb908ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId15986986dbb908c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId27836986dbb908ccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId96496986dbb908da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId55856986dbb908ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId47776986dbb909134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId87156986dbb909238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId98196986dbb9092b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId38106986dbb90942f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId55676986dbb90951f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29996986dbb9095df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId98576986dbb905b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98576986dbb905b49.jpg"/><Relationship Id="rId75516986dbb906840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75516986dbb906840.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId858083974" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703187619" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId266669a219745bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId364269a219745bbff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId323369a219745bdf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId664269a219745e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId923369a219745e5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId650369a219745e6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId457069a219745e910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId463569a219745e9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId535269a219745ead9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId639669a219745ed50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId103769a219745eddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId240369a219745ee4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId652569a219745eebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId437769a219745f075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId158969a219745f0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId817069a219745f153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId164669a219745f219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId292369a219745f28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId116969a219745f310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId159469a219745f4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId254369a219745f52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId166769a219745f607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId583769a219745f783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId302969a219745f9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId313869a219745fad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId940469a219745fb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId532469a219745fcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId919169a219745fde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId753269a219745fe96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId722269a219745bcd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId722269a219745bcd1.jpg"/><Relationship Id="rId609869a219745c9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId609869a219745c9d9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>