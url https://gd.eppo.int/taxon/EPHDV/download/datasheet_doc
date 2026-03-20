--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Farw.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> David's spurge, toothed spurge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266669a219745bbba" w:history="1">
+            <w:hyperlink r:id="rId530769bc95e450a70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly), List of Invasive Alien Plants</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364269a219745bbff" w:history="1">
+            <w:hyperlink r:id="rId213869bc95e450ab7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPHDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46706826" name="name481369a219745bcd2" descr="17764.jpg"/>
+                  <wp:docPr id="40577346" name="name180469bc95e450c7b" descr="17764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId722269a219745bcd1" cstate="print"/>
+                          <a:blip r:embed="rId911469bc95e450c7a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId323369a219745bdf0" w:history="1">
+            <w:hyperlink r:id="rId778969bc95e450dc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1027,63 +1027,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Countries where the status of the species is unclear include Georgia, Moldova, Romania, Slovakia, Spain and Switzerland.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60334373" name="name910769a219745c9dc" descr="EPHDV_distribution_map.jpg"/>
+            <wp:docPr id="53421892" name="name494369bc95e451363" descr="EPHDV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPHDV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId609869a219745c9d9" cstate="print"/>
+                    <a:blip r:embed="rId644669bc95e451362" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58, 506–513.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Atlas of Living Australia (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664269a219745e504" w:history="1">
+      <w:hyperlink r:id="rId439269bc95e4529d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ala.org.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 2 July 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,51 +4282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Central European Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923369a219745e5ab" w:history="1">
+      <w:hyperlink r:id="rId890169bc95e452a7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/s1153 5-012-0111-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dudáš M., Malovcová-Staníková M., Pliszko A., Schieber B., Zieliński J., (2019): New floristic records from Central Europe 4 (reports 41–53). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaiszia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29, 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650369a219745e6f2" w:history="1">
+      <w:hyperlink r:id="rId550869bc95e452bc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 33542/TJB20 19-2-08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Novitates Syst. Pl. Vasc. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457069a219745e910" w:history="1">
+      <w:hyperlink r:id="rId143869bc95e452dc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.31111/novitates/2020.51.43</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4930,51 +4930,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils, an agricultural emerging invader in France? Poster presented at the European Weed Research Society Symposium on Weeds and Invasive Plants (Ascona, CH, 2011-10-02/07).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Herbarium of Moscow University (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463569a219745e9ce" w:history="1">
+      <w:hyperlink r:id="rId182769bc95e452e7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.binran.ru/resources/current/herbaria/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Istilart CM, Yanniccari ME, Gigón R (2015) Control de lecherón (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) en post-emergencia de maíz resistente a glifosato. Instituto Nacional de Tecnología Agropecuaria, Serie Informes Técnicos 3; 1; 8-2015, 101–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535269a219745ead9" w:history="1">
+      <w:hyperlink r:id="rId847069bc95e452f8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/11336/53986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5472,51 +5472,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 347–352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Kartesz JT (2015) The Biota of North America Program (BONAP). North American Plant Atlas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId639669a219745ed50" w:history="1">
+      <w:hyperlink r:id="rId971169bc95e4532f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bonap.net/napa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). Chapel Hill, N. C., USA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5563,51 +5563,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the XIV Congress of the Russian Botanical Society and Conference, Makhachkala, June 18–23, 2018</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. 1, 276-278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Lobelia SI des CBNBP, CBNFC-ORI, CBNMC, CBNPMP, CBNSA (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103769a219745eddd" w:history="1">
+      <w:hyperlink r:id="rId711769bc95e453382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lobelia-cbn.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed the 29/10/2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2819–2830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240369a219745ee4b" w:history="1">
+      <w:hyperlink r:id="rId958169bc95e453400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-024-03371-w</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Mallaliev MM, Zalibekov MD (2018) New species of vascular plants to the flora of Dagestan and Russia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -5706,51 +5706,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 122-124.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Marchessi J, Crosta H, Juan V, Fernandez OA, Bentivegna D (2011b): Efecto de la Temperatura sobre la germinación de Euphorbia davidii Subils. 2ª Reunión Conjunta de Sociedades de Biología de la República Argentina, XIII Jornadas de la Sociedad Argentina de Biología, XXIX Reunión Anual de la Sociedad de Biología de Cuyo y XVIII Jornadas Científicas de la Sociedad de Biología de Córdoba, Summary: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652569a219745eebe" w:history="1">
+      <w:hyperlink r:id="rId827869bc95e453475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5978,93 +5978,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437769a219745f075" w:history="1">
+      <w:hyperlink r:id="rId570669bc95e453626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12102369</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Montana Field Guide (2024) David's Spurge – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Montana Field Guide. Montana Natural Heritage Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158969a219745f0ce" w:history="1">
+      <w:hyperlink r:id="rId774369bc95e453669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6102,51 +6102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chornomorski botanical journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817069a219745f153" w:history="1">
+      <w:hyperlink r:id="rId813669bc95e4536f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32999/ksu1990-553X/2020-16-3-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré F.R, Juan VF, Chantre GR (2014) Distribución vertical del banco de semillas de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6225,51 +6225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils: dinámica poblacional, control químico y evaluación de sensibilidad a glifosato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thesis, Universidad Nacional del Sur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164669a219745f219" w:history="1">
+      <w:hyperlink r:id="rId555469bc95e4537ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositoriodigital.uns.edu.ar/handle/123456789/4662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2018a) Demographic and phenological studies on David's Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Planta Daninha </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e018174369, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292369a219745f28e" w:history="1">
+      <w:hyperlink r:id="rId407769bc95e45382e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582018360100088</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2022) Efficacy of glyphosate on David Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Animal and Environmental Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5, 1090–1104, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116969a219745f310" w:history="1">
+      <w:hyperlink r:id="rId847369bc95e4538b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 34188/bjaer v5n1-082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6664,102 +6664,102 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Plantarium (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils. Plants and lichens of Russia and neighboring countries: open online galleries and plant identification guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159469a219745f4d9" w:history="1">
+      <w:hyperlink r:id="rId518769bc95e453a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantarium.ru/lang/en/page/view/item/48238.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">POWO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants of the World Online</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facilitated by the Royal Botanic Gardens, Kew. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254369a219745f52a" w:history="1">
+      <w:hyperlink r:id="rId236169bc95e453ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willdenowia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305–341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166769a219745f607" w:history="1">
+      <w:hyperlink r:id="rId139069bc95e453ba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3372/wi.50.50214</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Randall RP (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Studies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19, 156–171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583769a219745f783" w:history="1">
+      <w:hyperlink r:id="rId687769bc95e453d07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37555/2707-3114.19.2023.295153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Shhagapsoev SH, Chadaeva VA, Taumurzaeva IT, ShhagapsoevaKA (2017) Population dynamic of new invasion species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7454,51 +7454,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">USDA NRCS (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PLANTS Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. National Plant Data Team, Greensboro, NC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302969a219745f9d1" w:history="1">
+      <w:hyperlink r:id="rId587069bc95e453f5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7617,51 +7617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Technology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 531–534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313869a219745fad2" w:history="1">
+      <w:hyperlink r:id="rId423069bc95e4540fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jstor.org/stable/3987668</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Van Oostroom SJ, Reichelt TJ (1965) Aanwinsten voor de Nederlands adventief-flora, 8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7700,51 +7700,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Verloove F (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940469a219745fb69" w:history="1">
+      <w:hyperlink r:id="rId739569bc95e454187" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alienplantsbelgium.myspecies.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (accessed 14 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7945,51 +7945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of 13th International EMAPi conference, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Waikoloa, Hawaii. NeoBiota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30, 49–74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532469a219745fcec" w:history="1">
+      <w:hyperlink r:id="rId908369bc95e454353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 3897/neobiota.30.7502</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8084,51 +8084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919169a219745fde0" w:history="1">
+      <w:hyperlink r:id="rId295769bc95e45446e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8193,51 +8193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(3), 469-475. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753269a219745fe96" w:history="1">
+      <w:hyperlink r:id="rId673769bc95e456e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8324,137 +8324,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74362981">
+  <w:abstractNum w:abstractNumId="42198014">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67068114">
+    <w:lvl w:ilvl="0" w:tplc="22961635">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67068114" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22961635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74362980">
+  <w:abstractNum w:abstractNumId="42198013">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75728312">
+    <w:lvl w:ilvl="0" w:tplc="94272266">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9206,55 +9206,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74362980">
-    <w:abstractNumId w:val="74362980"/>
+  <w:num w:numId="42198013">
+    <w:abstractNumId w:val="42198013"/>
   </w:num>
-  <w:num w:numId="74362981">
-    <w:abstractNumId w:val="74362981"/>
+  <w:num w:numId="42198014">
+    <w:abstractNumId w:val="42198014"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20804,51 +20804,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId858083974" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703187619" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId266669a219745bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId364269a219745bbff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId323369a219745bdf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId664269a219745e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId923369a219745e5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId650369a219745e6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId457069a219745e910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId463569a219745e9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId535269a219745ead9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId639669a219745ed50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId103769a219745eddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId240369a219745ee4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId652569a219745eebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId437769a219745f075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId158969a219745f0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId817069a219745f153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId164669a219745f219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId292369a219745f28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId116969a219745f310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId159469a219745f4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId254369a219745f52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId166769a219745f607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId583769a219745f783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId302969a219745f9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId313869a219745fad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId940469a219745fb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId532469a219745fcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId919169a219745fde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId753269a219745fe96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId722269a219745bcd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId722269a219745bcd1.jpg"/><Relationship Id="rId609869a219745c9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId609869a219745c9d9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816127605" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364077855" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId530769bc95e450a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId213869bc95e450ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId778969bc95e450dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId439269bc95e4529d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId890169bc95e452a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId550869bc95e452bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId143869bc95e452dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId182769bc95e452e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId847069bc95e452f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId971169bc95e4532f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId711769bc95e453382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId958169bc95e453400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId827869bc95e453475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId570669bc95e453626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId774369bc95e453669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId813669bc95e4536f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId555469bc95e4537ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId407769bc95e45382e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId847369bc95e4538b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId518769bc95e453a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId236169bc95e453ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId139069bc95e453ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId687769bc95e453d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId587069bc95e453f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId423069bc95e4540fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId739569bc95e454187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId908369bc95e454353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId295769bc95e45446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId673769bc95e456e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId911469bc95e450c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911469bc95e450c7a.jpg"/><Relationship Id="rId644669bc95e451362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644669bc95e451362.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>