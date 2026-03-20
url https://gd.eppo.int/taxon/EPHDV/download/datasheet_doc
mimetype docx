--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Farw.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> David's spurge, toothed spurge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530769bc95e450a70" w:history="1">
+            <w:hyperlink r:id="rId879969bca5736cca6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly), List of Invasive Alien Plants</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213869bc95e450ab7" w:history="1">
+            <w:hyperlink r:id="rId490769bca5736cceb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPHDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40577346" name="name180469bc95e450c7b" descr="17764.jpg"/>
+                  <wp:docPr id="37771050" name="name419569bca5736d328" descr="17764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId911469bc95e450c7a" cstate="print"/>
+                          <a:blip r:embed="rId145269bca5736d326" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId778969bc95e450dc2" w:history="1">
+            <w:hyperlink r:id="rId811169bca5736d468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1027,63 +1027,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Countries where the status of the species is unclear include Georgia, Moldova, Romania, Slovakia, Spain and Switzerland.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53421892" name="name494369bc95e451363" descr="EPHDV_distribution_map.jpg"/>
+            <wp:docPr id="46840965" name="name850469bca5736e2c2" descr="EPHDV_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EPHDV_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId644669bc95e451362" cstate="print"/>
+                    <a:blip r:embed="rId815769bca5736e2bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4180,51 +4180,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58, 506–513.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Atlas of Living Australia (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439269bc95e4529d5" w:history="1">
+      <w:hyperlink r:id="rId199369bca5736f8b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ala.org.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 2 July 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4282,51 +4282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Central European Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890169bc95e452a7b" w:history="1">
+      <w:hyperlink r:id="rId302669bca5736f953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/s1153 5-012-0111-7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dudáš M., Malovcová-Staníková M., Pliszko A., Schieber B., Zieliński J., (2019): New floristic records from Central Europe 4 (reports 41–53). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaiszia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29, 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550869bc95e452bc4" w:history="1">
+      <w:hyperlink r:id="rId570969bca5736fa9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 33542/TJB20 19-2-08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4808,51 +4808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Novitates Syst. Pl. Vasc. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143869bc95e452dc0" w:history="1">
+      <w:hyperlink r:id="rId915669bca5736fc8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.31111/novitates/2020.51.43</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4930,51 +4930,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils, an agricultural emerging invader in France? Poster presented at the European Weed Research Society Symposium on Weeds and Invasive Plants (Ascona, CH, 2011-10-02/07).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Herbarium of Moscow University (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182769bc95e452e7f" w:history="1">
+      <w:hyperlink r:id="rId590069bca5736fd45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.binran.ru/resources/current/herbaria/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5101,51 +5101,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Istilart CM, Yanniccari ME, Gigón R (2015) Control de lecherón (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) en post-emergencia de maíz resistente a glifosato. Instituto Nacional de Tecnología Agropecuaria, Serie Informes Técnicos 3; 1; 8-2015, 101–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847069bc95e452f8f" w:history="1">
+      <w:hyperlink r:id="rId988569bca5736fe4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/11336/53986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5472,51 +5472,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 347–352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Kartesz JT (2015) The Biota of North America Program (BONAP). North American Plant Atlas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId971169bc95e4532f2" w:history="1">
+      <w:hyperlink r:id="rId107669bca5737007d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bonap.net/napa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). Chapel Hill, N. C., USA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5563,51 +5563,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the XIV Congress of the Russian Botanical Society and Conference, Makhachkala, June 18–23, 2018</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. 1, 276-278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Lobelia SI des CBNBP, CBNFC-ORI, CBNMC, CBNPMP, CBNSA (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711769bc95e453382" w:history="1">
+      <w:hyperlink r:id="rId142869bca57370106" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://lobelia-cbn.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed the 29/10/2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2819–2830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958169bc95e453400" w:history="1">
+      <w:hyperlink r:id="rId373869bca5737017a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-024-03371-w</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Mallaliev MM, Zalibekov MD (2018) New species of vascular plants to the flora of Dagestan and Russia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -5706,51 +5706,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 122-124.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Marchessi J, Crosta H, Juan V, Fernandez OA, Bentivegna D (2011b): Efecto de la Temperatura sobre la germinación de Euphorbia davidii Subils. 2ª Reunión Conjunta de Sociedades de Biología de la República Argentina, XIII Jornadas de la Sociedad Argentina de Biología, XXIX Reunión Anual de la Sociedad de Biología de Cuyo y XVIII Jornadas Científicas de la Sociedad de Biología de Córdoba, Summary: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827869bc95e453475" w:history="1">
+      <w:hyperlink r:id="rId570769bca573701ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5978,93 +5978,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2369. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570669bc95e453626" w:history="1">
+      <w:hyperlink r:id="rId711469bca5737038d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12102369</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Montana Field Guide (2024) David's Spurge – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Montana Field Guide. Montana Natural Heritage Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774369bc95e453669" w:history="1">
+      <w:hyperlink r:id="rId555869bca573703ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6102,51 +6102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chornomorski botanical journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 191–198. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813669bc95e4536f0" w:history="1">
+      <w:hyperlink r:id="rId149569bca5737044d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32999/ksu1990-553X/2020-16-3-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré F.R, Juan VF, Chantre GR (2014) Distribución vertical del banco de semillas de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6225,51 +6225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils: dinámica poblacional, control químico y evaluación de sensibilidad a glifosato.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thesis, Universidad Nacional del Sur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555469bc95e4537ba" w:history="1">
+      <w:hyperlink r:id="rId440069bca57370527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositoriodigital.uns.edu.ar/handle/123456789/4662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2018a) Demographic and phenological studies on David's Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Planta Daninha </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e018174369, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407769bc95e45382e" w:history="1">
+      <w:hyperlink r:id="rId515169bca573705a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582018360100088</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Núñez Fré FR, Juan VF, Saint André HM, Chantre GR (2022) Efficacy of glyphosate on David Spurge (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -6380,51 +6380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Animal and Environmental Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5, 1090–1104, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847369bc95e4538b3" w:history="1">
+      <w:hyperlink r:id="rId807469bca57370628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 34188/bjaer v5n1-082</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6664,102 +6664,102 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Plantarium (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subils. Plants and lichens of Russia and neighboring countries: open online galleries and plant identification guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518769bc95e453a75" w:history="1">
+      <w:hyperlink r:id="rId806269bca573707df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantarium.ru/lang/en/page/view/item/48238.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">POWO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plants of the World Online</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facilitated by the Royal Botanic Gardens, Kew. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236169bc95e453ac7" w:history="1">
+      <w:hyperlink r:id="rId630869bca5737082d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willdenowia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305–341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139069bc95e453ba9" w:history="1">
+      <w:hyperlink r:id="rId130569bca57370911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3372/wi.50.50214</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Randall RP (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7080,51 +7080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Studies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19, 156–171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687769bc95e453d07" w:history="1">
+      <w:hyperlink r:id="rId683369bca57370a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37555/2707-3114.19.2023.295153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Shhagapsoev SH, Chadaeva VA, Taumurzaeva IT, ShhagapsoevaKA (2017) Population dynamic of new invasion species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7454,51 +7454,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">USDA NRCS (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PLANTS Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. National Plant Data Team, Greensboro, NC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587069bc95e453f5b" w:history="1">
+      <w:hyperlink r:id="rId803569bca57370ca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7617,51 +7617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Technology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 531–534. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423069bc95e4540fe" w:history="1">
+      <w:hyperlink r:id="rId325469bca57370da0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.jstor.org/stable/3987668</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Van Oostroom SJ, Reichelt TJ (1965) Aanwinsten voor de Nederlands adventief-flora, 8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -7700,51 +7700,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Verloove F (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739569bc95e454187" w:history="1">
+      <w:hyperlink r:id="rId210069bca57370e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alienplantsbelgium.myspecies.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (accessed 14 September 2024).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7945,51 +7945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of 13th International EMAPi conference, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Waikoloa, Hawaii. NeoBiota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30, 49–74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908369bc95e454353" w:history="1">
+      <w:hyperlink r:id="rId892869bca57370f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10. 3897/neobiota.30.7502</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8084,51 +8084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295769bc95e45446e" w:history="1">
+      <w:hyperlink r:id="rId530069bca57371089" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8193,51 +8193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subils. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55(3), 469-475. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673769bc95e456e20" w:history="1">
+      <w:hyperlink r:id="rId153069bca57371148" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8324,137 +8324,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42198014">
+  <w:abstractNum w:abstractNumId="45779401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22961635">
+    <w:lvl w:ilvl="0" w:tplc="35139980">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22961635" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35139980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42198013">
+  <w:abstractNum w:abstractNumId="45779400">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94272266">
+    <w:lvl w:ilvl="0" w:tplc="43160546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9206,55 +9206,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42198013">
-    <w:abstractNumId w:val="42198013"/>
+  <w:num w:numId="45779400">
+    <w:abstractNumId w:val="45779400"/>
   </w:num>
-  <w:num w:numId="42198014">
-    <w:abstractNumId w:val="42198014"/>
+  <w:num w:numId="45779401">
+    <w:abstractNumId w:val="45779401"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20804,51 +20804,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816127605" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364077855" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId530769bc95e450a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId213869bc95e450ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId778969bc95e450dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId439269bc95e4529d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId890169bc95e452a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId550869bc95e452bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId143869bc95e452dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId182769bc95e452e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId847069bc95e452f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId971169bc95e4532f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId711769bc95e453382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId958169bc95e453400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId827869bc95e453475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId570669bc95e453626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId774369bc95e453669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId813669bc95e4536f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId555469bc95e4537ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId407769bc95e45382e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId847369bc95e4538b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId518769bc95e453a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId236169bc95e453ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId139069bc95e453ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId687769bc95e453d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId587069bc95e453f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId423069bc95e4540fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId739569bc95e454187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId908369bc95e454353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId295769bc95e45446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId673769bc95e456e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId911469bc95e450c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911469bc95e450c7a.jpg"/><Relationship Id="rId644669bc95e451362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644669bc95e451362.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485158086" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312246237" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId879969bca5736cca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/" TargetMode="External"/><Relationship Id="rId490769bca5736cceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/categorization" TargetMode="External"/><Relationship Id="rId811169bca5736d468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EPHDV/photos" TargetMode="External"/><Relationship Id="rId199369bca5736f8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org.au" TargetMode="External"/><Relationship Id="rId302669bca5736f953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/s1153%205-012-0111-7" TargetMode="External"/><Relationship Id="rId570969bca5736fa9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2033542/TJB20%2019-2-08" TargetMode="External"/><Relationship Id="rId915669bca5736fc8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31111/novitates/2020.51.43" TargetMode="External"/><Relationship Id="rId590069bca5736fd45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binran.ru/resources/current/herbaria/index.html" TargetMode="External"/><Relationship Id="rId988569bca5736fe4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/11336/53986" TargetMode="External"/><Relationship Id="rId107669bca5737007d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bonap.net/napa" TargetMode="External"/><Relationship Id="rId142869bca57370106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lobelia-cbn.fr/" TargetMode="External"/><Relationship Id="rId373869bca5737017a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-024-03371-w" TargetMode="External"/><Relationship Id="rId570769bca573701ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conicet.gov.ar/new_scp/detalle.php?keywords=&amp;id=05458&amp;inst=yes&amp;congresos=yes&amp;detalles=yes&amp;congr_id=1477073" TargetMode="External"/><Relationship Id="rId711469bca5737038d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12102369" TargetMode="External"/><Relationship Id="rId555869bca573703ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://FieldGuide.mt.gov/speciesDetail.aspx?elcode=PDEUP0Q310" TargetMode="External"/><Relationship Id="rId149569bca5737044d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32999/ksu1990-553X/2020-16-3-2" TargetMode="External"/><Relationship Id="rId440069bca57370527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositoriodigital.uns.edu.ar/handle/123456789/4662" TargetMode="External"/><Relationship Id="rId515169bca573705a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582018360100088" TargetMode="External"/><Relationship Id="rId807469bca57370628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%2034188/bjaer%20v5n1-082" TargetMode="External"/><Relationship Id="rId806269bca573707df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantarium.ru/lang/en/page/view/item/48238.html" TargetMode="External"/><Relationship Id="rId630869bca5737082d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/" TargetMode="External"/><Relationship Id="rId130569bca57370911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3372/wi.50.50214" TargetMode="External"/><Relationship Id="rId683369bca57370a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37555/2707-3114.19.2023.295153" TargetMode="External"/><Relationship Id="rId803569bca57370ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId325469bca57370da0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/3987668" TargetMode="External"/><Relationship Id="rId210069bca57370e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alienplantsbelgium.myspecies.info/" TargetMode="External"/><Relationship Id="rId892869bca57370f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%203897/neobiota.30.7502" TargetMode="External"/><Relationship Id="rId530069bca57371089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId153069bca57371148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70011" TargetMode="External"/><Relationship Id="rId145269bca5736d326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145269bca5736d326.jpg"/><Relationship Id="rId815769bca5736e2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId815769bca5736e2bf.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>