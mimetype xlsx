--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -12,100 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EPHCT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Euphorbia)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, McAvoy EJ, Powers TO, Dickson DW (2008) Identification and isozyme characterization of Meloidogyne spp. infecting horticultural and agronomic drops, and weeds in Florida. Nematology 10(5), 757-766. https://doi.org/10.1163/156854108785787253
 ------- confirmed host as Poinsettia cyathophora</t>
   </si>
   <si>
     <t>PHENMK</t>
   </si>
   <si>
     <t>Phenacoccus miruku</t>
   </si>
   <si>
     <t>* Powell EC, Deeter LA, Moore MR, Ahmed MZ &amp; Miller DR (2024) Taxonomy, hosts, and distribution of an emerging invasive mealybug, Phenacoccus miruku (Hemiptera: Coccomorpha: Pseudococcidae), in Florida. Florida Entomologist 107(s1), 20240024. https://doi.org/10.1515/flaent-2024-0024</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Euphorbia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Euphorbia)</t>
   </si>
   <si>
     <t>* Corpuz-Raros LA (2001) New mite pests and new host records of phytophagous mites (Acari) from the Philippines. Philippine Agricultural Scientist, 84: 341-351.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Haq QMI, Sohrab SS, Brown JK, Al-Harrasi A (2022) Association of tomato yellow leaf curl virus - Oman strain with the leaf curl and yellow mosaic symptoms on papaya and wild poinsettia in Oman. Canadian Journal of Plant Pathology 44(3), 465-472.</t>
   </si>
   <si>
     <t>EUMV00</t>
   </si>
@@ -436,51 +446,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="349.058" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -520,87 +530,101 @@
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>