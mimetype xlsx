--- v0 (2025-10-08)
+++ v1 (2026-02-06)
@@ -659,51 +659,51 @@
   <si>
     <t>* Sánchez M, Colmenárez Y, Manobanda M, Vásquez C (2021) Chaetotaxic variation in Tetranychus urticae Koch, 1836 and Eotetranychus lewisi (Mc Gregor, 1943) populations (Acari: Tetranychidae) from different crops and locations in Province of Tungurahua, Ecuador. Revista Chilena de Entomología 47(1), 19-33.</t>
   </si>
   <si>
     <t>RUBID</t>
   </si>
   <si>
     <t>Rubus idaeus</t>
   </si>
   <si>
     <t>* Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. Division of agricultural and natural resources, University of California,USA. Available online: ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</t>
   </si>
   <si>
     <t>RUBSS</t>
   </si>
   <si>
     <t>Rubus sp.</t>
   </si>
   <si>
     <t>* Howell AD, Daugovish O. (2013) Biological Control of Eotetranychus lewisi and Tetranychus urticae (Acari: Tetranychidae) on strawberry by four phytoseiids (Acari: Phytoseiidae). Journal of Economic Entomology, 106: 80-85.</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>* Cadena-Iñiguez J, Olguín-Hernández G, Aguirre-Medina JF, Arévalo-Galarza MD, Cadena-Zamudio DA, del Mar Ruiz-Posadas L, Avendaño-Arrazate CH, Cisneros-Solano VM (2024) Reduction of pest organisms and improvement of the quality and biosecurity of edible fruits of chayote (Sechium edule (Jacq.) Sw.). DOI: 10.5772/intechopen.114383</t>
   </si>
   <si>
     <t>TOPTU</t>
   </si>
   <si>
     <t>Tropaeolum tuberosum</t>
   </si>
   <si>
     <t>* Vásquez C, Dávila M, Telenchana N, Mangui J, Navas D (2017) [First report of Eotetranychus lewisi in the Andean region from Ecuador on Arracacia xanthorrhiza (white carrot), Tropaeolum tuberosum (mashua)]. Revista Mexicana de Biodiversidad 88(4), 992-994 (in Spanish). http://revista.ib.unam.mx/index.php/bio/article/view/2093/1618
 * Vasquez, C., Davila, M., Telenchana, N., Mangui, J. and Navas, D. (2017) First report of Eotetranychus lewisi in the Andean region from Ecuador on Arracacia xanthorrhiza (white carrot), Tropaeolum tuberosum (mashua) Revista Mexicana De Biodiversidad, 88: 992-994.</t>
   </si>
   <si>
     <t>VITSS</t>
   </si>
   <si>
     <t>Vitis sp.</t>
   </si>
   <si>
     <t>* Carmona MM (1992) Acaros fitofagos e predadores da Ilha da Madeira - II Boletin de Sanidad Vegetal, Plagas, 18: 469-482.</t>
   </si>
   <si>
     <t>VITVI</t>