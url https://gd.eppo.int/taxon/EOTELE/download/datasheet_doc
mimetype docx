--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> McGregor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lewis spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606268e625c4f27c0" w:history="1">
+            <w:hyperlink r:id="rId29876915bad7bf728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355768e625c4f2804" w:history="1">
+            <w:hyperlink r:id="rId78566915bad7bf75d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EOTELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59419521" name="name244768e625c4f3101" descr="11792.jpg"/>
+                  <wp:docPr id="25738238" name="name67236915bad7c15bc" descr="11792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId211968e625c4f30fe" cstate="print"/>
+                          <a:blip r:embed="rId37486915bad7c15ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId301168e625c4f3250" w:history="1">
+            <w:hyperlink r:id="rId86706915bad7c1699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. In the Northern half of USA, Canada and Japan it was only recorded under greenhouses.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58646656" name="name820468e625c500b2e" descr="EOTELE_distribution_map.jpg"/>
+            <wp:docPr id="25011083" name="name52816915bad7c408d" descr="EOTELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EOTELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837368e625c500b2a" cstate="print"/>
+                    <a:blip r:embed="rId36446915bad7c408b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4585,101 +4585,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bethke J, Siapno O, Redak R (2004) The latest miticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Greenhouse Product News,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-56. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669768e625c5019c6" w:history="1">
+      <w:hyperlink r:id="rId47046915bad7c4aa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gpnmag.com/article/latest-miticides/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Division of agricultural and natural resources, University of California</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, USA. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856168e625c501a20" w:history="1">
+      <w:hyperlink r:id="rId92586915bad7c4ae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4803,51 +4803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10):4878, 122pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113168e625c501b30" w:history="1">
+      <w:hyperlink r:id="rId33656915bad7c4baa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4878</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 161–163. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648268e625c501bc0" w:history="1">
+      <w:hyperlink r:id="rId73776915bad7c4c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5438,51 +5438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental and Applied Acarology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466868e625c501f4f" w:history="1">
+      <w:hyperlink r:id="rId38266915bad7c4e84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-007-9122-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5624,51 +5624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eotetranychus lewisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800968e625c502088" w:history="1">
+      <w:hyperlink r:id="rId44866915bad7c4f5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5699,63 +5699,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67680775" name="name926868e625c502189" descr="eu_funding_250.png"/>
+            <wp:docPr id="449404" name="name93536915bad7c8307" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId644568e625c502187" cstate="print"/>
+                    <a:blip r:embed="rId86316915bad7c8305" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5853,137 +5853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90158397">
+  <w:abstractNum w:abstractNumId="15492320">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37393192">
+    <w:lvl w:ilvl="0" w:tplc="42992285">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37393192" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42992285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90158396">
+  <w:abstractNum w:abstractNumId="15492319">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78883472">
+    <w:lvl w:ilvl="0" w:tplc="88394919">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6735,55 +6735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90158396">
-    <w:abstractNumId w:val="90158396"/>
+  <w:num w:numId="15492319">
+    <w:abstractNumId w:val="15492319"/>
   </w:num>
-  <w:num w:numId="90158397">
-    <w:abstractNumId w:val="90158397"/>
+  <w:num w:numId="15492320">
+    <w:abstractNumId w:val="15492320"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18333,51 +18333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId586251308" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743287229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId606268e625c4f27c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId355768e625c4f2804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId301168e625c4f3250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId669768e625c5019c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId856168e625c501a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId113168e625c501b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId648268e625c501bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId466868e625c501f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId800968e625c502088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId211968e625c4f30fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211968e625c4f30fe.jpg"/><Relationship Id="rId837368e625c500b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837368e625c500b2a.jpg"/><Relationship Id="rId644568e625c502187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644568e625c502187.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId991245717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351625916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29876915bad7bf728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId78566915bad7bf75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId86706915bad7c1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId47046915bad7c4aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId92586915bad7c4ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId33656915bad7c4baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId73776915bad7c4c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId38266915bad7c4e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId44866915bad7c4f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37486915bad7c15ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37486915bad7c15ba.jpg"/><Relationship Id="rId36446915bad7c408b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36446915bad7c408b.jpg"/><Relationship Id="rId86316915bad7c8305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86316915bad7c8305.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>