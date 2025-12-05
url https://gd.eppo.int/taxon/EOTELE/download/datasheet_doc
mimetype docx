--- v1 (2025-11-13)
+++ v2 (2025-12-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> McGregor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lewis spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29876915bad7bf728" w:history="1">
+            <w:hyperlink r:id="rId27386932f7a99f197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78566915bad7bf75d" w:history="1">
+            <w:hyperlink r:id="rId41556932f7a99f1da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EOTELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25738238" name="name67236915bad7c15bc" descr="11792.jpg"/>
+                  <wp:docPr id="1406679" name="name98516932f7a99f2d3" descr="11792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37486915bad7c15ba" cstate="print"/>
+                          <a:blip r:embed="rId20096932f7a99f2d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId86706915bad7c1699" w:history="1">
+            <w:hyperlink r:id="rId19556932f7a99f4b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. In the Northern half of USA, Canada and Japan it was only recorded under greenhouses.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25011083" name="name52816915bad7c408d" descr="EOTELE_distribution_map.jpg"/>
+            <wp:docPr id="74021196" name="name55216932f7a9a1301" descr="EOTELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EOTELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36446915bad7c408b" cstate="print"/>
+                    <a:blip r:embed="rId95996932f7a9a12ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4585,101 +4585,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bethke J, Siapno O, Redak R (2004) The latest miticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Greenhouse Product News,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-56. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47046915bad7c4aa4" w:history="1">
+      <w:hyperlink r:id="rId18136932f7a9a2081" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gpnmag.com/article/latest-miticides/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Division of agricultural and natural resources, University of California</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, USA. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92586915bad7c4ae5" w:history="1">
+      <w:hyperlink r:id="rId74196932f7a9a20db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4803,51 +4803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10):4878, 122pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33656915bad7c4baa" w:history="1">
+      <w:hyperlink r:id="rId13066932f7a9a2203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4878</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 161–163. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73776915bad7c4c11" w:history="1">
+      <w:hyperlink r:id="rId32676932f7a9a2296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5438,51 +5438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental and Applied Acarology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38266915bad7c4e84" w:history="1">
+      <w:hyperlink r:id="rId88226932f7a9a260e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-007-9122-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5624,51 +5624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eotetranychus lewisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44866915bad7c4f5f" w:history="1">
+      <w:hyperlink r:id="rId37116932f7a9a2744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5699,63 +5699,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="449404" name="name93536915bad7c8307" descr="eu_funding_250.png"/>
+            <wp:docPr id="37556654" name="name81056932f7a9a2809" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86316915bad7c8305" cstate="print"/>
+                    <a:blip r:embed="rId83366932f7a9a2807" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5853,137 +5853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15492320">
+  <w:abstractNum w:abstractNumId="51911060">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42992285">
+    <w:lvl w:ilvl="0" w:tplc="15199942">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42992285" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15199942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15492319">
+  <w:abstractNum w:abstractNumId="51911059">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88394919">
+    <w:lvl w:ilvl="0" w:tplc="23790929">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6735,55 +6735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15492319">
-    <w:abstractNumId w:val="15492319"/>
+  <w:num w:numId="51911059">
+    <w:abstractNumId w:val="51911059"/>
   </w:num>
-  <w:num w:numId="15492320">
-    <w:abstractNumId w:val="15492320"/>
+  <w:num w:numId="51911060">
+    <w:abstractNumId w:val="51911060"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18333,51 +18333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId991245717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351625916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29876915bad7bf728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId78566915bad7bf75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId86706915bad7c1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId47046915bad7c4aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId92586915bad7c4ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId33656915bad7c4baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId73776915bad7c4c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId38266915bad7c4e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId44866915bad7c4f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37486915bad7c15ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37486915bad7c15ba.jpg"/><Relationship Id="rId36446915bad7c408b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36446915bad7c408b.jpg"/><Relationship Id="rId86316915bad7c8305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86316915bad7c8305.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334472694" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367682346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27386932f7a99f197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId41556932f7a99f1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId19556932f7a99f4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId18136932f7a9a2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId74196932f7a9a20db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId13066932f7a9a2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId32676932f7a9a2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId88226932f7a9a260e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId37116932f7a9a2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20096932f7a99f2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20096932f7a99f2d2.jpg"/><Relationship Id="rId95996932f7a9a12ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95996932f7a9a12ff.jpg"/><Relationship Id="rId83366932f7a9a2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83366932f7a9a2807.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>