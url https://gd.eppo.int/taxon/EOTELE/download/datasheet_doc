--- v2 (2025-12-05)
+++ v3 (2026-01-11)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> McGregor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lewis spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27386932f7a99f197" w:history="1">
+            <w:hyperlink r:id="rId4366696402600bf94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41556932f7a99f1da" w:history="1">
+            <w:hyperlink r:id="rId9474696402600bfd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EOTELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1406679" name="name98516932f7a99f2d3" descr="11792.jpg"/>
+                  <wp:docPr id="95210294" name="name6509696402600c5aa" descr="11792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20096932f7a99f2d2" cstate="print"/>
+                          <a:blip r:embed="rId9085696402600c5a8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId19556932f7a99f4b1" w:history="1">
+            <w:hyperlink r:id="rId6096696402600c6c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. In the Northern half of USA, Canada and Japan it was only recorded under greenhouses.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74021196" name="name55216932f7a9a1301" descr="EOTELE_distribution_map.jpg"/>
+            <wp:docPr id="16351038" name="name3969696402600e329" descr="EOTELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EOTELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95996932f7a9a12ff" cstate="print"/>
+                    <a:blip r:embed="rId8852696402600e326" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4585,101 +4585,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bethke J, Siapno O, Redak R (2004) The latest miticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Greenhouse Product News,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-56. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18136932f7a9a2081" w:history="1">
+      <w:hyperlink r:id="rId8787696402600f578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gpnmag.com/article/latest-miticides/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Division of agricultural and natural resources, University of California</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, USA. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74196932f7a9a20db" w:history="1">
+      <w:hyperlink r:id="rId3657696402600f624" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4803,51 +4803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10):4878, 122pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13066932f7a9a2203" w:history="1">
+      <w:hyperlink r:id="rId8325696402600f830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4878</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 161–163. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32676932f7a9a2296" w:history="1">
+      <w:hyperlink r:id="rId5155696402600f8cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5438,51 +5438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental and Applied Acarology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88226932f7a9a260e" w:history="1">
+      <w:hyperlink r:id="rId9880696402600fd0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-007-9122-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,73 +5602,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eotetranychus lewisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37116932f7a9a2744" w:history="1">
+      <w:hyperlink r:id="rId1458696402600febc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5699,63 +5699,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37556654" name="name81056932f7a9a2809" descr="eu_funding_250.png"/>
+            <wp:docPr id="91415391" name="name681669640260100b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83366932f7a9a2807" cstate="print"/>
+                    <a:blip r:embed="rId352869640260100b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5853,137 +5853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51911060">
+  <w:abstractNum w:abstractNumId="65620637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15199942">
+    <w:lvl w:ilvl="0" w:tplc="47255012">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15199942" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47255012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51911059">
+  <w:abstractNum w:abstractNumId="65620636">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23790929">
+    <w:lvl w:ilvl="0" w:tplc="94223312">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6735,55 +6735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51911059">
-    <w:abstractNumId w:val="51911059"/>
+  <w:num w:numId="65620636">
+    <w:abstractNumId w:val="65620636"/>
   </w:num>
-  <w:num w:numId="51911060">
-    <w:abstractNumId w:val="51911060"/>
+  <w:num w:numId="65620637">
+    <w:abstractNumId w:val="65620637"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18333,51 +18333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334472694" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367682346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27386932f7a99f197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId41556932f7a99f1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId19556932f7a99f4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId18136932f7a9a2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId74196932f7a9a20db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId13066932f7a9a2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId32676932f7a9a2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId88226932f7a9a260e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId37116932f7a9a2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20096932f7a99f2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20096932f7a99f2d2.jpg"/><Relationship Id="rId95996932f7a9a12ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95996932f7a9a12ff.jpg"/><Relationship Id="rId83366932f7a9a2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83366932f7a9a2807.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842621779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499190193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4366696402600bf94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId9474696402600bfd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId6096696402600c6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId8787696402600f578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId3657696402600f624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId8325696402600f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId5155696402600f8cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId9880696402600fd0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId1458696402600febc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9085696402600c5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9085696402600c5a8.jpg"/><Relationship Id="rId8852696402600e326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8852696402600e326.jpg"/><Relationship Id="rId352869640260100b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352869640260100b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>