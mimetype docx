--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> McGregor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lewis spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4366696402600bf94" w:history="1">
+            <w:hyperlink r:id="rId101269860f664e08b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9474696402600bfd7" w:history="1">
+            <w:hyperlink r:id="rId520269860f664e0d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EOTELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95210294" name="name6509696402600c5aa" descr="11792.jpg"/>
+                  <wp:docPr id="80095385" name="name202769860f664e7f8" descr="11792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9085696402600c5a8" cstate="print"/>
+                          <a:blip r:embed="rId184769860f664e7f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6096696402600c6c1" w:history="1">
+            <w:hyperlink r:id="rId705369860f664e956" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2445,51 +2445,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schoenoplectus californicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum elaeagnifolium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. In the Northern half of USA, Canada and Japan it was only recorded under greenhouses.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16351038" name="name3969696402600e329" descr="EOTELE_distribution_map.jpg"/>
+            <wp:docPr id="47129613" name="name973069860f6650551" descr="EOTELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EOTELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8852696402600e326" cstate="print"/>
+                    <a:blip r:embed="rId502969860f665054f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4585,101 +4585,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bethke J, Siapno O, Redak R (2004) The latest miticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Greenhouse Product News,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-56. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8787696402600f578" w:history="1">
+      <w:hyperlink r:id="rId903169860f6651619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gpnmag.com/article/latest-miticides/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Division of agricultural and natural resources, University of California</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, USA. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3657696402600f624" w:history="1">
+      <w:hyperlink r:id="rId571669860f6651674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4803,51 +4803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10):4878, 122pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8325696402600f830" w:history="1">
+      <w:hyperlink r:id="rId472569860f6651787" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4878</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 161–163. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5155696402600f8cb" w:history="1">
+      <w:hyperlink r:id="rId154569860f6651817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5438,51 +5438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental and Applied Acarology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9880696402600fd0f" w:history="1">
+      <w:hyperlink r:id="rId756869860f6651cc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-007-9122-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5624,51 +5624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eotetranychus lewisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1458696402600febc" w:history="1">
+      <w:hyperlink r:id="rId451469860f6651df8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5699,63 +5699,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91415391" name="name681669640260100b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="56427902" name="name816469860f6651ef3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId352869640260100b1" cstate="print"/>
+                    <a:blip r:embed="rId306369860f6651ef2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5853,137 +5853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65620637">
+  <w:abstractNum w:abstractNumId="16146521">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47255012">
+    <w:lvl w:ilvl="0" w:tplc="82988106">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47255012" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82988106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65620636">
+  <w:abstractNum w:abstractNumId="16146520">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94223312">
+    <w:lvl w:ilvl="0" w:tplc="70672714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6735,55 +6735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65620636">
-    <w:abstractNumId w:val="65620636"/>
+  <w:num w:numId="16146520">
+    <w:abstractNumId w:val="16146520"/>
   </w:num>
-  <w:num w:numId="65620637">
-    <w:abstractNumId w:val="65620637"/>
+  <w:num w:numId="16146521">
+    <w:abstractNumId w:val="16146521"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18333,51 +18333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842621779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499190193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4366696402600bf94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId9474696402600bfd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId6096696402600c6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId8787696402600f578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId3657696402600f624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId8325696402600f830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId5155696402600f8cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId9880696402600fd0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId1458696402600febc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9085696402600c5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9085696402600c5a8.jpg"/><Relationship Id="rId8852696402600e326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8852696402600e326.jpg"/><Relationship Id="rId352869640260100b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352869640260100b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187284942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456283182" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId101269860f664e08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId520269860f664e0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId705369860f664e956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId903169860f6651619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId571669860f6651674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId472569860f6651787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId154569860f6651817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId756869860f6651cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId451469860f6651df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId184769860f664e7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769860f664e7f6.jpg"/><Relationship Id="rId502969860f665054f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502969860f665054f.jpg"/><Relationship Id="rId306369860f6651ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306369860f6651ef2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>