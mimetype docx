--- v4 (2026-02-06)
+++ v5 (2026-03-18)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> McGregor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lewis spider mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101269860f664e08b" w:history="1">
+            <w:hyperlink r:id="rId376269bb2c195b76c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520269860f664e0d1" w:history="1">
+            <w:hyperlink r:id="rId543469bb2c195b7b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EOTELE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80095385" name="name202769860f664e7f8" descr="11792.jpg"/>
+                  <wp:docPr id="92356237" name="name423469bb2c195bf50" descr="11792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId184769860f664e7f6" cstate="print"/>
+                          <a:blip r:embed="rId443969bb2c195bf4e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId705369860f664e956" w:history="1">
+            <w:hyperlink r:id="rId783969bb2c195c081" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euphorbia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. In the Northern half of USA, Canada and Japan it was only recorded under greenhouses.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47129613" name="name973069860f6650551" descr="EOTELE_distribution_map.jpg"/>
+            <wp:docPr id="18251048" name="name548669bb2c195e048" descr="EOTELE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EOTELE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId502969860f665054f" cstate="print"/>
+                    <a:blip r:embed="rId187769bb2c195e044" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4585,101 +4585,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bethke J, Siapno O, Redak R (2004) The latest miticides. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Greenhouse Product News,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-56. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903169860f6651619" w:history="1">
+      <w:hyperlink r:id="rId868869bb2c195eec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gpnmag.com/article/latest-miticides/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Division of agricultural and natural resources, University of California</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, USA. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571669860f6651674" w:history="1">
+      <w:hyperlink r:id="rId931669bb2c195ef21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4803,51 +4803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10):4878, 122pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472569860f6651787" w:history="1">
+      <w:hyperlink r:id="rId934069bb2c195f031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4878</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 161–163. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154569860f6651817" w:history="1">
+      <w:hyperlink r:id="rId106569bb2c195f0bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5438,51 +5438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experimental and Applied Acarology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756869860f6651cc1" w:history="1">
+      <w:hyperlink r:id="rId309969bb2c195f4f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-007-9122-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5624,51 +5624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eotetranychus lewisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451469860f6651df8" w:history="1">
+      <w:hyperlink r:id="rId452069bb2c195f633" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5699,63 +5699,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56427902" name="name816469860f6651ef3" descr="eu_funding_250.png"/>
+            <wp:docPr id="32683813" name="name738169bb2c195f73c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId306369860f6651ef2" cstate="print"/>
+                    <a:blip r:embed="rId225069bb2c195f73b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5853,137 +5853,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16146521">
+  <w:abstractNum w:abstractNumId="16739149">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82988106">
+    <w:lvl w:ilvl="0" w:tplc="14305178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82988106" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14305178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16146520">
+  <w:abstractNum w:abstractNumId="16739148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70672714">
+    <w:lvl w:ilvl="0" w:tplc="14703775">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6735,55 +6735,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16146520">
-    <w:abstractNumId w:val="16146520"/>
+  <w:num w:numId="16739148">
+    <w:abstractNumId w:val="16739148"/>
   </w:num>
-  <w:num w:numId="16146521">
-    <w:abstractNumId w:val="16146521"/>
+  <w:num w:numId="16739149">
+    <w:abstractNumId w:val="16739149"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18333,51 +18333,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187284942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456283182" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId101269860f664e08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId520269860f664e0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId705369860f664e956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId903169860f6651619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId571669860f6651674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId472569860f6651787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId154569860f6651817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId756869860f6651cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId451469860f6651df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId184769860f664e7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769860f664e7f6.jpg"/><Relationship Id="rId502969860f665054f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502969860f665054f.jpg"/><Relationship Id="rId306369860f6651ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306369860f6651ef2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId304462932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153405573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId376269bb2c195b76c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/" TargetMode="External"/><Relationship Id="rId543469bb2c195b7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/categorization" TargetMode="External"/><Relationship Id="rId783969bb2c195c081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EOTELE/photos" TargetMode="External"/><Relationship Id="rId868869bb2c195eec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpnmag.com/article/latest-miticides/" TargetMode="External"/><Relationship Id="rId931669bb2c195ef21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380" TargetMode="External"/><Relationship Id="rId934069bb2c195f031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4878" TargetMode="External"/><Relationship Id="rId106569bb2c195f0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/192/pm7-068-1-en.pdf" TargetMode="External"/><Relationship Id="rId309969bb2c195f4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-007-9122-x" TargetMode="External"/><Relationship Id="rId452069bb2c195f633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId443969bb2c195bf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId443969bb2c195bf4e.jpg"/><Relationship Id="rId187769bb2c195e044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187769bb2c195e044.jpg"/><Relationship Id="rId225069bb2c195f73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225069bb2c195f73b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>