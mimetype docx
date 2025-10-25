--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId643468e0502d23bc9" w:history="1">
+            <w:hyperlink r:id="rId707668fc674f6ef40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId696368e0502d23c38" w:history="1">
+            <w:hyperlink r:id="rId604368fc674f6efaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91002392" name="name617468e0502d23d47" descr="15841.jpg"/>
+                  <wp:docPr id="4641229" name="name205768fc674f6f5d1" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId678868e0502d23d45" cstate="print"/>
+                          <a:blip r:embed="rId843468fc674f6f5cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId242668e0502d23e77" w:history="1">
+            <w:hyperlink r:id="rId422968fc674f6f6e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,63 +1813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74968785" name="name161368e0502d2572b" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="1692408" name="name378168fc674f70c8a" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880968e0502d25727" cstate="print"/>
+                    <a:blip r:embed="rId904568fc674f70c87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159468e0502d261f2" w:history="1">
+      <w:hyperlink r:id="rId559368fc674f7167c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299768e0502d2739d" w:history="1">
+      <w:hyperlink r:id="rId543868fc674f72ed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902668e0502d27401" w:history="1">
+      <w:hyperlink r:id="rId389468fc674f72f41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366068e0502d2796e" w:history="1">
+      <w:hyperlink r:id="rId958668fc674f735c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501768e0502d27d93" w:history="1">
+      <w:hyperlink r:id="rId387568fc674f73a77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81155873" name="name551768e0502d27f1e" descr="eu_funding_250.png"/>
+            <wp:docPr id="19749323" name="name192168fc674f73c0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId129368e0502d27f1d" cstate="print"/>
+                    <a:blip r:embed="rId873168fc674f73c0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17166089">
+  <w:abstractNum w:abstractNumId="79161461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87893051">
+    <w:lvl w:ilvl="0" w:tplc="89219461">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87893051" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89219461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17166088">
+  <w:abstractNum w:abstractNumId="79161460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51817958">
+    <w:lvl w:ilvl="0" w:tplc="18693583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17166088">
-    <w:abstractNumId w:val="17166088"/>
+  <w:num w:numId="79161460">
+    <w:abstractNumId w:val="79161460"/>
   </w:num>
-  <w:num w:numId="17166089">
-    <w:abstractNumId w:val="17166089"/>
+  <w:num w:numId="79161461">
+    <w:abstractNumId w:val="79161461"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892285848" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId471873318" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId643468e0502d23bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId696368e0502d23c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId242668e0502d23e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId159468e0502d261f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId299768e0502d2739d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId902668e0502d27401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId366068e0502d2796e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId501768e0502d27d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId678868e0502d23d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId678868e0502d23d45.jpg"/><Relationship Id="rId880968e0502d25727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880968e0502d25727.jpg"/><Relationship Id="rId129368e0502d27f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129368e0502d27f1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416879845" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699202747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId707668fc674f6ef40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId604368fc674f6efaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId422968fc674f6f6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId559368fc674f7167c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId543868fc674f72ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId389468fc674f72f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId958668fc674f735c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId387568fc674f73a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId843468fc674f6f5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843468fc674f6f5cf.jpg"/><Relationship Id="rId904568fc674f70c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId904568fc674f70c87.jpg"/><Relationship Id="rId873168fc674f73c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873168fc674f73c0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>