--- v1 (2025-10-25)
+++ v2 (2025-11-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707668fc674f6ef40" w:history="1">
+            <w:hyperlink r:id="rId6756691cc4f659ea1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId604368fc674f6efaa" w:history="1">
+            <w:hyperlink r:id="rId7563691cc4f659f0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4641229" name="name205768fc674f6f5d1" descr="15841.jpg"/>
+                  <wp:docPr id="41698282" name="name3444691cc4f65ab7a" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId843468fc674f6f5cf" cstate="print"/>
+                          <a:blip r:embed="rId1984691cc4f65ab78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId422968fc674f6f6e4" w:history="1">
+            <w:hyperlink r:id="rId9694691cc4f65acc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,63 +1813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1692408" name="name378168fc674f70c8a" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="97470688" name="name8848691cc4f65cf7d" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId904568fc674f70c87" cstate="print"/>
+                    <a:blip r:embed="rId6811691cc4f65cf79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559368fc674f7167c" w:history="1">
+      <w:hyperlink r:id="rId9263691cc4f65d9b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543868fc674f72ed1" w:history="1">
+      <w:hyperlink r:id="rId3811691cc4f65ec93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389468fc674f72f41" w:history="1">
+      <w:hyperlink r:id="rId4874691cc4f65ecf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958668fc674f735c5" w:history="1">
+      <w:hyperlink r:id="rId6466691cc4f65f527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387568fc674f73a77" w:history="1">
+      <w:hyperlink r:id="rId6328691cc4f65f94b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19749323" name="name192168fc674f73c0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="65915538" name="name4162691cc4f65fae7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId873168fc674f73c0b" cstate="print"/>
+                    <a:blip r:embed="rId3822691cc4f65fae6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79161461">
+  <w:abstractNum w:abstractNumId="49841672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89219461">
+    <w:lvl w:ilvl="0" w:tplc="95270648">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89219461" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95270648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79161460">
+  <w:abstractNum w:abstractNumId="49841671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18693583">
+    <w:lvl w:ilvl="0" w:tplc="23497252">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79161460">
-    <w:abstractNumId w:val="79161460"/>
+  <w:num w:numId="49841671">
+    <w:abstractNumId w:val="49841671"/>
   </w:num>
-  <w:num w:numId="79161461">
-    <w:abstractNumId w:val="79161461"/>
+  <w:num w:numId="49841672">
+    <w:abstractNumId w:val="49841672"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416879845" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699202747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId707668fc674f6ef40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId604368fc674f6efaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId422968fc674f6f6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId559368fc674f7167c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId543868fc674f72ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId389468fc674f72f41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId958668fc674f735c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId387568fc674f73a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId843468fc674f6f5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843468fc674f6f5cf.jpg"/><Relationship Id="rId904568fc674f70c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId904568fc674f70c87.jpg"/><Relationship Id="rId873168fc674f73c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873168fc674f73c0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId921028522" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691707052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6756691cc4f659ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId7563691cc4f659f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId9694691cc4f65acc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId9263691cc4f65d9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId3811691cc4f65ec93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId4874691cc4f65ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId6466691cc4f65f527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId6328691cc4f65f94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1984691cc4f65ab78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1984691cc4f65ab78.jpg"/><Relationship Id="rId6811691cc4f65cf79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6811691cc4f65cf79.jpg"/><Relationship Id="rId3822691cc4f65fae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3822691cc4f65fae6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>