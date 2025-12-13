--- v2 (2025-11-18)
+++ v3 (2025-12-13)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6756691cc4f659ea1" w:history="1">
+            <w:hyperlink r:id="rId2923693d0c694d36d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7563691cc4f659f0c" w:history="1">
+            <w:hyperlink r:id="rId3249693d0c694d3d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41698282" name="name3444691cc4f65ab7a" descr="15841.jpg"/>
+                  <wp:docPr id="82269531" name="name4896693d0c694db67" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1984691cc4f65ab78" cstate="print"/>
+                          <a:blip r:embed="rId8904693d0c694db65" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9694691cc4f65acc0" w:history="1">
+            <w:hyperlink r:id="rId2585693d0c694dc8f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,63 +1813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97470688" name="name8848691cc4f65cf7d" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="42942929" name="name3234693d0c694f827" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6811691cc4f65cf79" cstate="print"/>
+                    <a:blip r:embed="rId3005693d0c694f823" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9263691cc4f65d9b0" w:history="1">
+      <w:hyperlink r:id="rId1368693d0c695022b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3811691cc4f65ec93" w:history="1">
+      <w:hyperlink r:id="rId3396693d0c6951456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4874691cc4f65ecf9" w:history="1">
+      <w:hyperlink r:id="rId4540693d0c69515a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6466691cc4f65f527" w:history="1">
+      <w:hyperlink r:id="rId6343693d0c6951adb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6328691cc4f65f94b" w:history="1">
+      <w:hyperlink r:id="rId6998693d0c6951f52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65915538" name="name4162691cc4f65fae7" descr="eu_funding_250.png"/>
+            <wp:docPr id="66927559" name="name1297693d0c695216d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3822691cc4f65fae6" cstate="print"/>
+                    <a:blip r:embed="rId1687693d0c695216c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49841672">
+  <w:abstractNum w:abstractNumId="39997317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95270648">
+    <w:lvl w:ilvl="0" w:tplc="31160298">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95270648" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31160298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49841671">
+  <w:abstractNum w:abstractNumId="39997316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23497252">
+    <w:lvl w:ilvl="0" w:tplc="94258514">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49841671">
-    <w:abstractNumId w:val="49841671"/>
+  <w:num w:numId="39997316">
+    <w:abstractNumId w:val="39997316"/>
   </w:num>
-  <w:num w:numId="49841672">
-    <w:abstractNumId w:val="49841672"/>
+  <w:num w:numId="39997317">
+    <w:abstractNumId w:val="39997317"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId921028522" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691707052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6756691cc4f659ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId7563691cc4f659f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId9694691cc4f65acc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId9263691cc4f65d9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId3811691cc4f65ec93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId4874691cc4f65ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId6466691cc4f65f527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId6328691cc4f65f94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1984691cc4f65ab78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1984691cc4f65ab78.jpg"/><Relationship Id="rId6811691cc4f65cf79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6811691cc4f65cf79.jpg"/><Relationship Id="rId3822691cc4f65fae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3822691cc4f65fae6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479170233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876996889" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2923693d0c694d36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId3249693d0c694d3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId2585693d0c694dc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId1368693d0c695022b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId3396693d0c6951456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId4540693d0c69515a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId6343693d0c6951adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId6998693d0c6951f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8904693d0c694db65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8904693d0c694db65.jpg"/><Relationship Id="rId3005693d0c694f823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3005693d0c694f823.jpg"/><Relationship Id="rId1687693d0c695216c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1687693d0c695216c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>