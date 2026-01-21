--- v3 (2025-12-13)
+++ v4 (2026-01-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2923693d0c694d36d" w:history="1">
+            <w:hyperlink r:id="rId634269710f2e9f84a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3249693d0c694d3d6" w:history="1">
+            <w:hyperlink r:id="rId367469710f2e9f8d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82269531" name="name4896693d0c694db67" descr="15841.jpg"/>
+                  <wp:docPr id="86109314" name="name292069710f2e9fe5a" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8904693d0c694db65" cstate="print"/>
+                          <a:blip r:embed="rId358269710f2e9fe58" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2585693d0c694dc8f" w:history="1">
+            <w:hyperlink r:id="rId349469710f2e9ff90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,63 +1813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42942929" name="name3234693d0c694f827" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="82660314" name="name457869710f2ea19cb" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3005693d0c694f823" cstate="print"/>
+                    <a:blip r:embed="rId820969710f2ea19c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1368693d0c695022b" w:history="1">
+      <w:hyperlink r:id="rId998169710f2ea244f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3396693d0c6951456" w:history="1">
+      <w:hyperlink r:id="rId682469710f2ea353c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4540693d0c69515a8" w:history="1">
+      <w:hyperlink r:id="rId912769710f2ea359f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6343693d0c6951adb" w:history="1">
+      <w:hyperlink r:id="rId801369710f2ea3a9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7241,73 +7241,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6998693d0c6951f52" w:history="1">
+      <w:hyperlink r:id="rId792069710f2ea3ea8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66927559" name="name1297693d0c695216d" descr="eu_funding_250.png"/>
+            <wp:docPr id="61324682" name="name384469710f2ea4299" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1687693d0c695216c" cstate="print"/>
+                    <a:blip r:embed="rId457469710f2ea4298" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39997317">
+  <w:abstractNum w:abstractNumId="98280175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31160298">
+    <w:lvl w:ilvl="0" w:tplc="14221564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31160298" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14221564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39997316">
+  <w:abstractNum w:abstractNumId="98280174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94258514">
+    <w:lvl w:ilvl="0" w:tplc="34887136">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39997316">
-    <w:abstractNumId w:val="39997316"/>
+  <w:num w:numId="98280174">
+    <w:abstractNumId w:val="98280174"/>
   </w:num>
-  <w:num w:numId="39997317">
-    <w:abstractNumId w:val="39997317"/>
+  <w:num w:numId="98280175">
+    <w:abstractNumId w:val="98280175"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479170233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876996889" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2923693d0c694d36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId3249693d0c694d3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId2585693d0c694dc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId1368693d0c695022b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId3396693d0c6951456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId4540693d0c69515a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId6343693d0c6951adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId6998693d0c6951f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8904693d0c694db65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8904693d0c694db65.jpg"/><Relationship Id="rId3005693d0c694f823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3005693d0c694f823.jpg"/><Relationship Id="rId1687693d0c695216c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1687693d0c695216c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983143170" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734779280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId634269710f2e9f84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId367469710f2e9f8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId349469710f2e9ff90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId998169710f2ea244f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId682469710f2ea353c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId912769710f2ea359f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId801369710f2ea3a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId792069710f2ea3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId358269710f2e9fe58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358269710f2e9fe58.jpg"/><Relationship Id="rId820969710f2ea19c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId820969710f2ea19c7.jpg"/><Relationship Id="rId457469710f2ea4298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457469710f2ea4298.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>