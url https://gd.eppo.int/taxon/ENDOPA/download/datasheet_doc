--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId634269710f2e9f84a" w:history="1">
+            <w:hyperlink r:id="rId1138698c4fb64ad1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367469710f2e9f8d8" w:history="1">
+            <w:hyperlink r:id="rId4905698c4fb64ad8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86109314" name="name292069710f2e9fe5a" descr="15841.jpg"/>
+                  <wp:docPr id="87461341" name="name1871698c4fb64b4cd" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId358269710f2e9fe58" cstate="print"/>
+                          <a:blip r:embed="rId6659698c4fb64b4cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId349469710f2e9ff90" w:history="1">
+            <w:hyperlink r:id="rId5907698c4fb64b606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,105 +1813,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82660314" name="name457869710f2ea19cb" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="92016655" name="name2996698c4fb64cf6b" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId820969710f2ea19c7" cstate="print"/>
+                    <a:blip r:embed="rId7375698c4fb64cf66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Italy (mainland, Sardegna, Sicilia), Jersey, Montenegro, Netherlands, North Macedonia, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Italy (mainland, Sardegna, Sicilia), Jersey, Montenegro, Netherlands, North Macedonia, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998169710f2ea244f" w:history="1">
+      <w:hyperlink r:id="rId8772698c4fb64d990" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682469710f2ea353c" w:history="1">
+      <w:hyperlink r:id="rId7230698c4fb64eab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912769710f2ea359f" w:history="1">
+      <w:hyperlink r:id="rId9433698c4fb64eb15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801369710f2ea3a9a" w:history="1">
+      <w:hyperlink r:id="rId1580698c4fb64effa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792069710f2ea3ea8" w:history="1">
+      <w:hyperlink r:id="rId3975698c4fb64f448" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61324682" name="name384469710f2ea4299" descr="eu_funding_250.png"/>
+            <wp:docPr id="46563008" name="name8744698c4fb64f60f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId457469710f2ea4298" cstate="print"/>
+                    <a:blip r:embed="rId2463698c4fb64f60e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98280175">
+  <w:abstractNum w:abstractNumId="10778567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14221564">
+    <w:lvl w:ilvl="0" w:tplc="38069348">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14221564" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38069348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98280174">
+  <w:abstractNum w:abstractNumId="10778566">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34887136">
+    <w:lvl w:ilvl="0" w:tplc="97820115">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98280174">
-    <w:abstractNumId w:val="98280174"/>
+  <w:num w:numId="10778566">
+    <w:abstractNumId w:val="10778566"/>
   </w:num>
-  <w:num w:numId="98280175">
-    <w:abstractNumId w:val="98280175"/>
+  <w:num w:numId="10778567">
+    <w:abstractNumId w:val="10778567"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983143170" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734779280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId634269710f2e9f84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId367469710f2e9f8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId349469710f2e9ff90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId998169710f2ea244f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId682469710f2ea353c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId912769710f2ea359f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId801369710f2ea3a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId792069710f2ea3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId358269710f2e9fe58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358269710f2e9fe58.jpg"/><Relationship Id="rId820969710f2ea19c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId820969710f2ea19c7.jpg"/><Relationship Id="rId457469710f2ea4298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457469710f2ea4298.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512580769" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId422005497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1138698c4fb64ad1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId4905698c4fb64ad8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId5907698c4fb64b606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId8772698c4fb64d990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId7230698c4fb64eab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId9433698c4fb64eb15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId1580698c4fb64effa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId3975698c4fb64f448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6659698c4fb64b4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6659698c4fb64b4cb.jpg"/><Relationship Id="rId7375698c4fb64cf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7375698c4fb64cf66.jpg"/><Relationship Id="rId2463698c4fb64f60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2463698c4fb64f60e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>