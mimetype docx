--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1138698c4fb64ad1d" w:history="1">
+            <w:hyperlink r:id="rId263369a76c1b5afd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4905698c4fb64ad8a" w:history="1">
+            <w:hyperlink r:id="rId528469a76c1b5b03b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87461341" name="name1871698c4fb64b4cd" descr="15841.jpg"/>
+                  <wp:docPr id="53758500" name="name224069a76c1b5b6bc" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6659698c4fb64b4cb" cstate="print"/>
+                          <a:blip r:embed="rId370369a76c1b5b6ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5907698c4fb64b606" w:history="1">
+            <w:hyperlink r:id="rId158869a76c1b5b807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,147 +1813,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92016655" name="name2996698c4fb64cf6b" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="94497438" name="name297469a76c1b5d735" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7375698c4fb64cf66" cstate="print"/>
+                    <a:blip r:embed="rId913269a76c1b5d731" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Italy (mainland, Sardegna, Sicilia), Jersey, Montenegro, Netherlands, North Macedonia, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Italy (mainland, Sardegna, Sicilia), Jersey, Jordan, Montenegro, Netherlands, North Macedonia, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Anhui, Beijing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Yunnan, Zhejiang), India (Uttarakhand, Uttar Pradesh), Iran, Islamic Republic of, Japan (Honshu), Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
+        <w:t xml:space="preserve"> China (Anhui, Beijing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Yunnan, Zhejiang), India (Uttarakhand, Uttar Pradesh), Iran, Islamic Republic of, Japan (Honshu), Jordan, Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (British Columbia, Ontario), United States of America (Arkansas, California, Connecticut, Florida, Georgia, Illinois, Indiana, Iowa, Kentucky, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, New Hampshire, New Jersey, New York, North Carolina, Oregon, Pennsylvania, Tennessee, Texas, Vermont, Virginia, Washington, West Virginia, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8772698c4fb64d990" w:history="1">
+      <w:hyperlink r:id="rId578269a76c1b5e16c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7230698c4fb64eab4" w:history="1">
+      <w:hyperlink r:id="rId192169a76c1b5f25e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9433698c4fb64eb15" w:history="1">
+      <w:hyperlink r:id="rId502369a76c1b5f2be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1580698c4fb64effa" w:history="1">
+      <w:hyperlink r:id="rId452769a76c1b5f79a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3975698c4fb64f448" w:history="1">
+      <w:hyperlink r:id="rId656269a76c1b5fbd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46563008" name="name8744698c4fb64f60f" descr="eu_funding_250.png"/>
+            <wp:docPr id="20014198" name="name607469a76c1b6010f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2463698c4fb64f60e" cstate="print"/>
+                    <a:blip r:embed="rId870569a76c1b6010e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10778567">
+  <w:abstractNum w:abstractNumId="50010275">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38069348">
+    <w:lvl w:ilvl="0" w:tplc="83641664">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38069348" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83641664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10778566">
+  <w:abstractNum w:abstractNumId="50010274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97820115">
+    <w:lvl w:ilvl="0" w:tplc="88196175">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10778566">
-    <w:abstractNumId w:val="10778566"/>
+  <w:num w:numId="50010274">
+    <w:abstractNumId w:val="50010274"/>
   </w:num>
-  <w:num w:numId="10778567">
-    <w:abstractNumId w:val="10778567"/>
+  <w:num w:numId="50010275">
+    <w:abstractNumId w:val="50010275"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512580769" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId422005497" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1138698c4fb64ad1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId4905698c4fb64ad8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId5907698c4fb64b606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId8772698c4fb64d990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId7230698c4fb64eab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId9433698c4fb64eb15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId1580698c4fb64effa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId3975698c4fb64f448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6659698c4fb64b4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6659698c4fb64b4cb.jpg"/><Relationship Id="rId7375698c4fb64cf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7375698c4fb64cf66.jpg"/><Relationship Id="rId2463698c4fb64f60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2463698c4fb64f60e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843002773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId397320362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId263369a76c1b5afd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId528469a76c1b5b03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId158869a76c1b5b807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId578269a76c1b5e16c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId192169a76c1b5f25e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId502369a76c1b5f2be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId452769a76c1b5f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId656269a76c1b5fbd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370369a76c1b5b6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370369a76c1b5b6ba.jpg"/><Relationship Id="rId913269a76c1b5d731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913269a76c1b5d731.jpg"/><Relationship Id="rId870569a76c1b6010e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870569a76c1b6010e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>