--- v6 (2026-03-03)
+++ v7 (2026-03-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Murrill) P.J.Anderson &amp; H.W.Anderson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of chestnut, blight of oak, canker of chestnut, chestnut blight, sweet chestnut blight</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263369a76c1b5afd0" w:history="1">
+            <w:hyperlink r:id="rId711869c396046f460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528469a76c1b5b03b" w:history="1">
+            <w:hyperlink r:id="rId489969c396046f4cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ENDOPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53758500" name="name224069a76c1b5b6bc" descr="15841.jpg"/>
+                  <wp:docPr id="98571880" name="name637569c396046fb51" descr="15841.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15841.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId370369a76c1b5b6ba" cstate="print"/>
+                          <a:blip r:embed="rId903669c396046fb4f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId158869a76c1b5b807" w:history="1">
+            <w:hyperlink r:id="rId880369c396046fc91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1813,63 +1813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea dentata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Central and Eastern USA, which was previously a main component of hardwood forests (Anagnostakis, 1987). In 1938, the pathogen was first discovered in Europe as an isolated focus near Genova, Italy. Once again, the fungus spread very rapidly and at the end of the 1960s, most parts of Southern Europe where chestnuts are cultivated were affected by the pathogen. In Croatia, Hungary, Italy, Portugal, France and Slovenia, the pathogen is present across the areas where the host plants occur whereas Austria, Belgium, Bulgaria, Germany, Greece, Slovak Republic, and Spain report a restricted distribution. The United Kingdom recently reported re-emergence of the pathogen (in London, West Sussex and Cornwall), after it was thought to be eradicated (Forest Services UK, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94497438" name="name297469a76c1b5d735" descr="ENDOPA_distribution_map.jpg"/>
+            <wp:docPr id="11631566" name="name781169c396047129b" descr="ENDOPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ENDOPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId913269a76c1b5d731" cstate="print"/>
+                    <a:blip r:embed="rId969669c3960471298" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3090,51 +3090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Europe from Italy throughout most Europe since 1938. For an historical depiction of the spread of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C. parasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Europe consult Robin and Heiniger (2001). Evidence indicates that the pathogen behaves less virulently in Europe than in the USA; new and healthy coppice shoots arising from stumps originally attacked indicate recovery from the disease. This has been explained by the occurrence in Europe of hypovirulent strains which are vegetatively compatible with virulent strains (Milgroom &amp; Cortesi, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578269a76c1b5e16c" w:history="1">
+      <w:hyperlink r:id="rId881669c3960471d13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2004</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Rigling &amp; Prospero, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5762,51 +5762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 321-335. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192169a76c1b5f25e" w:history="1">
+      <w:hyperlink r:id="rId248769c3960472f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13049</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5821,51 +5821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Services UK (2019) Sweet chestnut blight (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502369a76c1b5f2be" w:history="1">
+      <w:hyperlink r:id="rId915369c3960472f9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 687. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452769a76c1b5f79a" w:history="1">
+      <w:hyperlink r:id="rId309569c39604734c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7263,51 +7263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cryphonectria parasitica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656269a76c1b5fbd1" w:history="1">
+      <w:hyperlink r:id="rId788269c396047395d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7466,63 +7466,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20014198" name="name607469a76c1b6010f" descr="eu_funding_250.png"/>
+            <wp:docPr id="74438245" name="name137169c3960473b05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId870569a76c1b6010e" cstate="print"/>
+                    <a:blip r:embed="rId505269c3960473b04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7620,137 +7620,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50010275">
+  <w:abstractNum w:abstractNumId="22736983">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83641664">
+    <w:lvl w:ilvl="0" w:tplc="72443757">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83641664" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72443757" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50010274">
+  <w:abstractNum w:abstractNumId="22736982">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88196175">
+    <w:lvl w:ilvl="0" w:tplc="15684090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8502,55 +8502,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50010274">
-    <w:abstractNumId w:val="50010274"/>
+  <w:num w:numId="22736982">
+    <w:abstractNumId w:val="22736982"/>
   </w:num>
-  <w:num w:numId="50010275">
-    <w:abstractNumId w:val="50010275"/>
+  <w:num w:numId="22736983">
+    <w:abstractNumId w:val="22736983"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20100,51 +20100,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843002773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId397320362" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId263369a76c1b5afd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId528469a76c1b5b03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId158869a76c1b5b807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId578269a76c1b5e16c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId192169a76c1b5f25e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId502369a76c1b5f2be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId452769a76c1b5f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId656269a76c1b5fbd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370369a76c1b5b6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370369a76c1b5b6ba.jpg"/><Relationship Id="rId913269a76c1b5d731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913269a76c1b5d731.jpg"/><Relationship Id="rId870569a76c1b6010e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870569a76c1b6010e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId185374137" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916760887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId711869c396046f460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/" TargetMode="External"/><Relationship Id="rId489969c396046f4cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/categorization" TargetMode="External"/><Relationship Id="rId880369c396046fc91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ENDOPA/photos" TargetMode="External"/><Relationship Id="rId881669c3960471d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6638123/#mpp12542-bib-0111" TargetMode="External"/><Relationship Id="rId248769c3960472f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13049" TargetMode="External"/><Relationship Id="rId915369c3960472f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/pest-and-disease-resources/sweet-chestnut-blight-cryphonectria-parasitica/" TargetMode="External"/><Relationship Id="rId309569c39604734c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120687" TargetMode="External"/><Relationship Id="rId788269c396047395d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903669c396046fb4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId903669c396046fb4f.jpg"/><Relationship Id="rId969669c3960471298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969669c3960471298.jpg"/><Relationship Id="rId505269c3960473b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505269c3960473b04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>