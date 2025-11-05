--- v0 (2025-10-12)
+++ v1 (2025-11-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EMPOBI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
@@ -76,144 +76,456 @@
   </si>
   <si>
     <t xml:space="preserve">* Esquivel I, Bryant T, Malone S, Jacobson AL, Graham SH, Gimenez-Cremonez PS, Roberts P, Paula-Moreas S, Reisig D, Huseth A, Greene J (2025) First report of two-spot cotton leafhopper (Amrasca biguttula Ishida)(Hemiptera: Cicadellidae) on commercial cotton in the southeastern United States. Insects 16(9), 966. https://doi.org/10.3390/insects16090966
 * Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
 </t>
   </si>
   <si>
     <t>HIBSA</t>
   </si>
   <si>
     <t>Hibiscus sabdariffa</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
   <si>
     <t>* Ghosh A, Biswas GC, Paul A, Tandra AB (2021) Prevailing insects and mite pests of brinjal and their natural enemies at Jashore In Bangladesh. Bangladesh Journal of Agricultural Research 46(1), 117-121.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
+    <t>ABUIN</t>
+  </si>
+  <si>
+    <t>Abutilon indicum</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
+  </si>
+  <si>
+    <t>ACYAS</t>
+  </si>
+  <si>
+    <t>Achyranthes aspera</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.</t>
+  </si>
+  <si>
+    <t>CHEMU</t>
+  </si>
+  <si>
+    <t>Chenopodiastrum murale</t>
+  </si>
+  <si>
     <t>CYNDA</t>
   </si>
   <si>
     <t>Cynodon dactylon</t>
   </si>
   <si>
     <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
   </si>
   <si>
+    <t>DATME</t>
+  </si>
+  <si>
+    <t>Datura metel</t>
+  </si>
+  <si>
     <t>SIDAC</t>
   </si>
   <si>
     <t>Sida acuta</t>
   </si>
   <si>
     <t>SOLNI</t>
   </si>
   <si>
     <t>Solanum nigrum</t>
   </si>
   <si>
+    <t>XANST</t>
+  </si>
+  <si>
+    <t>Xanthium strumarium</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>AKASS</t>
   </si>
   <si>
     <t>Alcea sp.</t>
   </si>
   <si>
+    <t>ARHHY</t>
+  </si>
+  <si>
+    <t>Arachis hypogaea</t>
+  </si>
+  <si>
+    <t>* Pal PK (2004) Seasonal diversity with incidence and damage of insect pests in groundnut under red and laterite zone of West Bengal. Environment and Ecology 22(3), 565-570.</t>
+  </si>
+  <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>CAUTI</t>
   </si>
   <si>
     <t>Carthamus tinctorius</t>
   </si>
   <si>
     <t>* Keheng B (2022) Abundance and diversity of safflower (Carthamus tinctorius L.) arthropods in Botswana’. MSc Thesis. Crop and Soil Sciences Department, Botswana University of Agriculture and Natural Resources (BUAN). https://moodle.buan.ac.bw/handle/13049/554.</t>
   </si>
   <si>
+    <t>CITLA</t>
+  </si>
+  <si>
+    <t>Citrullus lanatus</t>
+  </si>
+  <si>
+    <t>CRHDC</t>
+  </si>
+  <si>
+    <t>Cordia dichotoma</t>
+  </si>
+  <si>
+    <t>CUMME</t>
+  </si>
+  <si>
+    <t>Cucumis melo</t>
+  </si>
+  <si>
+    <t>CUMSA</t>
+  </si>
+  <si>
+    <t>Cucumis sativus</t>
+  </si>
+  <si>
+    <t>CMOTE</t>
+  </si>
+  <si>
+    <t>Cyamopsis tetragonoloba</t>
+  </si>
+  <si>
+    <t>GRWAS</t>
+  </si>
+  <si>
+    <t>Grewia asiatica</t>
+  </si>
+  <si>
     <t>HELAN</t>
   </si>
   <si>
     <t>Helianthus annuus</t>
   </si>
   <si>
+    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
+* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.</t>
+  </si>
+  <si>
     <t>HIBRS</t>
   </si>
   <si>
     <t>Hibiscus rosa-sinensis</t>
   </si>
   <si>
+    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
+* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
+  </si>
+  <si>
     <t>HIBSS</t>
   </si>
   <si>
     <t>Hibiscus sp.</t>
   </si>
   <si>
+    <t>LGNSI</t>
+  </si>
+  <si>
+    <t>Lagenaria siceraria</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host as Lagenaria vulgaris.</t>
+  </si>
+  <si>
+    <t>LUFAE</t>
+  </si>
+  <si>
+    <t>Luffa aegyptiaca</t>
+  </si>
+  <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>* Gnaneswaran R, Viraktamath CA, Hemachandra KS, Ahangama D, Wijayagunasekara HN, Wahundeniya I (2008) Typhlocybine Leafhoppers (Hemiptera: Auchenorrhyncha: Cicadellidae) Associated with Horticultural Crops in Sri Lanka. Tropical Agricultural Research 20, 1-11.</t>
   </si>
   <si>
+    <t>NIOTA</t>
+  </si>
+  <si>
+    <t>Nicotiana tabacum</t>
+  </si>
+  <si>
+    <t>PIBSX</t>
+  </si>
+  <si>
+    <t>Pisum sativum</t>
+  </si>
+  <si>
+    <t>RIICO</t>
+  </si>
+  <si>
+    <t>Ricinus communis</t>
+  </si>
+  <si>
+    <t>SEGIN</t>
+  </si>
+  <si>
+    <t>Sesamum indicum</t>
+  </si>
+  <si>
+    <t>SOLAE</t>
+  </si>
+  <si>
+    <t>Solanum aethiopicum</t>
+  </si>
+  <si>
+    <t>* Sawadogo WM, Nabié B, Sanou MR, Kouanda N, Sawadogo AW, Kabore H, Boly/Sereme B, Sonda D (2023) Une espèce émergente de jasside fait des ravages sur le cotonnier, gombo, l’aubergine et la rosselle (Bissap) au Burkina Faso. 2 p.  https://www.cnabio.net/app/download/14548020678/202303_Alerte_A_+biguttula_nuisibles+%C3%A9mergents_Burkina+Faso_VF.pdf?t=1681831740</t>
+  </si>
+  <si>
+    <t>SOLIA</t>
+  </si>
+  <si>
+    <t>Solanum incanum</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host as Solanum inacum</t>
+  </si>
+  <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Yahya M, Khan MA, Subhan F, Hazrat A, Khan J, Amin A, Ullah H, Nowsheen T (2021) Control of insect pests attacking tomato crops in district Bajaur Khyber Pakhtunkhwa. Pakistan Journal of Weed Science Research 27(3), 381-395</t>
   </si>
   <si>
     <t>SOLMU</t>
   </si>
   <si>
     <t>Solanum muricatum</t>
   </si>
   <si>
     <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
+    <t>SOLTU</t>
+  </si>
+  <si>
+    <t>Solanum tuberosum</t>
+  </si>
+  <si>
+    <t>PHSMU</t>
+  </si>
+  <si>
+    <t>Vigna mungo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host as Phaseolus mungo.
+</t>
+  </si>
+  <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>PHYAL</t>
+  </si>
+  <si>
+    <t>Alkekengi officinarum</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host as Physalis alkakengi</t>
+  </si>
+  <si>
+    <t>BRSRR</t>
+  </si>
+  <si>
+    <t>Brassica rapa</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
+  </si>
+  <si>
+    <t>BRSRS</t>
+  </si>
+  <si>
+    <t>Brassica rapa var. sarson</t>
+  </si>
+  <si>
+    <t>CPSFR</t>
+  </si>
+  <si>
+    <t>Capsicum frutescens</t>
+  </si>
+  <si>
+    <t>CHEAL</t>
+  </si>
+  <si>
+    <t>Chenopodium album</t>
+  </si>
+  <si>
+    <t>CONAR</t>
+  </si>
+  <si>
+    <t>Convolvulus arvensis</t>
+  </si>
+  <si>
+    <t>CORSA</t>
+  </si>
+  <si>
+    <t>Coriandrum sativum</t>
+  </si>
+  <si>
+    <t>CUUPM</t>
+  </si>
+  <si>
+    <t>Cucurbita melopepo</t>
+  </si>
+  <si>
+    <t>CYPRO</t>
+  </si>
+  <si>
+    <t>Cyperus rotundus</t>
+  </si>
+  <si>
+    <t>DIIMU</t>
+  </si>
+  <si>
+    <t>Digera muricata</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host as Digera arvensis.</t>
+  </si>
+  <si>
+    <t>GEBJA</t>
+  </si>
+  <si>
+    <t>Gerbera jamesonii</t>
+  </si>
+  <si>
+    <t>MAIAR</t>
+  </si>
+  <si>
+    <t>Malvaviscus arboreus</t>
+  </si>
+  <si>
+    <t>MORMA</t>
+  </si>
+  <si>
+    <t>Morus macroura</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host as Morus laevigata</t>
+  </si>
+  <si>
+    <t>OCIBA</t>
+  </si>
+  <si>
+    <t>Ocimum basilicum</t>
+  </si>
+  <si>
+    <t>RAPSR</t>
+  </si>
+  <si>
+    <t>Raphanus sativus</t>
+  </si>
+  <si>
+    <t>ROSID</t>
+  </si>
+  <si>
+    <t>Rosa indica</t>
+  </si>
+  <si>
+    <t>SPQOL</t>
+  </si>
+  <si>
+    <t>Spinacia oleracea</t>
+  </si>
+  <si>
+    <t>SYZCU</t>
+  </si>
+  <si>
+    <t>Syzygium cumini</t>
+  </si>
+  <si>
+    <t>TECST</t>
+  </si>
+  <si>
+    <t>Tecoma stans</t>
+  </si>
+  <si>
+    <t>TRFAL</t>
+  </si>
+  <si>
+    <t>Trifolium alexandrinum</t>
+  </si>
+  <si>
+    <t>ZIPMA</t>
+  </si>
+  <si>
+    <t>Ziziphus mauritiana</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -517,62 +829,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -640,205 +952,807 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B25" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" t="s">
+        <v>69</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" t="s">
+        <v>78</v>
+      </c>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" t="s">
+        <v>82</v>
+      </c>
+      <c r="C33" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" t="s">
+        <v>84</v>
+      </c>
+      <c r="C34" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" t="s">
+        <v>86</v>
+      </c>
+      <c r="C35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>39</v>
+      </c>
+      <c r="B36" t="s">
+        <v>89</v>
+      </c>
+      <c r="C36" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" t="s">
+        <v>95</v>
+      </c>
+      <c r="C38" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>39</v>
+      </c>
+      <c r="B39" t="s">
+        <v>98</v>
+      </c>
+      <c r="C39" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>100</v>
+      </c>
+      <c r="C40" t="s">
+        <v>101</v>
+      </c>
+      <c r="D40" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>105</v>
+      </c>
+      <c r="B42" t="s">
+        <v>106</v>
+      </c>
+      <c r="C42" t="s">
+        <v>107</v>
+      </c>
+      <c r="D42" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>105</v>
+      </c>
+      <c r="B43" t="s">
+        <v>109</v>
+      </c>
+      <c r="C43" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" t="s">
+        <v>116</v>
+      </c>
+      <c r="C46" t="s">
+        <v>117</v>
+      </c>
+      <c r="D46" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>105</v>
+      </c>
+      <c r="B47" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>105</v>
+      </c>
+      <c r="B48" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>105</v>
+      </c>
+      <c r="B49" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" t="s">
+        <v>129</v>
+      </c>
+      <c r="C52" t="s">
+        <v>130</v>
+      </c>
+      <c r="D52" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B53" t="s">
+        <v>131</v>
+      </c>
+      <c r="C53" t="s">
+        <v>132</v>
+      </c>
+      <c r="D53" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54" t="s">
+        <v>133</v>
+      </c>
+      <c r="C54" t="s">
+        <v>134</v>
+      </c>
+      <c r="D54" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>105</v>
+      </c>
+      <c r="B56" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>105</v>
+      </c>
+      <c r="B57" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>105</v>
+      </c>
+      <c r="B58" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>105</v>
+      </c>
+      <c r="B59" t="s">
+        <v>144</v>
+      </c>
+      <c r="C59" t="s">
+        <v>145</v>
+      </c>
+      <c r="D59" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>105</v>
+      </c>
+      <c r="B60" t="s">
+        <v>146</v>
+      </c>
+      <c r="C60" t="s">
+        <v>147</v>
+      </c>
+      <c r="D60" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>105</v>
+      </c>
+      <c r="B61" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>105</v>
+      </c>
+      <c r="B62" t="s">
+        <v>150</v>
+      </c>
+      <c r="C62" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">