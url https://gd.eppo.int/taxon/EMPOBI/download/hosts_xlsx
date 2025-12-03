--- v1 (2025-11-05)
+++ v2 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EMPOBI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
@@ -171,50 +171,60 @@
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>* Pal PK (2004) Seasonal diversity with incidence and damage of insect pests in groundnut under red and laterite zone of West Bengal. Environment and Ecology 22(3), 565-570.</t>
   </si>
   <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>CAUTI</t>
   </si>
   <si>
     <t>Carthamus tinctorius</t>
   </si>
   <si>
     <t>* Keheng B (2022) Abundance and diversity of safflower (Carthamus tinctorius L.) arthropods in Botswana’. MSc Thesis. Crop and Soil Sciences Department, Botswana University of Agriculture and Natural Resources (BUAN). https://moodle.buan.ac.bw/handle/13049/554.</t>
   </si>
   <si>
     <t>CITLA</t>
   </si>
   <si>
     <t>Citrullus lanatus</t>
+  </si>
+  <si>
+    <t>CRGCA</t>
+  </si>
+  <si>
+    <t>Corchorus capsularis</t>
+  </si>
+  <si>
+    <t>* Waterhouse DF (1993) The major arthropod pests and weeds of agriculture in Southeast Asia. Canberra, Australia: ACIAR. v + 141 pp
+------- host as Amrasca devastans</t>
   </si>
   <si>
     <t>CRHDC</t>
   </si>
   <si>
     <t>Cordia dichotoma</t>
   </si>
   <si>
     <t>CUMME</t>
   </si>
   <si>
     <t>Cucumis melo</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>CMOTE</t>
   </si>
   <si>
     <t>Cyamopsis tetragonoloba</t>
   </si>
@@ -829,51 +839,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1120,261 +1130,261 @@
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>39</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>39</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>39</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>39</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>39</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>39</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>39</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36" t="s">
         <v>89</v>
       </c>
       <c r="C36" t="s">
         <v>90</v>
       </c>
       <c r="D36" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
@@ -1386,373 +1396,387 @@
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
       <c r="D39" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>103</v>
       </c>
       <c r="C41" t="s">
         <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="B42" t="s">
         <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
       <c r="D43" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B45" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" t="s">
+        <v>116</v>
+      </c>
+      <c r="D45" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>130</v>
       </c>
       <c r="D52" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D54" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B55" t="s">
         <v>136</v>
       </c>
       <c r="C55" t="s">
         <v>137</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B56" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D57" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D58" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D59" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D60" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D61" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D62" t="s">
-        <v>111</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>108</v>
+      </c>
+      <c r="B63" t="s">
+        <v>153</v>
+      </c>
+      <c r="C63" t="s">
+        <v>154</v>
+      </c>
+      <c r="D63" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">