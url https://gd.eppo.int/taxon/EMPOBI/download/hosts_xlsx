--- v2 (2025-12-03)
+++ v3 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EMPOBI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
@@ -207,81 +207,99 @@
   <si>
     <t>CRHDC</t>
   </si>
   <si>
     <t>Cordia dichotoma</t>
   </si>
   <si>
     <t>CUMME</t>
   </si>
   <si>
     <t>Cucumis melo</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>CMOTE</t>
   </si>
   <si>
     <t>Cyamopsis tetragonoloba</t>
   </si>
   <si>
+    <t>GLXMA</t>
+  </si>
+  <si>
+    <t>Glycine max</t>
+  </si>
+  <si>
+    <t>* Afreen I, Manik MM, Miah MR, Ahmed M, Hossain MS (2025) Pest status, abundance and diversity of insect pests harboring on soybean. Annals of Bangladesh Agriculture 29(1), 13-22. https://doi.org/10.3329/aba.v29i1.81639</t>
+  </si>
+  <si>
     <t>GRWAS</t>
   </si>
   <si>
     <t>Grewia asiatica</t>
   </si>
   <si>
     <t>HELAN</t>
   </si>
   <si>
     <t>Helianthus annuus</t>
   </si>
   <si>
     <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
 * Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.</t>
   </si>
   <si>
     <t>HIBRS</t>
   </si>
   <si>
     <t>Hibiscus rosa-sinensis</t>
   </si>
   <si>
     <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
 * Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
   <si>
     <t>HIBSS</t>
   </si>
   <si>
     <t>Hibiscus sp.</t>
+  </si>
+  <si>
+    <t>HIBSY</t>
+  </si>
+  <si>
+    <t>Hibiscus syriacus</t>
+  </si>
+  <si>
+    <t>* Attia S, Joseph SV (2026) Incidence of the Two-Spotted Cotton Leafhopper (Hemiptera: Cicadellidae) infesting Hibiscus syriacus in ornamentals. Agronomy 16(1), 32. https://doi.org/10.3390/agronomy16010032</t>
   </si>
   <si>
     <t>LGNSI</t>
   </si>
   <si>
     <t>Lagenaria siceraria</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host as Lagenaria vulgaris.</t>
   </si>
   <si>
     <t>LUFAE</t>
   </si>
   <si>
     <t>Luffa aegyptiaca</t>
   </si>
   <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>* Gnaneswaran R, Viraktamath CA, Hemachandra KS, Ahangama D, Wijayagunasekara HN, Wahundeniya I (2008) Typhlocybine Leafhoppers (Hemiptera: Auchenorrhyncha: Cicadellidae) Associated with Horticultural Crops in Sri Lanka. Tropical Agricultural Research 20, 1-11.</t>
@@ -839,51 +857,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1200,583 +1218,611 @@
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>61</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>39</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>39</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>39</v>
       </c>
       <c r="B28" t="s">
         <v>71</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>39</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>39</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>39</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D33" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>39</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D36" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D37" t="s">
-        <v>94</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
       <c r="D39" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
       <c r="D43" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B45" t="s">
         <v>115</v>
       </c>
       <c r="C45" t="s">
         <v>116</v>
       </c>
       <c r="D45" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D46" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
+        <v>122</v>
+      </c>
+      <c r="D47" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D48" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D50" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D51" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D53" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D56" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D57" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D58" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D59" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D60" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D61" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D62" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C63" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>114</v>
+        <v>120</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>114</v>
+      </c>
+      <c r="B64" t="s">
+        <v>157</v>
+      </c>
+      <c r="C64" t="s">
+        <v>158</v>
+      </c>
+      <c r="D64" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>114</v>
+      </c>
+      <c r="B65" t="s">
+        <v>159</v>
+      </c>
+      <c r="C65" t="s">
+        <v>160</v>
+      </c>
+      <c r="D65" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">