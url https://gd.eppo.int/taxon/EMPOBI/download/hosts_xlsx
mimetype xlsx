--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EMPOBI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
@@ -365,50 +365,54 @@
   <si>
     <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>PHSMU</t>
   </si>
   <si>
     <t>Vigna mungo</t>
   </si>
   <si>
     <t xml:space="preserve">* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host as Phaseolus mungo.
 </t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
+  </si>
+  <si>
+    <t>* Jaod AS, Nawar MH (2023). Molecular identification and field control of cowpea jassid Amrasca biguttula (Hemiptera: Cicadellidae) infecting cowpea in Baghdad-Iraq. IOP Conference Series: Earth and Environmental Science, 1225, 012084. https://doi.org/10.1088/1755-1315/1225/1/012084
+* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYAL</t>
   </si>
   <si>
     <t>Alkekengi officinarum</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host as Physalis alkakengi</t>
   </si>
   <si>
     <t>BRSRR</t>
   </si>
   <si>
     <t>Brassica rapa</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
   <si>
@@ -1484,345 +1488,345 @@
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>39</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
       <c r="D43" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>39</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>30</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C45" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B47" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" t="s">
+        <v>123</v>
+      </c>
+      <c r="D47" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D56" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C57" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D57" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D60" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B61" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D61" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C62" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D62" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D63" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">