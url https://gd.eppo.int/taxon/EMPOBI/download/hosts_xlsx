--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EMPOBI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
@@ -274,50 +274,59 @@
     <t>HIBSY</t>
   </si>
   <si>
     <t>Hibiscus syriacus</t>
   </si>
   <si>
     <t>* Attia S, Joseph SV (2026) Incidence of the Two-Spotted Cotton Leafhopper (Hemiptera: Cicadellidae) infesting Hibiscus syriacus in ornamentals. Agronomy 16(1), 32. https://doi.org/10.3390/agronomy16010032</t>
   </si>
   <si>
     <t>LGNSI</t>
   </si>
   <si>
     <t>Lagenaria siceraria</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host as Lagenaria vulgaris.</t>
   </si>
   <si>
     <t>LUFAE</t>
   </si>
   <si>
     <t>Luffa aegyptiaca</t>
   </si>
   <si>
+    <t>MAIPE</t>
+  </si>
+  <si>
+    <t>Malvaviscus penduliflorus</t>
+  </si>
+  <si>
+    <t>* Halbert SE (2025) Entomology Section. P.J. Anderson and G.S. Hodges (Editors). TRI-OLOGY 64(2): 11 https://www.fdacs.gov/content/download/119457/file/FDACS-P-00124_2025-08-Tri-ology-64-2-April-June-2025.pdf</t>
+  </si>
+  <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>* Gnaneswaran R, Viraktamath CA, Hemachandra KS, Ahangama D, Wijayagunasekara HN, Wahundeniya I (2008) Typhlocybine Leafhoppers (Hemiptera: Auchenorrhyncha: Cicadellidae) Associated with Horticultural Crops in Sri Lanka. Tropical Agricultural Research 20, 1-11.</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
@@ -348,50 +357,56 @@
 ------- true host as Solanum inacum</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Yahya M, Khan MA, Subhan F, Hazrat A, Khan J, Amin A, Ullah H, Nowsheen T (2021) Control of insect pests attacking tomato crops in district Bajaur Khyber Pakhtunkhwa. Pakistan Journal of Weed Science Research 27(3), 381-395</t>
   </si>
   <si>
     <t>SOLMU</t>
   </si>
   <si>
     <t>Solanum muricatum</t>
   </si>
   <si>
     <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
+  </si>
+  <si>
+    <t>URNLO</t>
+  </si>
+  <si>
+    <t>Urena lobata</t>
   </si>
   <si>
     <t>PHSMU</t>
   </si>
   <si>
     <t>Vigna mungo</t>
   </si>
   <si>
     <t xml:space="preserve">* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host as Phaseolus mungo.
 </t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
   </si>
   <si>
     <t>* Jaod AS, Nawar MH (2023). Molecular identification and field control of cowpea jassid Amrasca biguttula (Hemiptera: Cicadellidae) infecting cowpea in Baghdad-Iraq. IOP Conference Series: Earth and Environmental Science, 1225, 012084. https://doi.org/10.1088/1755-1315/1225/1/012084
 * Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
@@ -861,51 +876,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D65"/>
+  <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1348,107 +1363,107 @@
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33" t="s">
         <v>84</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
       <c r="D33" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>39</v>
       </c>
       <c r="B34" t="s">
         <v>87</v>
       </c>
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
       <c r="D39" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
@@ -1460,373 +1475,401 @@
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>104</v>
       </c>
       <c r="C41" t="s">
         <v>105</v>
       </c>
       <c r="D41" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>39</v>
       </c>
       <c r="B42" t="s">
         <v>107</v>
       </c>
       <c r="C42" t="s">
         <v>108</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>39</v>
       </c>
       <c r="B43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>39</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>39</v>
+      </c>
+      <c r="B45" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" t="s">
         <v>115</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>115</v>
+        <v>39</v>
       </c>
       <c r="B46" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" t="s">
+        <v>118</v>
+      </c>
+      <c r="D46" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B47" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" t="s">
         <v>122</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
         <v>125</v>
       </c>
       <c r="D48" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B49" t="s">
+        <v>127</v>
+      </c>
+      <c r="C49" t="s">
+        <v>128</v>
+      </c>
+      <c r="D49" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D50" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D52" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D53" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D54" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D57" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>146</v>
       </c>
       <c r="C58" t="s">
         <v>147</v>
       </c>
       <c r="D58" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>148</v>
       </c>
       <c r="C59" t="s">
         <v>149</v>
       </c>
       <c r="D59" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D60" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D61" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D62" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D63" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D64" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D65" t="s">
-        <v>121</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>120</v>
+      </c>
+      <c r="B66" t="s">
+        <v>163</v>
+      </c>
+      <c r="C66" t="s">
+        <v>164</v>
+      </c>
+      <c r="D66" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>120</v>
+      </c>
+      <c r="B67" t="s">
+        <v>165</v>
+      </c>
+      <c r="C67" t="s">
+        <v>166</v>
+      </c>
+      <c r="D67" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">