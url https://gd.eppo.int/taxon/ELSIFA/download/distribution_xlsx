--- v0 (2025-10-02)
+++ v1 (2025-12-22)
@@ -845,54 +845,54 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>