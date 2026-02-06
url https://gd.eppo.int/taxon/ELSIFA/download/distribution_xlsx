--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -839,51 +839,51 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>