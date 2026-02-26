--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -3607,51 +3607,51 @@
       <c r="D129" t="s">
         <v>272</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>261</v>
       </c>
       <c r="B130" t="s">
         <v>271</v>
       </c>
       <c r="C130" t="s">
         <v>273</v>
       </c>
       <c r="D130" t="s">
         <v>272</v>
       </c>
       <c r="E130" t="s">
         <v>274</v>
       </c>
       <c r="F130" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>261</v>
       </c>
       <c r="B131" t="s">
         <v>275</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>276</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>261</v>
       </c>
       <c r="B132" t="s">
         <v>275</v>
       </c>