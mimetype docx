--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId946668e0502eef2a9" w:history="1">
+            <w:hyperlink r:id="rId423768faed83e603e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546068e0502eef2ed" w:history="1">
+            <w:hyperlink r:id="rId307068faed83e6083" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9322834" name="name388868e0502eef3c3" descr="13902.jpg"/>
+                  <wp:docPr id="42394604" name="name780668faed83e6143" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId551768e0502eef3c2" cstate="print"/>
+                          <a:blip r:embed="rId563668faed83e6142" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId503068e0502eef4fd" w:history="1">
+            <w:hyperlink r:id="rId533968faed83e626e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56910877" name="name595968e0502ef0dc8" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="48538095" name="name441468faed83e7f94" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId824668e0502ef0dc4" cstate="print"/>
+                    <a:blip r:embed="rId356068faed83e7f91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414268e0502ef245b" w:history="1">
+      <w:hyperlink r:id="rId549868faed83e90f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757268e0502ef281b" w:history="1">
+      <w:hyperlink r:id="rId563068faed83e9318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890368e0502ef37a6" w:history="1">
+      <w:hyperlink r:id="rId979368faed83e9e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81309179" name="name703068e0502ef3923" descr="eu_funding_250.png"/>
+            <wp:docPr id="12359305" name="name153668faed83e9f76" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId634268e0502ef3922" cstate="print"/>
+                    <a:blip r:embed="rId814868faed83e9f75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85215083">
+  <w:abstractNum w:abstractNumId="19732852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40157338">
+    <w:lvl w:ilvl="0" w:tplc="53226422">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40157338" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53226422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85215082">
+  <w:abstractNum w:abstractNumId="19732851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91135702">
+    <w:lvl w:ilvl="0" w:tplc="73444107">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85215082">
-    <w:abstractNumId w:val="85215082"/>
+  <w:num w:numId="19732851">
+    <w:abstractNumId w:val="19732851"/>
   </w:num>
-  <w:num w:numId="85215083">
-    <w:abstractNumId w:val="85215083"/>
+  <w:num w:numId="19732852">
+    <w:abstractNumId w:val="19732852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677116823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156651364" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId946668e0502eef2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId546068e0502eef2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId503068e0502eef4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId414268e0502ef245b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId757268e0502ef281b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId890368e0502ef37a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551768e0502eef3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551768e0502eef3c2.jpg"/><Relationship Id="rId824668e0502ef0dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId824668e0502ef0dc4.jpg"/><Relationship Id="rId634268e0502ef3922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634268e0502ef3922.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId960199366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385795665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId423768faed83e603e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId307068faed83e6083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId533968faed83e626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId549868faed83e90f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId563068faed83e9318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId979368faed83e9e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId563668faed83e6142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563668faed83e6142.jpg"/><Relationship Id="rId356068faed83e7f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356068faed83e7f91.jpg"/><Relationship Id="rId814868faed83e9f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814868faed83e9f75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>