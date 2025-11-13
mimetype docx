--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423768faed83e603e" w:history="1">
+            <w:hyperlink r:id="rId26316915bad5c8f75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307068faed83e6083" w:history="1">
+            <w:hyperlink r:id="rId75466915bad5c8fbd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42394604" name="name780668faed83e6143" descr="13902.jpg"/>
+                  <wp:docPr id="98529477" name="name78606915bad5c97b4" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId563668faed83e6142" cstate="print"/>
+                          <a:blip r:embed="rId99236915bad5c97b2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId533968faed83e626e" w:history="1">
+            <w:hyperlink r:id="rId32986915bad5c98ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48538095" name="name441468faed83e7f94" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="97455652" name="name64996915bad5cb3b2" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356068faed83e7f91" cstate="print"/>
+                    <a:blip r:embed="rId12836915bad5cb3af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549868faed83e90f7" w:history="1">
+      <w:hyperlink r:id="rId23296915bad5cc4ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563068faed83e9318" w:history="1">
+      <w:hyperlink r:id="rId20496915bad5cc717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979368faed83e9e33" w:history="1">
+      <w:hyperlink r:id="rId49066915bad5cd238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12359305" name="name153668faed83e9f76" descr="eu_funding_250.png"/>
+            <wp:docPr id="65888013" name="name50596915bad5cd3ad" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId814868faed83e9f75" cstate="print"/>
+                    <a:blip r:embed="rId67906915bad5cd3ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19732852">
+  <w:abstractNum w:abstractNumId="44123309">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53226422">
+    <w:lvl w:ilvl="0" w:tplc="54254079">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53226422" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54254079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19732851">
+  <w:abstractNum w:abstractNumId="44123308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73444107">
+    <w:lvl w:ilvl="0" w:tplc="46675225">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19732851">
-    <w:abstractNumId w:val="19732851"/>
+  <w:num w:numId="44123308">
+    <w:abstractNumId w:val="44123308"/>
   </w:num>
-  <w:num w:numId="19732852">
-    <w:abstractNumId w:val="19732852"/>
+  <w:num w:numId="44123309">
+    <w:abstractNumId w:val="44123309"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId960199366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385795665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId423768faed83e603e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId307068faed83e6083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId533968faed83e626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId549868faed83e90f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId563068faed83e9318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId979368faed83e9e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId563668faed83e6142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563668faed83e6142.jpg"/><Relationship Id="rId356068faed83e7f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356068faed83e7f91.jpg"/><Relationship Id="rId814868faed83e9f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814868faed83e9f75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250987206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593434768" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26316915bad5c8f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId75466915bad5c8fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId32986915bad5c98ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId23296915bad5cc4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId20496915bad5cc717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId49066915bad5cd238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99236915bad5c97b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99236915bad5c97b2.jpg"/><Relationship Id="rId12836915bad5cb3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12836915bad5cb3af.jpg"/><Relationship Id="rId67906915bad5cd3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67906915bad5cd3ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>