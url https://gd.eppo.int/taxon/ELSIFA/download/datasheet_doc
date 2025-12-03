--- v2 (2025-11-13)
+++ v3 (2025-12-03)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26316915bad5c8f75" w:history="1">
+            <w:hyperlink r:id="rId41746930c85c90479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75466915bad5c8fbd" w:history="1">
+            <w:hyperlink r:id="rId27916930c85c904bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98529477" name="name78606915bad5c97b4" descr="13902.jpg"/>
+                  <wp:docPr id="49171693" name="name68036930c85c905a9" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId99236915bad5c97b2" cstate="print"/>
+                          <a:blip r:embed="rId72626930c85c905a8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId32986915bad5c98ff" w:history="1">
+            <w:hyperlink r:id="rId60156930c85c906b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97455652" name="name64996915bad5cb3b2" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="73783009" name="name71616930c85c929c1" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12836915bad5cb3af" cstate="print"/>
+                    <a:blip r:embed="rId53756930c85c929be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23296915bad5cc4ed" w:history="1">
+      <w:hyperlink r:id="rId72806930c85c93cb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20496915bad5cc717" w:history="1">
+      <w:hyperlink r:id="rId42906930c85c93edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49066915bad5cd238" w:history="1">
+      <w:hyperlink r:id="rId14486930c85c949d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65888013" name="name50596915bad5cd3ad" descr="eu_funding_250.png"/>
+            <wp:docPr id="38727763" name="name37896930c85c94b3c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67906915bad5cd3ab" cstate="print"/>
+                    <a:blip r:embed="rId45586930c85c94b3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44123309">
+  <w:abstractNum w:abstractNumId="86168510">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54254079">
+    <w:lvl w:ilvl="0" w:tplc="69648906">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54254079" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69648906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44123308">
+  <w:abstractNum w:abstractNumId="86168509">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46675225">
+    <w:lvl w:ilvl="0" w:tplc="34521409">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44123308">
-    <w:abstractNumId w:val="44123308"/>
+  <w:num w:numId="86168509">
+    <w:abstractNumId w:val="86168509"/>
   </w:num>
-  <w:num w:numId="44123309">
-    <w:abstractNumId w:val="44123309"/>
+  <w:num w:numId="86168510">
+    <w:abstractNumId w:val="86168510"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250987206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593434768" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26316915bad5c8f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId75466915bad5c8fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId32986915bad5c98ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId23296915bad5cc4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId20496915bad5cc717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId49066915bad5cd238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99236915bad5c97b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99236915bad5c97b2.jpg"/><Relationship Id="rId12836915bad5cb3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12836915bad5cb3af.jpg"/><Relationship Id="rId67906915bad5cd3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67906915bad5cd3ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId981774381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412678352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41746930c85c90479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId27916930c85c904bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId60156930c85c906b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId72806930c85c93cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId42906930c85c93edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId14486930c85c949d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72626930c85c905a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72626930c85c905a8.jpg"/><Relationship Id="rId53756930c85c929be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53756930c85c929be.jpg"/><Relationship Id="rId45586930c85c94b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45586930c85c94b3b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>