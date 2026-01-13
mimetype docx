--- v3 (2025-12-03)
+++ v4 (2026-01-13)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41746930c85c90479" w:history="1">
+            <w:hyperlink r:id="rId406769665bf41dcfc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27916930c85c904bc" w:history="1">
+            <w:hyperlink r:id="rId801969665bf41dd42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49171693" name="name68036930c85c905a9" descr="13902.jpg"/>
+                  <wp:docPr id="27798466" name="name187069665bf41e38f" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72626930c85c905a8" cstate="print"/>
+                          <a:blip r:embed="rId420769665bf41e38d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId60156930c85c906b2" w:history="1">
+            <w:hyperlink r:id="rId604269665bf41e4d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73783009" name="name71616930c85c929c1" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="14620266" name="name786669665bf41fe9a" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53756930c85c929be" cstate="print"/>
+                    <a:blip r:embed="rId615869665bf41fe96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72806930c85c93cb5" w:history="1">
+      <w:hyperlink r:id="rId902169665bf420f90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42906930c85c93edf" w:history="1">
+      <w:hyperlink r:id="rId853369665bf4211af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6602,73 +6602,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14486930c85c949d9" w:history="1">
+      <w:hyperlink r:id="rId394369665bf421ca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38727763" name="name37896930c85c94b3c" descr="eu_funding_250.png"/>
+            <wp:docPr id="61662173" name="name340769665bf421fdd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45586930c85c94b3b" cstate="print"/>
+                    <a:blip r:embed="rId984569665bf421fdc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86168510">
+  <w:abstractNum w:abstractNumId="48246574">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69648906">
+    <w:lvl w:ilvl="0" w:tplc="54182364">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69648906" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54182364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86168509">
+  <w:abstractNum w:abstractNumId="48246573">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34521409">
+    <w:lvl w:ilvl="0" w:tplc="89772071">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86168509">
-    <w:abstractNumId w:val="86168509"/>
+  <w:num w:numId="48246573">
+    <w:abstractNumId w:val="48246573"/>
   </w:num>
-  <w:num w:numId="86168510">
-    <w:abstractNumId w:val="86168510"/>
+  <w:num w:numId="48246574">
+    <w:abstractNumId w:val="48246574"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId981774381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412678352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41746930c85c90479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId27916930c85c904bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId60156930c85c906b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId72806930c85c93cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId42906930c85c93edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId14486930c85c949d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72626930c85c905a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72626930c85c905a8.jpg"/><Relationship Id="rId53756930c85c929be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53756930c85c929be.jpg"/><Relationship Id="rId45586930c85c94b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45586930c85c94b3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId251476573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121801262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId406769665bf41dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId801969665bf41dd42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId604269665bf41e4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId902169665bf420f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId853369665bf4211af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId394369665bf421ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420769665bf41e38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420769665bf41e38d.jpg"/><Relationship Id="rId615869665bf41fe96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId615869665bf41fe96.jpg"/><Relationship Id="rId984569665bf421fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984569665bf421fdc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>