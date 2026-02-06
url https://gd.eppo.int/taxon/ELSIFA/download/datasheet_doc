--- v4 (2026-01-13)
+++ v5 (2026-02-06)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406769665bf41dcfc" w:history="1">
+            <w:hyperlink r:id="rId22766985e798beede" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId801969665bf41dd42" w:history="1">
+            <w:hyperlink r:id="rId13636985e798bef26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27798466" name="name187069665bf41e38f" descr="13902.jpg"/>
+                  <wp:docPr id="48927693" name="name59896985e798bf454" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId420769665bf41e38d" cstate="print"/>
+                          <a:blip r:embed="rId20746985e798bf452" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId604269665bf41e4d5" w:history="1">
+            <w:hyperlink r:id="rId17516985e798bf58b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14620266" name="name786669665bf41fe9a" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="77369865" name="name75836985e798c0d3c" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId615869665bf41fe96" cstate="print"/>
+                    <a:blip r:embed="rId96816985e798c0d38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902169665bf420f90" w:history="1">
+      <w:hyperlink r:id="rId82576985e798c20e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853369665bf4211af" w:history="1">
+      <w:hyperlink r:id="rId66106985e798c2312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394369665bf421ca7" w:history="1">
+      <w:hyperlink r:id="rId26766985e798c312b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61662173" name="name340769665bf421fdd" descr="eu_funding_250.png"/>
+            <wp:docPr id="63316093" name="name74196985e798c32f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId984569665bf421fdc" cstate="print"/>
+                    <a:blip r:embed="rId68146985e798c32f1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48246574">
+  <w:abstractNum w:abstractNumId="86743409">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54182364">
+    <w:lvl w:ilvl="0" w:tplc="41922802">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54182364" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41922802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48246573">
+  <w:abstractNum w:abstractNumId="86743408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89772071">
+    <w:lvl w:ilvl="0" w:tplc="45728019">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48246573">
-    <w:abstractNumId w:val="48246573"/>
+  <w:num w:numId="86743408">
+    <w:abstractNumId w:val="86743408"/>
   </w:num>
-  <w:num w:numId="48246574">
-    <w:abstractNumId w:val="48246574"/>
+  <w:num w:numId="86743409">
+    <w:abstractNumId w:val="86743409"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId251476573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121801262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId406769665bf41dcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId801969665bf41dd42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId604269665bf41e4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId902169665bf420f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId853369665bf4211af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId394369665bf421ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420769665bf41e38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420769665bf41e38d.jpg"/><Relationship Id="rId615869665bf41fe96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId615869665bf41fe96.jpg"/><Relationship Id="rId984569665bf421fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984569665bf421fdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId581162101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328748473" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22766985e798beede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId13636985e798bef26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId17516985e798bf58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId82576985e798c20e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId66106985e798c2312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId26766985e798c312b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20746985e798bf452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20746985e798bf452.jpg"/><Relationship Id="rId96816985e798c0d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96816985e798c0d38.jpg"/><Relationship Id="rId68146985e798c32f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68146985e798c32f1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>