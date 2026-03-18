--- v5 (2026-02-06)
+++ v6 (2026-03-18)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Butler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common scab of orange, scab of citrus, scab of mango, scab of sour orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22766985e798beede" w:history="1">
+            <w:hyperlink r:id="rId735569bb132640450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13636985e798bef26" w:history="1">
+            <w:hyperlink r:id="rId708969bb132640496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELSIFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48927693" name="name59896985e798bf454" descr="13902.jpg"/>
+                  <wp:docPr id="16862505" name="name277869bb132640e22" descr="13902.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13902.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20746985e798bf452" cstate="print"/>
+                          <a:blip r:embed="rId115169bb132640e20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17516985e798bf58b" w:history="1">
+            <w:hyperlink r:id="rId103969bb132640f7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2162,63 +2162,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is unknown. Citrus-growing regions in the tropics are particularly affected by scab disease. In the North Temperate Zone, the disease distribution is still restricted, and Georgia is presently the only country in the EPPO region with a confirmed record.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77369865" name="name75836985e798c0d3c" descr="ELSIFA_distribution_map.jpg"/>
+            <wp:docPr id="6886701" name="name227669bb132642921" descr="ELSIFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96816985e798c0d38" cstate="print"/>
+                    <a:blip r:embed="rId231869bb13264291d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5100, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82576985e798c20e9" w:history="1">
+      <w:hyperlink r:id="rId474469bb132643abe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4866,51 +4866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 491-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66106985e798c2312" w:history="1">
+      <w:hyperlink r:id="rId663469bb132643cef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5248/116.491</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë fawcettii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26766985e798c312b" w:history="1">
+      <w:hyperlink r:id="rId614669bb132644823" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6787,63 +6787,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63316093" name="name74196985e798c32f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="69639195" name="name988869bb132644ca2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68146985e798c32f1" cstate="print"/>
+                    <a:blip r:embed="rId386969bb132644ca0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6941,137 +6941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86743409">
+  <w:abstractNum w:abstractNumId="13471653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41922802">
+    <w:lvl w:ilvl="0" w:tplc="46456895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41922802" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46456895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86743408">
+  <w:abstractNum w:abstractNumId="13471652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45728019">
+    <w:lvl w:ilvl="0" w:tplc="79498620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7823,55 +7823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86743408">
-    <w:abstractNumId w:val="86743408"/>
+  <w:num w:numId="13471652">
+    <w:abstractNumId w:val="13471652"/>
   </w:num>
-  <w:num w:numId="86743409">
-    <w:abstractNumId w:val="86743409"/>
+  <w:num w:numId="13471653">
+    <w:abstractNumId w:val="13471653"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19421,51 +19421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId581162101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328748473" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22766985e798beede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId13636985e798bef26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId17516985e798bf58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId82576985e798c20e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId66106985e798c2312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId26766985e798c312b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20746985e798bf452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20746985e798bf452.jpg"/><Relationship Id="rId96816985e798c0d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96816985e798c0d38.jpg"/><Relationship Id="rId68146985e798c32f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68146985e798c32f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId346528741" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId634885751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId735569bb132640450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/" TargetMode="External"/><Relationship Id="rId708969bb132640496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/categorization" TargetMode="External"/><Relationship Id="rId103969bb132640f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIFA/photos" TargetMode="External"/><Relationship Id="rId474469bb132643abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5100" TargetMode="External"/><Relationship Id="rId663469bb132643cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5248/116.491" TargetMode="External"/><Relationship Id="rId614669bb132644823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId115169bb132640e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115169bb132640e20.jpg"/><Relationship Id="rId231869bb13264291d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId231869bb13264291d.jpg"/><Relationship Id="rId386969bb132644ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId386969bb132644ca0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>