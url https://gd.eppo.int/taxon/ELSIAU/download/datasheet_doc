--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Jenkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of sweet orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559468e02feb633bf" w:history="1">
+            <w:hyperlink r:id="rId623168fb25c5842e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId611768e02feb63406" w:history="1">
+            <w:hyperlink r:id="rId954468fb25c584327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2191,63 +2191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region. In the literature, there is an old record from Sicily (Ciccarone, 1957) but the fungus has never been there found again.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78812968" name="name790168e02feb64e9e" descr="ELSIAU_distribution_map.jpg"/>
+            <wp:docPr id="51624680" name="name424568fb25c585feb" descr="ELSIAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId450768e02feb64e9a" cstate="print"/>
+                    <a:blip r:embed="rId588668fb25c585fe8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4214,51 +4214,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 759-767.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849168e02feb66649" w:history="1">
+      <w:hyperlink r:id="rId644168fb25c586f24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20777</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2202-2209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573868e02feb67410" w:history="1">
+      <w:hyperlink r:id="rId286068fb25c587b19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-11-19-2349-re</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6228,51 +6228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111968e02feb6757d" w:history="1">
+      <w:hyperlink r:id="rId406368fb25c587be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6367,63 +6367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89279436" name="name209168e02feb6774a" descr="eu_funding_250.png"/>
+            <wp:docPr id="19611766" name="name983068fb25c587d0c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId633568e02feb67749" cstate="print"/>
+                    <a:blip r:embed="rId545268fb25c587d0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6521,137 +6521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82445321">
+  <w:abstractNum w:abstractNumId="84185986">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55355203">
+    <w:lvl w:ilvl="0" w:tplc="14202884">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55355203" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14202884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82445320">
+  <w:abstractNum w:abstractNumId="84185985">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86846123">
+    <w:lvl w:ilvl="0" w:tplc="92865386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7403,55 +7403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82445320">
-    <w:abstractNumId w:val="82445320"/>
+  <w:num w:numId="84185985">
+    <w:abstractNumId w:val="84185985"/>
   </w:num>
-  <w:num w:numId="82445321">
-    <w:abstractNumId w:val="82445321"/>
+  <w:num w:numId="84185986">
+    <w:abstractNumId w:val="84185986"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19001,51 +19001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId507263488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId926442329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId559468e02feb633bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId611768e02feb63406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId849168e02feb66649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId573868e02feb67410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId111968e02feb6757d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId450768e02feb64e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450768e02feb64e9a.jpg"/><Relationship Id="rId633568e02feb67749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633568e02feb67749.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112092700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371217775" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623168fb25c5842e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId954468fb25c584327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId644168fb25c586f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId286068fb25c587b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId406368fb25c587be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId588668fb25c585fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588668fb25c585fe8.jpg"/><Relationship Id="rId545268fb25c587d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545268fb25c587d0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>