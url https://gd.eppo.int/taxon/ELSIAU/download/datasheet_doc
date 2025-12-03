--- v1 (2025-10-24)
+++ v2 (2025-12-03)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Jenkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of sweet orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623168fb25c5842e2" w:history="1">
+            <w:hyperlink r:id="rId9366692ff1d61669f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId954468fb25c584327" w:history="1">
+            <w:hyperlink r:id="rId5060692ff1d616703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2191,63 +2191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region. In the literature, there is an old record from Sicily (Ciccarone, 1957) but the fungus has never been there found again.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51624680" name="name424568fb25c585feb" descr="ELSIAU_distribution_map.jpg"/>
+            <wp:docPr id="23063973" name="name5527692ff1d6188be" descr="ELSIAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId588668fb25c585fe8" cstate="print"/>
+                    <a:blip r:embed="rId7853692ff1d6188bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4214,51 +4214,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 759-767.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644168fb25c586f24" w:history="1">
+      <w:hyperlink r:id="rId2456692ff1d6199e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20777</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2202-2209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286068fb25c587b19" w:history="1">
+      <w:hyperlink r:id="rId4067692ff1d61a63e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-11-19-2349-re</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6228,51 +6228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406368fb25c587be1" w:history="1">
+      <w:hyperlink r:id="rId5695692ff1d61a6fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6367,63 +6367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19611766" name="name983068fb25c587d0c" descr="eu_funding_250.png"/>
+            <wp:docPr id="29607742" name="name7902692ff1d61a864" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId545268fb25c587d0b" cstate="print"/>
+                    <a:blip r:embed="rId4411692ff1d61a863" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6521,137 +6521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84185986">
+  <w:abstractNum w:abstractNumId="30611657">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14202884">
+    <w:lvl w:ilvl="0" w:tplc="43860125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14202884" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43860125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84185985">
+  <w:abstractNum w:abstractNumId="30611656">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92865386">
+    <w:lvl w:ilvl="0" w:tplc="82465228">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7403,55 +7403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84185985">
-    <w:abstractNumId w:val="84185985"/>
+  <w:num w:numId="30611656">
+    <w:abstractNumId w:val="30611656"/>
   </w:num>
-  <w:num w:numId="84185986">
-    <w:abstractNumId w:val="84185986"/>
+  <w:num w:numId="30611657">
+    <w:abstractNumId w:val="30611657"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19001,51 +19001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112092700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371217775" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623168fb25c5842e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId954468fb25c584327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId644168fb25c586f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId286068fb25c587b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId406368fb25c587be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId588668fb25c585fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588668fb25c585fe8.jpg"/><Relationship Id="rId545268fb25c587d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545268fb25c587d0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId580055956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822811988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9366692ff1d61669f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId5060692ff1d616703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId2456692ff1d6199e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId4067692ff1d61a63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId5695692ff1d61a6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7853692ff1d6188bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7853692ff1d6188bb.jpg"/><Relationship Id="rId4411692ff1d61a863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4411692ff1d61a863.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>