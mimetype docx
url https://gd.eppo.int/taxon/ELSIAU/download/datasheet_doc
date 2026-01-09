--- v2 (2025-12-03)
+++ v3 (2026-01-09)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Jenkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of sweet orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9366692ff1d61669f" w:history="1">
+            <w:hyperlink r:id="rId6781696084056935a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5060692ff1d616703" w:history="1">
+            <w:hyperlink r:id="rId474769608405693a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2191,63 +2191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region. In the literature, there is an old record from Sicily (Ciccarone, 1957) but the fungus has never been there found again.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23063973" name="name5527692ff1d6188be" descr="ELSIAU_distribution_map.jpg"/>
+            <wp:docPr id="46397751" name="name7844696084056ac9d" descr="ELSIAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7853692ff1d6188bb" cstate="print"/>
+                    <a:blip r:embed="rId3732696084056ac99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4214,51 +4214,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 759-767.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2456692ff1d6199e1" w:history="1">
+      <w:hyperlink r:id="rId9205696084056bc03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20777</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2202-2209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4067692ff1d61a63e" w:history="1">
+      <w:hyperlink r:id="rId2845696084056c7f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-11-19-2349-re</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6206,73 +6206,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5695692ff1d61a6fa" w:history="1">
+      <w:hyperlink r:id="rId1946696084056c8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6367,63 +6367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29607742" name="name7902692ff1d61a864" descr="eu_funding_250.png"/>
+            <wp:docPr id="92328053" name="name2170696084056cdda" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4411692ff1d61a863" cstate="print"/>
+                    <a:blip r:embed="rId4592696084056cdd9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6521,137 +6521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30611657">
+  <w:abstractNum w:abstractNumId="40855715">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43860125">
+    <w:lvl w:ilvl="0" w:tplc="25821092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43860125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25821092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30611656">
+  <w:abstractNum w:abstractNumId="40855714">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82465228">
+    <w:lvl w:ilvl="0" w:tplc="72496699">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7403,55 +7403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30611656">
-    <w:abstractNumId w:val="30611656"/>
+  <w:num w:numId="40855714">
+    <w:abstractNumId w:val="40855714"/>
   </w:num>
-  <w:num w:numId="30611657">
-    <w:abstractNumId w:val="30611657"/>
+  <w:num w:numId="40855715">
+    <w:abstractNumId w:val="40855715"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19001,51 +19001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId580055956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822811988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9366692ff1d61669f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId5060692ff1d616703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId2456692ff1d6199e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId4067692ff1d61a63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId5695692ff1d61a6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7853692ff1d6188bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7853692ff1d6188bb.jpg"/><Relationship Id="rId4411692ff1d61a863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4411692ff1d61a863.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935005654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId747223798" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6781696084056935a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId474769608405693a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId9205696084056bc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId2845696084056c7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId1946696084056c8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3732696084056ac99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3732696084056ac99.jpg"/><Relationship Id="rId4592696084056cdd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4592696084056cdd9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>