--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Jenkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of sweet orange</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6781696084056935a" w:history="1">
+            <w:hyperlink r:id="rId4095699909c7c9ed8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474769608405693a0" w:history="1">
+            <w:hyperlink r:id="rId5934699909c7c9f1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2191,63 +2191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region. In the literature, there is an old record from Sicily (Ciccarone, 1957) but the fungus has never been there found again.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46397751" name="name7844696084056ac9d" descr="ELSIAU_distribution_map.jpg"/>
+            <wp:docPr id="78394829" name="name5805699909c7cb9f7" descr="ELSIAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ELSIAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3732696084056ac99" cstate="print"/>
+                    <a:blip r:embed="rId9937699909c7cb9f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4214,51 +4214,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 759-767.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9205696084056bc03" w:history="1">
+      <w:hyperlink r:id="rId6283699909c7cca6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/20777</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6118,51 +6118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2202-2209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2845696084056c7f6" w:history="1">
+      <w:hyperlink r:id="rId3522699909c7cd69d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-11-19-2349-re</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6228,51 +6228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elsinoë australis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1946696084056c8af" w:history="1">
+      <w:hyperlink r:id="rId8459699909c7cd756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6367,63 +6367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92328053" name="name2170696084056cdda" descr="eu_funding_250.png"/>
+            <wp:docPr id="63472971" name="name1082699909c7cd8b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4592696084056cdd9" cstate="print"/>
+                    <a:blip r:embed="rId1173699909c7cd8b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6521,137 +6521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40855715">
+  <w:abstractNum w:abstractNumId="76053631">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25821092">
+    <w:lvl w:ilvl="0" w:tplc="89429396">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25821092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89429396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40855714">
+  <w:abstractNum w:abstractNumId="76053630">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72496699">
+    <w:lvl w:ilvl="0" w:tplc="31845913">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7403,55 +7403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40855714">
-    <w:abstractNumId w:val="40855714"/>
+  <w:num w:numId="76053630">
+    <w:abstractNumId w:val="76053630"/>
   </w:num>
-  <w:num w:numId="40855715">
-    <w:abstractNumId w:val="40855715"/>
+  <w:num w:numId="76053631">
+    <w:abstractNumId w:val="76053631"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19001,51 +19001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935005654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId747223798" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6781696084056935a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId474769608405693a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId9205696084056bc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId2845696084056c7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId1946696084056c8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3732696084056ac99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3732696084056ac99.jpg"/><Relationship Id="rId4592696084056cdd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4592696084056cdd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722536201" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725972705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4095699909c7c9ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/" TargetMode="External"/><Relationship Id="rId5934699909c7c9f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ELSIAU/categorization" TargetMode="External"/><Relationship Id="rId6283699909c7cca6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/20777" TargetMode="External"/><Relationship Id="rId3522699909c7cd69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-19-2349-re" TargetMode="External"/><Relationship Id="rId8459699909c7cd756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9937699909c7cb9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9937699909c7cb9f3.jpg"/><Relationship Id="rId1173699909c7cd8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1173699909c7cd8b2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>