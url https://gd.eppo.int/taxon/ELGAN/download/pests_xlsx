--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ELGAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Elaeagnus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -97,50 +97,53 @@
     <t>Luperomorpha xanthodera</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
   </si>
   <si>
     <t>SCOLSH</t>
   </si>
   <si>
     <t>Scolytus schevyrewi</t>
+  </si>
+  <si>
+    <t>* Jashenko R, DeLoach CJ, Ilina V (2025) Two of the Most Promising Potential Agents from Kazakhstan for the Biocontrol of Russian Olive (Elaeagnus angustifolia) in the USA with an Annotated List of Its Pest Insects from Central Asia. Forests 16(4), 614. https://doi.org/10.3390/f16040614</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Cowan D, Wang B (2019) Dose response and detection of velvet longhorned beetle, Trichoferus campestris, populations using attractant baited traps, pp 43-44. In Otis Laboratory Accomplishments 2018. United States Department of Agriculture, Animal and Plant Health Inspection Service, Plant Protection and Quarantine, Otis Laboratory, Buzzards Bay, MA (US).</t>
   </si>
   <si>
     <t>AELSSA</t>
   </si>
   <si>
     <t>Trirachys sartus</t>
   </si>
   <si>
     <t>* Temreshev II (2023) New records of Aeolesthes sarta (Solsky, 1871) (Coleoptera, Cerambycidae) in Kazakhstan. Acta Biologica Sibirica 9, 831–843. https://doi.org/10.5281/zenodo.10069433</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -654,148 +657,150 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">