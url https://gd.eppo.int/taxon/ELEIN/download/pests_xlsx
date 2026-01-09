--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ELEIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>FUSAC4</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense Tropical race 4</t>
   </si>
   <si>
     <t>* Catambacan DG, Cumagun CJR (2022) The weed Eleusine indica as an alternative host of Fusarium oxysporum f. sp. cubense tropical race 4 causing Fusarium wilt in Cavendish banana. Journal of Phytopathology. 170 (7-8), 437-444.
 ------- in inoculation studies.</t>
   </si>
@@ -133,50 +133,54 @@
 * Sandhu HS (2010) Biology and cultural control of lesser cornstalk borer on sugarcane. PhD thesis. University of Florida. https://ufdcimages.uflib.ufl.edu/UF/E0/04/14/72/00001/sandhu_h.pdf</t>
   </si>
   <si>
     <t>MRCV00</t>
   </si>
   <si>
     <t>Fijivirus cuartoense</t>
   </si>
   <si>
     <t>* Laguna IG, de Remes Lenicov AMM, Virla EG, Avila AO, Giménez Pecci MP, Herrera P, Garay J, Ploper D, Mariani R (2002) [Diffusion of Mal de Rio Cuarto virus (MRCV) of maize, its vector, associated planthoppers and alternative hosts in Argentina]. Revista de la Sociedad Entomologica Argentina 61(1-2), 87-97 (in Spanish).</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: the nematode parasites of plants catalogued under their hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks., England. Third Edition.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
+  </si>
+  <si>
+    <t>* Birchfield W (1965) Host parasite relations and host range studies of a new Meloidogyne species in southern USA. Phytopathology 55, 1359–1361 (abst.)
+------- host</t>
   </si>
   <si>
     <t>IYSV00</t>
   </si>
   <si>
     <t>Orthotospovirus iridimaculaflavi</t>
   </si>
   <si>
     <t>PYRIOT</t>
   </si>
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t xml:space="preserve">* Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Urashima AS, Hashimoto Y, Don LD, Kusaba M, Tosa Y, Nakayashiki H, Mayama S (1999) Molecular analysis of the wheat blast population in Brazil with a homolog of retrotransposon MGR583. Japanese Journal of Phytopathology 65, 429–436 https://doi.org/10.3186/jjphytopath.65.429
 </t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
@@ -699,118 +703,120 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">