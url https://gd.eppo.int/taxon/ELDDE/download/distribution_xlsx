--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -344,51 +344,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Present, restricted distribution [Invasive]</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>