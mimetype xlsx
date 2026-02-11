--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -761,51 +761,51 @@
   <si>
     <t>Present, few occurrences [Invasive]</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Present, restricted distribution [Invasive]</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Baleares</t>
   </si>
   <si>
     <t>bi</t>
   </si>