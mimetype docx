--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId717268e423750eddd" w:history="1">
+            <w:hyperlink r:id="rId1290690baa55ead36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414668e423750ee4b" w:history="1">
+            <w:hyperlink r:id="rId7148690baa55eada1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81795778" name="name332468e423750eefe" descr="5079.jpg"/>
+                  <wp:docPr id="88904392" name="name9370690baa55eae7d" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId395268e423750eefd" cstate="print"/>
+                          <a:blip r:embed="rId7602690baa55eae7c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId906368e423750f004" w:history="1">
+            <w:hyperlink r:id="rId7229690baa55eafc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55042113" name="name590468e423750fe4b" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="52696023" name="name1200690baa55ec36e" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId623368e423750fe49" cstate="print"/>
+                    <a:blip r:embed="rId1421690baa55ec36a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143168e42375106be" w:history="1">
+      <w:hyperlink r:id="rId4257690baa55ecca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664568e4237510fa5" w:history="1">
+      <w:hyperlink r:id="rId4566690baa55ed5b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579568e4237510fe6" w:history="1">
+      <w:hyperlink r:id="rId5606690baa55ed5fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426668e4237511024" w:history="1">
+      <w:hyperlink r:id="rId8395690baa55ed63d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199268e42375110f1" w:history="1">
+      <w:hyperlink r:id="rId3102690baa55ed70d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904268e423751112f" w:history="1">
+      <w:hyperlink r:id="rId9007690baa55ed74d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464868e423751118a" w:history="1">
+      <w:hyperlink r:id="rId3260690baa55ed7ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744068e423751133a" w:history="1">
+      <w:hyperlink r:id="rId3938690baa55ed979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629568e42375114d8" w:history="1">
+      <w:hyperlink r:id="rId1169690baa55edb25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106668e4237511514" w:history="1">
+      <w:hyperlink r:id="rId6642690baa55edb5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231168e42375115b1" w:history="1">
+      <w:hyperlink r:id="rId5745690baa55edbf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713868e423751160e" w:history="1">
+      <w:hyperlink r:id="rId9898690baa55edc5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834368e423751166b" w:history="1">
+      <w:hyperlink r:id="rId2397690baa55edcb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365168e42375116f8" w:history="1">
+      <w:hyperlink r:id="rId9411690baa55edd28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854968e4237511a19" w:history="1">
+      <w:hyperlink r:id="rId6266690baa55edf70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400168e4237511b62" w:history="1">
+      <w:hyperlink r:id="rId8607690baa55ee08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480468e4237511d1e" w:history="1">
+      <w:hyperlink r:id="rId5909690baa55ee22a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357968e4237511d9f" w:history="1">
+      <w:hyperlink r:id="rId8600690baa55ee2ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448568e4237511f66" w:history="1">
+      <w:hyperlink r:id="rId3569690baa55ee43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561068e4237511ff9" w:history="1">
+      <w:hyperlink r:id="rId6440690baa55ee4f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425268e4237512113" w:history="1">
+      <w:hyperlink r:id="rId1397690baa55ee5cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141968e4237512176" w:history="1">
+      <w:hyperlink r:id="rId5126690baa55ee62e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271368e42375121d6" w:history="1">
+      <w:hyperlink r:id="rId1048690baa55ee691" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621968e423751239a" w:history="1">
+      <w:hyperlink r:id="rId4861690baa55ee858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107468e423751248b" w:history="1">
+      <w:hyperlink r:id="rId3181690baa55ee946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47588685">
+  <w:abstractNum w:abstractNumId="13662712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13283823">
+    <w:lvl w:ilvl="0" w:tplc="26069400">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13283823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26069400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47588684">
+  <w:abstractNum w:abstractNumId="13662711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37192952">
+    <w:lvl w:ilvl="0" w:tplc="43310785">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47588684">
-    <w:abstractNumId w:val="47588684"/>
+  <w:num w:numId="13662711">
+    <w:abstractNumId w:val="13662711"/>
   </w:num>
-  <w:num w:numId="47588685">
-    <w:abstractNumId w:val="47588685"/>
+  <w:num w:numId="13662712">
+    <w:abstractNumId w:val="13662712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677646885" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId763251050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId717268e423750eddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId414668e423750ee4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId906368e423750f004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId143168e42375106be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId664568e4237510fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId579568e4237510fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId426668e4237511024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId199268e42375110f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId904268e423751112f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId464868e423751118a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId744068e423751133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId629568e42375114d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId106668e4237511514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId231168e42375115b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId713868e423751160e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId834368e423751166b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId365168e42375116f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId854968e4237511a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId400168e4237511b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId480468e4237511d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId357968e4237511d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId448568e4237511f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId561068e4237511ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId425268e4237512113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId141968e4237512176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId271368e42375121d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId621968e423751239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId107468e423751248b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId395268e423750eefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395268e423750eefd.jpg"/><Relationship Id="rId623368e423750fe49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId623368e423750fe49.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340782385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId856995172" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1290690baa55ead36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId7148690baa55eada1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId7229690baa55eafc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId4257690baa55ecca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId4566690baa55ed5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId5606690baa55ed5fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId8395690baa55ed63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId3102690baa55ed70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId9007690baa55ed74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId3260690baa55ed7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId3938690baa55ed979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1169690baa55edb25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId6642690baa55edb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId5745690baa55edbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId9898690baa55edc5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId2397690baa55edcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId9411690baa55edd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId6266690baa55edf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId8607690baa55ee08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId5909690baa55ee22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId8600690baa55ee2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId3569690baa55ee43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId6440690baa55ee4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId1397690baa55ee5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId5126690baa55ee62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId1048690baa55ee691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId4861690baa55ee858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3181690baa55ee946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId7602690baa55eae7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7602690baa55eae7c.jpg"/><Relationship Id="rId1421690baa55ec36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1421690baa55ec36a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>