--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1290690baa55ead36" w:history="1">
+            <w:hyperlink r:id="rId9444692678358e911" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7148690baa55eada1" w:history="1">
+            <w:hyperlink r:id="rId5185692678358e97c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88904392" name="name9370690baa55eae7d" descr="5079.jpg"/>
+                  <wp:docPr id="53740830" name="name9764692678358ea91" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7602690baa55eae7c" cstate="print"/>
+                          <a:blip r:embed="rId9530692678358ea8f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7229690baa55eafc0" w:history="1">
+            <w:hyperlink r:id="rId2625692678358ebd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52696023" name="name1200690baa55ec36e" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="7053036" name="name9153692678359002a" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1421690baa55ec36a" cstate="print"/>
+                    <a:blip r:embed="rId74766926783590028" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4257690baa55ecca3" w:history="1">
+      <w:hyperlink r:id="rId949869267835908fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4566690baa55ed5b8" w:history="1">
+      <w:hyperlink r:id="rId623669267835911ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5606690baa55ed5fb" w:history="1">
+      <w:hyperlink r:id="rId4928692678359122e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8395690baa55ed63d" w:history="1">
+      <w:hyperlink r:id="rId6519692678359126d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3102690baa55ed70d" w:history="1">
+      <w:hyperlink r:id="rId4582692678359133a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9007690baa55ed74d" w:history="1">
+      <w:hyperlink r:id="rId34256926783591378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3260690baa55ed7ab" w:history="1">
+      <w:hyperlink r:id="rId513769267835913d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3938690baa55ed979" w:history="1">
+      <w:hyperlink r:id="rId10586926783591588" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1169690baa55edb25" w:history="1">
+      <w:hyperlink r:id="rId7941692678359173c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6642690baa55edb5c" w:history="1">
+      <w:hyperlink r:id="rId73106926783591770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5745690baa55edbf8" w:history="1">
+      <w:hyperlink r:id="rId6306692678359181e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9898690baa55edc5a" w:history="1">
+      <w:hyperlink r:id="rId4961692678359187e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2397690baa55edcb8" w:history="1">
+      <w:hyperlink r:id="rId460469267835918db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9411690baa55edd28" w:history="1">
+      <w:hyperlink r:id="rId96716926783591939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6266690baa55edf70" w:history="1">
+      <w:hyperlink r:id="rId55936926783591b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8607690baa55ee08f" w:history="1">
+      <w:hyperlink r:id="rId15996926783591c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5909690baa55ee22a" w:history="1">
+      <w:hyperlink r:id="rId14866926783591e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8600690baa55ee2ad" w:history="1">
+      <w:hyperlink r:id="rId43826926783591e84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3569690baa55ee43d" w:history="1">
+      <w:hyperlink r:id="rId27676926783591fdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6440690baa55ee4f6" w:history="1">
+      <w:hyperlink r:id="rId8374692678359205d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397690baa55ee5cc" w:history="1">
+      <w:hyperlink r:id="rId27556926783592127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5126690baa55ee62e" w:history="1">
+      <w:hyperlink r:id="rId32856926783592179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1048690baa55ee691" w:history="1">
+      <w:hyperlink r:id="rId815469267835921e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4861690baa55ee858" w:history="1">
+      <w:hyperlink r:id="rId5908692678359237c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3181690baa55ee946" w:history="1">
+      <w:hyperlink r:id="rId87096926783592441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13662712">
+  <w:abstractNum w:abstractNumId="97132357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26069400">
+    <w:lvl w:ilvl="0" w:tplc="78958062">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26069400" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78958062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13662711">
+  <w:abstractNum w:abstractNumId="97132356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43310785">
+    <w:lvl w:ilvl="0" w:tplc="17176348">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13662711">
-    <w:abstractNumId w:val="13662711"/>
+  <w:num w:numId="97132356">
+    <w:abstractNumId w:val="97132356"/>
   </w:num>
-  <w:num w:numId="13662712">
-    <w:abstractNumId w:val="13662712"/>
+  <w:num w:numId="97132357">
+    <w:abstractNumId w:val="97132357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340782385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId856995172" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1290690baa55ead36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId7148690baa55eada1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId7229690baa55eafc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId4257690baa55ecca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId4566690baa55ed5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId5606690baa55ed5fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId8395690baa55ed63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId3102690baa55ed70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId9007690baa55ed74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId3260690baa55ed7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId3938690baa55ed979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1169690baa55edb25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId6642690baa55edb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId5745690baa55edbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId9898690baa55edc5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId2397690baa55edcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId9411690baa55edd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId6266690baa55edf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId8607690baa55ee08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId5909690baa55ee22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId8600690baa55ee2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId3569690baa55ee43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId6440690baa55ee4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId1397690baa55ee5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId5126690baa55ee62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId1048690baa55ee691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId4861690baa55ee858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3181690baa55ee946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId7602690baa55eae7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7602690baa55eae7c.jpg"/><Relationship Id="rId1421690baa55ec36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1421690baa55ec36a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId726045746" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894357624" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9444692678358e911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId5185692678358e97c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId2625692678358ebd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId949869267835908fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId623669267835911ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId4928692678359122e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId6519692678359126d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId4582692678359133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId34256926783591378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId513769267835913d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId10586926783591588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7941692678359173c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId73106926783591770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId6306692678359181e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId4961692678359187e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId460469267835918db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId96716926783591939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId55936926783591b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId15996926783591c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId14866926783591e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId43826926783591e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId27676926783591fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId8374692678359205d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId27556926783592127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId32856926783592179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId815469267835921e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId5908692678359237c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87096926783592441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId9530692678358ea8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9530692678358ea8f.jpg"/><Relationship Id="rId74766926783590028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74766926783590028.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>