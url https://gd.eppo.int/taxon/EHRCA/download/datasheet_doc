--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9444692678358e911" w:history="1">
+            <w:hyperlink r:id="rId862569437c995af28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5185692678358e97c" w:history="1">
+            <w:hyperlink r:id="rId224769437c995af94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53740830" name="name9764692678358ea91" descr="5079.jpg"/>
+                  <wp:docPr id="7990609" name="name746869437c995b07c" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9530692678358ea8f" cstate="print"/>
+                          <a:blip r:embed="rId480269437c995b07b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2625692678358ebd8" w:history="1">
+            <w:hyperlink r:id="rId356169437c995b1bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7053036" name="name9153692678359002a" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="83460135" name="name232469437c995c159" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74766926783590028" cstate="print"/>
+                    <a:blip r:embed="rId660669437c995c156" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949869267835908fc" w:history="1">
+      <w:hyperlink r:id="rId339069437c995caca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623669267835911ed" w:history="1">
+      <w:hyperlink r:id="rId958169437c995d400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4928692678359122e" w:history="1">
+      <w:hyperlink r:id="rId711369437c995d441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6519692678359126d" w:history="1">
+      <w:hyperlink r:id="rId794369437c995d482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4582692678359133a" w:history="1">
+      <w:hyperlink r:id="rId969169437c995d553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34256926783591378" w:history="1">
+      <w:hyperlink r:id="rId833569437c995d593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513769267835913d4" w:history="1">
+      <w:hyperlink r:id="rId716069437c995d5f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10586926783591588" w:history="1">
+      <w:hyperlink r:id="rId985669437c995d7ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7941692678359173c" w:history="1">
+      <w:hyperlink r:id="rId556669437c995d961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73106926783591770" w:history="1">
+      <w:hyperlink r:id="rId820969437c995d998" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6306692678359181e" w:history="1">
+      <w:hyperlink r:id="rId606369437c995da34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4961692678359187e" w:history="1">
+      <w:hyperlink r:id="rId131869437c995da95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460469267835918db" w:history="1">
+      <w:hyperlink r:id="rId758369437c995daf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96716926783591939" w:history="1">
+      <w:hyperlink r:id="rId676369437c995db51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55936926783591b5e" w:history="1">
+      <w:hyperlink r:id="rId897769437c995fd3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15996926783591c75" w:history="1">
+      <w:hyperlink r:id="rId376969437c995fe61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14866926783591e06" w:history="1">
+      <w:hyperlink r:id="rId366669437c995ffff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43826926783591e84" w:history="1">
+      <w:hyperlink r:id="rId575269437c9960082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27676926783591fdf" w:history="1">
+      <w:hyperlink r:id="rId529669437c99601e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8374692678359205d" w:history="1">
+      <w:hyperlink r:id="rId926969437c9960269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27556926783592127" w:history="1">
+      <w:hyperlink r:id="rId105669437c9960337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32856926783592179" w:history="1">
+      <w:hyperlink r:id="rId363969437c996038d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815469267835921e2" w:history="1">
+      <w:hyperlink r:id="rId171769437c99603eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5908692678359237c" w:history="1">
+      <w:hyperlink r:id="rId355369437c9960592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87096926783592441" w:history="1">
+      <w:hyperlink r:id="rId199269437c996065c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97132357">
+  <w:abstractNum w:abstractNumId="35804038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78958062">
+    <w:lvl w:ilvl="0" w:tplc="22624338">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78958062" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22624338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97132356">
+  <w:abstractNum w:abstractNumId="35804037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17176348">
+    <w:lvl w:ilvl="0" w:tplc="56111799">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97132356">
-    <w:abstractNumId w:val="97132356"/>
+  <w:num w:numId="35804037">
+    <w:abstractNumId w:val="35804037"/>
   </w:num>
-  <w:num w:numId="97132357">
-    <w:abstractNumId w:val="97132357"/>
+  <w:num w:numId="35804038">
+    <w:abstractNumId w:val="35804038"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId726045746" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894357624" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9444692678358e911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId5185692678358e97c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId2625692678358ebd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId949869267835908fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId623669267835911ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId4928692678359122e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId6519692678359126d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId4582692678359133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId34256926783591378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId513769267835913d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId10586926783591588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7941692678359173c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId73106926783591770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId6306692678359181e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId4961692678359187e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId460469267835918db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId96716926783591939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId55936926783591b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId15996926783591c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId14866926783591e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId43826926783591e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId27676926783591fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId8374692678359205d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId27556926783592127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId32856926783592179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId815469267835921e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId5908692678359237c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87096926783592441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId9530692678358ea8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9530692678358ea8f.jpg"/><Relationship Id="rId74766926783590028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74766926783590028.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804934925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId849060616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId862569437c995af28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId224769437c995af94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId356169437c995b1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId339069437c995caca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId958169437c995d400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId711369437c995d441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId794369437c995d482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId969169437c995d553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId833569437c995d593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId716069437c995d5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId985669437c995d7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId556669437c995d961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId820969437c995d998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId606369437c995da34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId131869437c995da95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId758369437c995daf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId676369437c995db51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId897769437c995fd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId376969437c995fe61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId366669437c995ffff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId575269437c9960082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId529669437c99601e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId926969437c9960269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId105669437c9960337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId363969437c996038d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId171769437c99603eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId355369437c9960592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId199269437c996065c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId480269437c995b07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId480269437c995b07b.jpg"/><Relationship Id="rId660669437c995c156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660669437c995c156.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>