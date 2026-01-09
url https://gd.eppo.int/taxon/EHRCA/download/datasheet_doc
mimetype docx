--- v3 (2025-12-18)
+++ v4 (2026-01-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId862569437c995af28" w:history="1">
+            <w:hyperlink r:id="rId66096960ad8811878" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224769437c995af94" w:history="1">
+            <w:hyperlink r:id="rId55116960ad88118e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7990609" name="name746869437c995b07c" descr="5079.jpg"/>
+                  <wp:docPr id="9602339" name="name67116960ad88119cb" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId480269437c995b07b" cstate="print"/>
+                          <a:blip r:embed="rId24276960ad88119c9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId356169437c995b1bd" w:history="1">
+            <w:hyperlink r:id="rId87086960ad8811af7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83460135" name="name232469437c995c159" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="25280196" name="name46086960ad8812c27" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId660669437c995c156" cstate="print"/>
+                    <a:blip r:embed="rId54616960ad8812c23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339069437c995caca" w:history="1">
+      <w:hyperlink r:id="rId93276960ad8813558" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958169437c995d400" w:history="1">
+      <w:hyperlink r:id="rId93786960ad8813efd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711369437c995d441" w:history="1">
+      <w:hyperlink r:id="rId43696960ad8813f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794369437c995d482" w:history="1">
+      <w:hyperlink r:id="rId77786960ad8813f84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969169437c995d553" w:history="1">
+      <w:hyperlink r:id="rId25736960ad8814057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833569437c995d593" w:history="1">
+      <w:hyperlink r:id="rId81456960ad8814095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716069437c995d5f1" w:history="1">
+      <w:hyperlink r:id="rId27966960ad88140fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985669437c995d7ab" w:history="1">
+      <w:hyperlink r:id="rId34866960ad88142bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556669437c995d961" w:history="1">
+      <w:hyperlink r:id="rId49696960ad8814462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820969437c995d998" w:history="1">
+      <w:hyperlink r:id="rId62296960ad8814496" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606369437c995da34" w:history="1">
+      <w:hyperlink r:id="rId84386960ad8814530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131869437c995da95" w:history="1">
+      <w:hyperlink r:id="rId62426960ad881458e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758369437c995daf3" w:history="1">
+      <w:hyperlink r:id="rId38256960ad88145ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676369437c995db51" w:history="1">
+      <w:hyperlink r:id="rId56096960ad8814649" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897769437c995fd3c" w:history="1">
+      <w:hyperlink r:id="rId72576960ad88148bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376969437c995fe61" w:history="1">
+      <w:hyperlink r:id="rId25406960ad88149d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366669437c995ffff" w:history="1">
+      <w:hyperlink r:id="rId17436960ad8814b6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575269437c9960082" w:history="1">
+      <w:hyperlink r:id="rId30436960ad8814bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529669437c99601e5" w:history="1">
+      <w:hyperlink r:id="rId11586960ad8814d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926969437c9960269" w:history="1">
+      <w:hyperlink r:id="rId60976960ad8814df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105669437c9960337" w:history="1">
+      <w:hyperlink r:id="rId15486960ad8814ec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363969437c996038d" w:history="1">
+      <w:hyperlink r:id="rId39746960ad8814f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId171769437c99603eb" w:history="1">
+      <w:hyperlink r:id="rId10786960ad8814f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6118,73 +6118,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355369437c9960592" w:history="1">
+      <w:hyperlink r:id="rId64866960ad881510e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199269437c996065c" w:history="1">
+      <w:hyperlink r:id="rId42216960ad88151d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35804038">
+  <w:abstractNum w:abstractNumId="26157673">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22624338">
+    <w:lvl w:ilvl="0" w:tplc="64637137">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22624338" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64637137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35804037">
+  <w:abstractNum w:abstractNumId="26157672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56111799">
+    <w:lvl w:ilvl="0" w:tplc="53609846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35804037">
-    <w:abstractNumId w:val="35804037"/>
+  <w:num w:numId="26157672">
+    <w:abstractNumId w:val="26157672"/>
   </w:num>
-  <w:num w:numId="35804038">
-    <w:abstractNumId w:val="35804038"/>
+  <w:num w:numId="26157673">
+    <w:abstractNumId w:val="26157673"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804934925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId849060616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId862569437c995af28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId224769437c995af94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId356169437c995b1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId339069437c995caca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId958169437c995d400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId711369437c995d441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId794369437c995d482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId969169437c995d553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId833569437c995d593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId716069437c995d5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId985669437c995d7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId556669437c995d961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId820969437c995d998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId606369437c995da34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId131869437c995da95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId758369437c995daf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId676369437c995db51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId897769437c995fd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId376969437c995fe61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId366669437c995ffff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId575269437c9960082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId529669437c99601e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId926969437c9960269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId105669437c9960337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId363969437c996038d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId171769437c99603eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId355369437c9960592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId199269437c996065c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId480269437c995b07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId480269437c995b07b.jpg"/><Relationship Id="rId660669437c995c156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660669437c995c156.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104491178" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512133684" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66096960ad8811878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId55116960ad88118e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId87086960ad8811af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId93276960ad8813558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId93786960ad8813efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId43696960ad8813f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId77786960ad8813f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId25736960ad8814057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId81456960ad8814095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId27966960ad88140fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId34866960ad88142bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId49696960ad8814462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId62296960ad8814496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId84386960ad8814530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId62426960ad881458e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId38256960ad88145ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId56096960ad8814649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId72576960ad88148bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId25406960ad88149d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId17436960ad8814b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId30436960ad8814bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId11586960ad8814d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId60976960ad8814df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId15486960ad8814ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId39746960ad8814f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId10786960ad8814f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId64866960ad881510e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42216960ad88151d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId24276960ad88119c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24276960ad88119c9.jpg"/><Relationship Id="rId54616960ad8812c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54616960ad8812c23.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>