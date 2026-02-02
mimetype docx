--- v4 (2026-01-09)
+++ v5 (2026-02-02)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66096960ad8811878" w:history="1">
+            <w:hyperlink r:id="rId777169807b7e0d42d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55116960ad88118e1" w:history="1">
+            <w:hyperlink r:id="rId979569807b7e0d495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9602339" name="name67116960ad88119cb" descr="5079.jpg"/>
+                  <wp:docPr id="31456762" name="name451669807b7e0dae1" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24276960ad88119c9" cstate="print"/>
+                          <a:blip r:embed="rId329469807b7e0dadf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId87086960ad8811af7" w:history="1">
+            <w:hyperlink r:id="rId876969807b7e0dc09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25280196" name="name46086960ad8812c27" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="27042624" name="name638769807b7e0ec74" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54616960ad8812c23" cstate="print"/>
+                    <a:blip r:embed="rId839469807b7e0ec72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93276960ad8813558" w:history="1">
+      <w:hyperlink r:id="rId531969807b7e0f531" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93786960ad8813efd" w:history="1">
+      <w:hyperlink r:id="rId743969807b7e0fe2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43696960ad8813f44" w:history="1">
+      <w:hyperlink r:id="rId759569807b7e0fe70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77786960ad8813f84" w:history="1">
+      <w:hyperlink r:id="rId969269807b7e0feaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25736960ad8814057" w:history="1">
+      <w:hyperlink r:id="rId167469807b7e0ff7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81456960ad8814095" w:history="1">
+      <w:hyperlink r:id="rId802769807b7e0ffba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27966960ad88140fe" w:history="1">
+      <w:hyperlink r:id="rId207669807b7e10017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34866960ad88142bc" w:history="1">
+      <w:hyperlink r:id="rId834269807b7e101cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49696960ad8814462" w:history="1">
+      <w:hyperlink r:id="rId560569807b7e1036e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62296960ad8814496" w:history="1">
+      <w:hyperlink r:id="rId691469807b7e103a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84386960ad8814530" w:history="1">
+      <w:hyperlink r:id="rId728969807b7e10448" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62426960ad881458e" w:history="1">
+      <w:hyperlink r:id="rId158369807b7e104a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38256960ad88145ec" w:history="1">
+      <w:hyperlink r:id="rId459469807b7e10506" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56096960ad8814649" w:history="1">
+      <w:hyperlink r:id="rId361169807b7e1056c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72576960ad88148bc" w:history="1">
+      <w:hyperlink r:id="rId943769807b7e10791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25406960ad88149d6" w:history="1">
+      <w:hyperlink r:id="rId115869807b7e108aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17436960ad8814b6d" w:history="1">
+      <w:hyperlink r:id="rId688369807b7e10a5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30436960ad8814bee" w:history="1">
+      <w:hyperlink r:id="rId903069807b7e10ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11586960ad8814d60" w:history="1">
+      <w:hyperlink r:id="rId404369807b7e10c38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60976960ad8814df2" w:history="1">
+      <w:hyperlink r:id="rId692269807b7e10cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15486960ad8814ec1" w:history="1">
+      <w:hyperlink r:id="rId240169807b7e10d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39746960ad8814f16" w:history="1">
+      <w:hyperlink r:id="rId683069807b7e10dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10786960ad8814f73" w:history="1">
+      <w:hyperlink r:id="rId749969807b7e10e35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64866960ad881510e" w:history="1">
+      <w:hyperlink r:id="rId410869807b7e10fd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42216960ad88151d5" w:history="1">
+      <w:hyperlink r:id="rId897869807b7e110a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26157673">
+  <w:abstractNum w:abstractNumId="79091972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64637137">
+    <w:lvl w:ilvl="0" w:tplc="26602927">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64637137" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26602927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26157672">
+  <w:abstractNum w:abstractNumId="79091971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53609846">
+    <w:lvl w:ilvl="0" w:tplc="49648136">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26157672">
-    <w:abstractNumId w:val="26157672"/>
+  <w:num w:numId="79091971">
+    <w:abstractNumId w:val="79091971"/>
   </w:num>
-  <w:num w:numId="26157673">
-    <w:abstractNumId w:val="26157673"/>
+  <w:num w:numId="79091972">
+    <w:abstractNumId w:val="79091972"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104491178" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512133684" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66096960ad8811878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId55116960ad88118e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId87086960ad8811af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId93276960ad8813558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId93786960ad8813efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId43696960ad8813f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId77786960ad8813f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId25736960ad8814057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId81456960ad8814095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId27966960ad88140fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId34866960ad88142bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId49696960ad8814462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId62296960ad8814496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId84386960ad8814530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId62426960ad881458e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId38256960ad88145ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId56096960ad8814649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId72576960ad88148bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId25406960ad88149d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId17436960ad8814b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId30436960ad8814bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId11586960ad8814d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId60976960ad8814df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId15486960ad8814ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId39746960ad8814f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId10786960ad8814f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId64866960ad881510e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42216960ad88151d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId24276960ad88119c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24276960ad88119c9.jpg"/><Relationship Id="rId54616960ad8812c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54616960ad8812c23.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId978712338" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140666827" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId777169807b7e0d42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId979569807b7e0d495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId876969807b7e0dc09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId531969807b7e0f531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId743969807b7e0fe2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId759569807b7e0fe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId969269807b7e0feaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId167469807b7e0ff7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId802769807b7e0ffba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId207669807b7e10017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId834269807b7e101cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId560569807b7e1036e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId691469807b7e103a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId728969807b7e10448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId158369807b7e104a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId459469807b7e10506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId361169807b7e1056c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId943769807b7e10791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId115869807b7e108aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId688369807b7e10a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId903069807b7e10ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId404369807b7e10c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId692269807b7e10cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId240169807b7e10d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId683069807b7e10dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId749969807b7e10e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId410869807b7e10fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897869807b7e110a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId329469807b7e0dadf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329469807b7e0dadf.jpg"/><Relationship Id="rId839469807b7e0ec72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839469807b7e0ec72.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>