--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777169807b7e0d42d" w:history="1">
+            <w:hyperlink r:id="rId8849699b118277f4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId979569807b7e0d495" w:history="1">
+            <w:hyperlink r:id="rId6661699b118277fb5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31456762" name="name451669807b7e0dae1" descr="5079.jpg"/>
+                  <wp:docPr id="63388170" name="name8141699b118278583" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId329469807b7e0dadf" cstate="print"/>
+                          <a:blip r:embed="rId8193699b118278581" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId876969807b7e0dc09" w:history="1">
+            <w:hyperlink r:id="rId4758699b1182786cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27042624" name="name638769807b7e0ec74" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="38819293" name="name3179699b118279736" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId839469807b7e0ec72" cstate="print"/>
+                    <a:blip r:embed="rId8243699b118279731" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531969807b7e0f531" w:history="1">
+      <w:hyperlink r:id="rId6726699b11827a051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743969807b7e0fe2f" w:history="1">
+      <w:hyperlink r:id="rId6729699b11827a967" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759569807b7e0fe70" w:history="1">
+      <w:hyperlink r:id="rId1412699b11827a9a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969269807b7e0feaf" w:history="1">
+      <w:hyperlink r:id="rId3079699b11827a9e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId167469807b7e0ff7c" w:history="1">
+      <w:hyperlink r:id="rId9669699b11827aae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802769807b7e0ffba" w:history="1">
+      <w:hyperlink r:id="rId9542699b11827ab27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207669807b7e10017" w:history="1">
+      <w:hyperlink r:id="rId8699699b11827ab84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834269807b7e101cb" w:history="1">
+      <w:hyperlink r:id="rId3715699b11827ad3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560569807b7e1036e" w:history="1">
+      <w:hyperlink r:id="rId8624699b11827aee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691469807b7e103a1" w:history="1">
+      <w:hyperlink r:id="rId8447699b11827af13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728969807b7e10448" w:history="1">
+      <w:hyperlink r:id="rId1402699b11827afab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158369807b7e104a8" w:history="1">
+      <w:hyperlink r:id="rId9844699b11827b008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459469807b7e10506" w:history="1">
+      <w:hyperlink r:id="rId1203699b11827b064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361169807b7e1056c" w:history="1">
+      <w:hyperlink r:id="rId2219699b11827b0d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943769807b7e10791" w:history="1">
+      <w:hyperlink r:id="rId8005699b11827b302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115869807b7e108aa" w:history="1">
+      <w:hyperlink r:id="rId5974699b11827b418" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId688369807b7e10a5a" w:history="1">
+      <w:hyperlink r:id="rId2662699b11827b5a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903069807b7e10ad9" w:history="1">
+      <w:hyperlink r:id="rId6133699b11827b634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404369807b7e10c38" w:history="1">
+      <w:hyperlink r:id="rId2655699b11827b790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692269807b7e10cb9" w:history="1">
+      <w:hyperlink r:id="rId5544699b11827b80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240169807b7e10d87" w:history="1">
+      <w:hyperlink r:id="rId3301699b11827b8da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683069807b7e10dda" w:history="1">
+      <w:hyperlink r:id="rId1434699b11827b92b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749969807b7e10e35" w:history="1">
+      <w:hyperlink r:id="rId3318699b11827b987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410869807b7e10fd7" w:history="1">
+      <w:hyperlink r:id="rId6936699b11827bb19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897869807b7e110a0" w:history="1">
+      <w:hyperlink r:id="rId1805699b11827bbdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79091972">
+  <w:abstractNum w:abstractNumId="50882456">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26602927">
+    <w:lvl w:ilvl="0" w:tplc="41698924">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26602927" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41698924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79091971">
+  <w:abstractNum w:abstractNumId="50882455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49648136">
+    <w:lvl w:ilvl="0" w:tplc="46850688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79091971">
-    <w:abstractNumId w:val="79091971"/>
+  <w:num w:numId="50882455">
+    <w:abstractNumId w:val="50882455"/>
   </w:num>
-  <w:num w:numId="79091972">
-    <w:abstractNumId w:val="79091972"/>
+  <w:num w:numId="50882456">
+    <w:abstractNumId w:val="50882456"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId978712338" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140666827" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId777169807b7e0d42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId979569807b7e0d495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId876969807b7e0dc09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId531969807b7e0f531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId743969807b7e0fe2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId759569807b7e0fe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId969269807b7e0feaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId167469807b7e0ff7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId802769807b7e0ffba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId207669807b7e10017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId834269807b7e101cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId560569807b7e1036e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId691469807b7e103a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId728969807b7e10448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId158369807b7e104a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId459469807b7e10506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId361169807b7e1056c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId943769807b7e10791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId115869807b7e108aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId688369807b7e10a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId903069807b7e10ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId404369807b7e10c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId692269807b7e10cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId240169807b7e10d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId683069807b7e10dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId749969807b7e10e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId410869807b7e10fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897869807b7e110a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId329469807b7e0dadf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329469807b7e0dadf.jpg"/><Relationship Id="rId839469807b7e0ec72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839469807b7e0ec72.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId600750035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433924249" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8849699b118277f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId6661699b118277fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId4758699b1182786cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId6726699b11827a051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId6729699b11827a967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId1412699b11827a9a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId3079699b11827a9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId9669699b11827aae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId9542699b11827ab27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId8699699b11827ab84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId3715699b11827ad3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8624699b11827aee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId8447699b11827af13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId1402699b11827afab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId9844699b11827b008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId1203699b11827b064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId2219699b11827b0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId8005699b11827b302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId5974699b11827b418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId2662699b11827b5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId6133699b11827b634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId2655699b11827b790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId5544699b11827b80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId3301699b11827b8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId1434699b11827b92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId3318699b11827b987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId6936699b11827bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1805699b11827bbdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId8193699b118278581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8193699b118278581.jpg"/><Relationship Id="rId8243699b118279731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8243699b118279731.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>