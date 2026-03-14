--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> common ehrharta, perennial veldt grass (AU), purple veldt grass, veldt grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8849699b118277f4c" w:history="1">
+            <w:hyperlink r:id="rId470469b584af0171e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6661699b118277fb5" w:history="1">
+            <w:hyperlink r:id="rId432969b584af0178a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EHRCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63388170" name="name8141699b118278583" descr="5079.jpg"/>
+                  <wp:docPr id="37857220" name="name154469b584af01dcd" descr="5079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8193699b118278581" cstate="print"/>
+                          <a:blip r:embed="rId426769b584af01dcb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4758699b1182786cd" w:history="1">
+            <w:hyperlink r:id="rId931769b584af01ef2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -857,63 +857,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38819293" name="name3179699b118279736" descr="EHRCA_distribution_map.jpg"/>
+            <wp:docPr id="70555508" name="name267169b584af0316b" descr="EHRCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EHRCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8243699b118279731" cstate="print"/>
+                    <a:blip r:embed="rId139469b584af03168" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2004,51 +2004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although there is no published evidence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being transported as part of hay material from the USA (California), there is evidence that hay is imported from this state into the European Union (EU) (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6726699b11827a051" w:history="1">
+      <w:hyperlink r:id="rId853769b584af03a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apps.fas.usda.gov/gats/default.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and seed material of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3381,129 +3381,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barkworth ME, Capels KM, Long S &amp; Piep MB (2007) Flora of North America, vol. 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6729699b11827a967" w:history="1">
+      <w:hyperlink r:id="rId730769b584af0436b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://herbarium.usu.edu/webmanual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Queensland (2016) Weeds of Australia: Biosecurity Queensland Edition. Queensland Government (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1412699b11827a9a9" w:history="1">
+      <w:hyperlink r:id="rId251669b584af043ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bishop Museum (1997, 2004) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3079699b11827a9e7" w:history="1">
+      <w:hyperlink r:id="rId546469b584af043eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bishopmuseum.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3585,90 +3585,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9669699b11827aae8" w:history="1">
+      <w:hyperlink r:id="rId467269b584af044bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAL-IPC (2016) California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9542699b11827ab27" w:history="1">
+      <w:hyperlink r:id="rId788669b584af044f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3683,51 +3683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chimera C (2015) Hawaiʽi-Pacific Weed Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8699699b11827ab84" w:history="1">
+      <w:hyperlink r:id="rId177569b584af04554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3952,51 +3952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3715699b11827ad3b" w:history="1">
+      <w:hyperlink r:id="rId535269b584af04718" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4216,81 +4216,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frey M (2005). Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Thunb. The Nature Conservancy, Arlington (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8624699b11827aee0" w:history="1">
+      <w:hyperlink r:id="rId470069b584af048be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2016) Global Biodiversity Information Facility: Free and Open Access to Biodiversity Data. Global Biodiversity Information Facility, Copenhagen (DK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8447699b11827af13" w:history="1">
+      <w:hyperlink r:id="rId513369b584af048f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gbif.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4343,51 +4343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 163–174.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HerbiGuide (2016) Perennial Veldtgrass. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1402699b11827afab" w:history="1">
+      <w:hyperlink r:id="rId889769b584af0498c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4402,51 +4402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoare DB (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J.E. Sm. FAO report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9844699b11827b008" w:history="1">
+      <w:hyperlink r:id="rId267169b584af049ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kinkade J (2015) Grass attack: Efforts to manage veldt grass in the Guadalupe dunes go aerial. New Times </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(36). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1203699b11827b064" w:history="1">
+      <w:hyperlink r:id="rId214069b584af04a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4520,51 +4520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mashau AC (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sm. PlantZAfrica species description. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2219699b11827b0d2" w:history="1">
+      <w:hyperlink r:id="rId571469b584af04aa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantzafrica.com/plantefg/ehrhartacaly.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4858,51 +4858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overman B, Light F &amp; Villablanca F (2010) A seed infecting fungus (Tilletia ehrhartae) could provide a partial biological control mechanism for invasive veldt grass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Star Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8005699b11827b302" w:history="1">
+      <w:hyperlink r:id="rId553769b584af04cc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://digitalcommons.calpoly.edu/star/30/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5033,51 +5033,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pickart A (2000) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. California Invasive Plant Council (CAL-IPC). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5974699b11827b418" w:history="1">
+      <w:hyperlink r:id="rId913169b584af04df8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5284,51 +5284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) Invasive alien species—prioritising prevention efforts through horizon scanning: ENV.B.2/ETU/2014/0016 Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2662699b11827b5a8" w:history="1">
+      <w:hyperlink r:id="rId378569b584af04f90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gasoul crystalluinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on Vandenberg Air Force Base, California. NASA Technical Memorandum 100980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6133699b11827b634" w:history="1">
+      <w:hyperlink r:id="rId888669b584af0500e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5580,51 +5580,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropical Agronomy (1953) Monthly publication of the Ministry of Colonies (Directorate of Agriculture, Livestock and Forestry). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2655699b11827b790" w:history="1">
+      <w:hyperlink r:id="rId645669b584af0516b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25th August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5657,51 +5657,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.Sc. thesis. California Polytechnic State University (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, ARS, National Genetic Resources Program (NGRP) (2016) Germplasm Resources Information Network – (GRIN). National Germplasm Resources Laboratory, Beltsville (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5544699b11827b80f" w:history="1">
+      <w:hyperlink r:id="rId638769b584af051eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5783,101 +5783,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ketres Editora, Barcelona (ES).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidler S (2003) Australian Flora and Fauna Threatened by Invasive Plants. Weeds CRC (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3301699b11827b8da" w:history="1">
+      <w:hyperlink r:id="rId903669b584af052c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (1998) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase—the Western Australian Flora.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Parks and Wildlife. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1434699b11827b92b" w:history="1">
+      <w:hyperlink r:id="rId720269b584af05318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.dpaw.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5892,51 +5892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Western Australian Herbarium (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australian Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3318699b11827b987" w:history="1">
+      <w:hyperlink r:id="rId220769b584af05375" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://florabase.dec.wa.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6140,51 +6140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehrharta calycina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6936699b11827bb19" w:history="1">
+      <w:hyperlink r:id="rId636669b584af0550b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6260,51 +6260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1805699b11827bbdc" w:history="1">
+      <w:hyperlink r:id="rId926869b584af055cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6391,137 +6391,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50882456">
+  <w:abstractNum w:abstractNumId="46980853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41698924">
+    <w:lvl w:ilvl="0" w:tplc="38694192">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41698924" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38694192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50882455">
+  <w:abstractNum w:abstractNumId="46980852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46850688">
+    <w:lvl w:ilvl="0" w:tplc="36950934">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7273,55 +7273,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50882455">
-    <w:abstractNumId w:val="50882455"/>
+  <w:num w:numId="46980852">
+    <w:abstractNumId w:val="46980852"/>
   </w:num>
-  <w:num w:numId="50882456">
-    <w:abstractNumId w:val="50882456"/>
+  <w:num w:numId="46980853">
+    <w:abstractNumId w:val="46980853"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18871,51 +18871,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId600750035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433924249" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8849699b118277f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId6661699b118277fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId4758699b1182786cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId6726699b11827a051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId6729699b11827a967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId1412699b11827a9a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId3079699b11827a9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId9669699b11827aae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId9542699b11827ab27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId8699699b11827ab84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId3715699b11827ad3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8624699b11827aee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId8447699b11827af13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId1402699b11827afab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId9844699b11827b008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId1203699b11827b064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId2219699b11827b0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId8005699b11827b302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId5974699b11827b418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId2662699b11827b5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId6133699b11827b634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId2655699b11827b790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId5544699b11827b80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId3301699b11827b8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId1434699b11827b92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId3318699b11827b987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId6936699b11827bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1805699b11827bbdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId8193699b118278581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8193699b118278581.jpg"/><Relationship Id="rId8243699b118279731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8243699b118279731.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId317243576" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId909730016" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470469b584af0171e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/" TargetMode="External"/><Relationship Id="rId432969b584af0178a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/categorization" TargetMode="External"/><Relationship Id="rId931769b584af01ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EHRCA/photos" TargetMode="External"/><Relationship Id="rId853769b584af03a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.fas.usda.gov/gats/default.aspx" TargetMode="External"/><Relationship Id="rId730769b584af0436b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://herbarium.usu.edu/webmanual" TargetMode="External"/><Relationship Id="rId251669b584af043ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/ehrharta_calycina.htm" TargetMode="External"/><Relationship Id="rId546469b584af043eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bishopmuseum.org/" TargetMode="External"/><Relationship Id="rId467269b584af044bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/" TargetMode="External"/><Relationship Id="rId788669b584af044f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/" TargetMode="External"/><Relationship Id="rId177569b584af04554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/sh/eafyh6cvmao4tnb/AABJ6ifqIXEUkPUFag52o8oNa/Ehrharta%20calycina.pdf?dl=0" TargetMode="External"/><Relationship Id="rId535269b584af04718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId470069b584af048be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/ehrhcaly.html" TargetMode="External"/><Relationship Id="rId513369b584af048f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gbif.org/" TargetMode="External"/><Relationship Id="rId889769b584af0498c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.herbiguide.com.au/Descriptions/hg_Perennial_Veldtgrass.htm" TargetMode="External"/><Relationship Id="rId267169b584af049ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/ag/AGp/agpc/doc/gbase/Safricadata/ehrcal.htm" TargetMode="External"/><Relationship Id="rId214069b584af04a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newtimesslo.com/cover/12202/grass-attack-efforts-to-manage-veldt-grass-in-the-guadalupe-dunes-go-aerial/" TargetMode="External"/><Relationship Id="rId571469b584af04aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantzafrica.com/plantefg/ehrhartacaly.htm" TargetMode="External"/><Relationship Id="rId553769b584af04cc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://digitalcommons.calpoly.edu/star/30/" TargetMode="External"/><Relationship Id="rId913169b584af04df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=44&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId378569b584af04f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId888669b584af0500e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntrs.nasa.gov/archive/nasa/casi.ntrs.nasa.gov/19880008764.pdf" TargetMode="External"/><Relationship Id="rId645669b584af0516b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/ark:/12148/bpt6k9745401z/f1.image.r=%22Ehrharta%20calycina%22" TargetMode="External"/><Relationship Id="rId638769b584af051eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomysimple.aspx" TargetMode="External"/><Relationship Id="rId903669b584af052c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pandora.nla.gov.au/pan/64168/20080620-0000/www.weeds.crc.org.au/documents/threatened_species_table.pdf" TargetMode="External"/><Relationship Id="rId720269b584af05318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.dpaw.wa.gov.au/" TargetMode="External"/><Relationship Id="rId220769b584af05375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://florabase.dec.wa.gov.au/" TargetMode="External"/><Relationship Id="rId636669b584af0550b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId926869b584af055cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12525" TargetMode="External"/><Relationship Id="rId426769b584af01dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426769b584af01dcb.jpg"/><Relationship Id="rId139469b584af03168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139469b584af03168.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>