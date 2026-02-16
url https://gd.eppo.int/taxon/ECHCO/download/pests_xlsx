--- v0 (2025-10-17)
+++ v1 (2026-02-16)
@@ -122,51 +122,53 @@
   </si>
   <si>
     <t>Fijivirus cuartoense</t>
   </si>
   <si>
     <t>* Laguna IG, de Remes Lenicov AMM, Virla EG, Avila AO, Giménez Pecci MP, Herrera P, Garay J, Ploper D, Mariani R (2002) [Diffusion of Mal de Rio Cuarto virus (MRCV) of maize, its vector, associated planthoppers and alternative hosts in Argentina]. Revista de la Sociedad Entomologica Argentina 61(1-2), 87-97 (in Spanish).</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Anwar SA, McKenry MV, Yasin SI (2011) Rice-root nematode, Hirschmaniella oryzae, infecting rice selections and weed genotypes. Pakistan Journal of Zoology 43, 373-378.
 * Fortuner R (1976) Etude écologique des nématodes des rizières du Sénégal. Cahiers de l'ORSTOM, série Biologie 11(3), 179-191. 
 * Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: the nematode parasites of plants catalogued under their hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks., England. Third Edition.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+-------Rf = 19.81
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 -------very good host in experiments.</t>
   </si>
   <si>
     <t>PYRIOT</t>
   </si>
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t xml:space="preserve">* Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Urashima AS, Hashimoto Y, Don LD, Kusaba M, Tosa Y, Nakayashiki H, Mayama S (1999) Molecular analysis of the wheat blast population in Brazil with a homolog of retrotransposon MGR583. Japanese Journal of Phytopathology 65, 429–436 https://doi.org/10.3186/jjphytopath.65.429
 </t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Ravelo EE, Vaca JU, Arévalo EP, Delgado L, Díaz MF, Piñeros L, Castro AP, Brochero H, Goldarazena A (2018) Presence and distribution of Scirtothrips dorsalis Hood (Thysanoptera: Thripidae) in Colombia. Journal of Insect Science 18, 7. https://doi.org/10.1093/jisesa/iey092</t>
   </si>
   <si>
     <t>XANTTO</t>