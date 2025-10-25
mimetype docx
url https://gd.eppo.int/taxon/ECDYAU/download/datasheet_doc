--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId845668e14a1c869ee" w:history="1">
+            <w:hyperlink r:id="rId460768fccdded1d2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243168e14a1c86a34" w:history="1">
+            <w:hyperlink r:id="rId789468fccdded1d73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73721070" name="name536568e14a1c872c6" descr="12964.jpg"/>
+                  <wp:docPr id="51656977" name="name891168fccdded2604" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId898068e14a1c872c4" cstate="print"/>
+                          <a:blip r:embed="rId402968fccdded2601" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId714168e14a1c87771" w:history="1">
+            <w:hyperlink r:id="rId851668fccdded2746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30062132" name="name248068e14a1c88cc2" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="73403344" name="name268068fccdded401d" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId738468e14a1c88cbf" cstate="print"/>
+                    <a:blip r:embed="rId408968fccdded4017" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId371768e14a1c8966f" w:history="1">
+      <w:hyperlink r:id="rId222868fccdded4f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId219568e14a1c89a18" w:history="1">
+      <w:hyperlink r:id="rId756768fccdded5351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635268e14a1c8a77b" w:history="1">
+      <w:hyperlink r:id="rId939968fccdded61d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725268e14a1c8ac1f" w:history="1">
+      <w:hyperlink r:id="rId277068fccdded6711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557268e14a1c8add0" w:history="1">
+      <w:hyperlink r:id="rId237468fccdded68c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515368e14a1c8ae52" w:history="1">
+      <w:hyperlink r:id="rId668968fccdded6a88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId167968e14a1c8b022" w:history="1">
+      <w:hyperlink r:id="rId772568fccdded6d3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554768e14a1c8bab0" w:history="1">
+      <w:hyperlink r:id="rId537568fccdded7bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738468e14a1c8bb73" w:history="1">
+      <w:hyperlink r:id="rId567868fccdded7cdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89664999">
+  <w:abstractNum w:abstractNumId="50733938">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37528574">
+    <w:lvl w:ilvl="0" w:tplc="94547199">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37528574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94547199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89664998">
+  <w:abstractNum w:abstractNumId="50733937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53265617">
+    <w:lvl w:ilvl="0" w:tplc="91950577">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89664998">
-    <w:abstractNumId w:val="89664998"/>
+  <w:num w:numId="50733937">
+    <w:abstractNumId w:val="50733937"/>
   </w:num>
-  <w:num w:numId="89664999">
-    <w:abstractNumId w:val="89664999"/>
+  <w:num w:numId="50733938">
+    <w:abstractNumId w:val="50733938"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId321196378" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267340839" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845668e14a1c869ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId243168e14a1c86a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId714168e14a1c87771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId371768e14a1c8966f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId219568e14a1c89a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId635268e14a1c8a77b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId725268e14a1c8ac1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId557268e14a1c8add0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId515368e14a1c8ae52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId167968e14a1c8b022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId554768e14a1c8bab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738468e14a1c8bb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId898068e14a1c872c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898068e14a1c872c4.jpg"/><Relationship Id="rId738468e14a1c88cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738468e14a1c88cbf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722379606" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId479758268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460768fccdded1d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId789468fccdded1d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId851668fccdded2746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId222868fccdded4f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId756768fccdded5351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId939968fccdded61d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId277068fccdded6711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId237468fccdded68c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId668968fccdded6a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId772568fccdded6d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId537568fccdded7bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567868fccdded7cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId402968fccdded2601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402968fccdded2601.jpg"/><Relationship Id="rId408968fccdded4017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId408968fccdded4017.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>