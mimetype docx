--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460768fccdded1d2a" w:history="1">
+            <w:hyperlink r:id="rId608769183cfd448bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId789468fccdded1d73" w:history="1">
+            <w:hyperlink r:id="rId387569183cfd4491c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51656977" name="name891168fccdded2604" descr="12964.jpg"/>
+                  <wp:docPr id="60877935" name="name528069183cfd4512e" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId402968fccdded2601" cstate="print"/>
+                          <a:blip r:embed="rId357869183cfd4512c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId851668fccdded2746" w:history="1">
+            <w:hyperlink r:id="rId683569183cfd45255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73403344" name="name268068fccdded401d" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="70858165" name="name961269183cfd4670e" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId408968fccdded4017" cstate="print"/>
+                    <a:blip r:embed="rId693969183cfd4670b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId222868fccdded4f1f" w:history="1">
+      <w:hyperlink r:id="rId639069183cfd4722b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId756768fccdded5351" w:history="1">
+      <w:hyperlink r:id="rId143069183cfd47623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939968fccdded61d8" w:history="1">
+      <w:hyperlink r:id="rId246569183cfd483b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277068fccdded6711" w:history="1">
+      <w:hyperlink r:id="rId105269183cfd48886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237468fccdded68c6" w:history="1">
+      <w:hyperlink r:id="rId887669183cfd48a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668968fccdded6a88" w:history="1">
+      <w:hyperlink r:id="rId984969183cfd48aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772568fccdded6d3b" w:history="1">
+      <w:hyperlink r:id="rId595269183cfd48c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537568fccdded7bfa" w:history="1">
+      <w:hyperlink r:id="rId678369183cfd4979f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567868fccdded7cdd" w:history="1">
+      <w:hyperlink r:id="rId321169183cfd4985a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50733938">
+  <w:abstractNum w:abstractNumId="27474692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94547199">
+    <w:lvl w:ilvl="0" w:tplc="25273247">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94547199" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25273247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50733937">
+  <w:abstractNum w:abstractNumId="27474691">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91950577">
+    <w:lvl w:ilvl="0" w:tplc="22542548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50733937">
-    <w:abstractNumId w:val="50733937"/>
+  <w:num w:numId="27474691">
+    <w:abstractNumId w:val="27474691"/>
   </w:num>
-  <w:num w:numId="50733938">
-    <w:abstractNumId w:val="50733938"/>
+  <w:num w:numId="27474692">
+    <w:abstractNumId w:val="27474692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722379606" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId479758268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460768fccdded1d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId789468fccdded1d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId851668fccdded2746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId222868fccdded4f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId756768fccdded5351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId939968fccdded61d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId277068fccdded6711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId237468fccdded68c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId668968fccdded6a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId772568fccdded6d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId537568fccdded7bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567868fccdded7cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId402968fccdded2601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402968fccdded2601.jpg"/><Relationship Id="rId408968fccdded4017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId408968fccdded4017.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId639950071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795749371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId608769183cfd448bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId387569183cfd4491c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId683569183cfd45255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId639069183cfd4722b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId143069183cfd47623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId246569183cfd483b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId105269183cfd48886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId887669183cfd48a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId984969183cfd48aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId595269183cfd48c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId678369183cfd4979f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId321169183cfd4985a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId357869183cfd4512c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357869183cfd4512c.jpg"/><Relationship Id="rId693969183cfd4670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693969183cfd4670b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>