--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608769183cfd448bf" w:history="1">
+            <w:hyperlink r:id="rId1695694e03985b11b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387569183cfd4491c" w:history="1">
+            <w:hyperlink r:id="rId3232694e03985b160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60877935" name="name528069183cfd4512e" descr="12964.jpg"/>
+                  <wp:docPr id="24408983" name="name2870694e03985b22d" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId357869183cfd4512c" cstate="print"/>
+                          <a:blip r:embed="rId9933694e03985b22c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId683569183cfd45255" w:history="1">
+            <w:hyperlink r:id="rId3417694e03985b36d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70858165" name="name961269183cfd4670e" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="52515017" name="name9257694e03985c88f" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId693969183cfd4670b" cstate="print"/>
+                    <a:blip r:embed="rId9201694e03985c88b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId639069183cfd4722b" w:history="1">
+      <w:hyperlink r:id="rId1313694e03985d24d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId143069183cfd47623" w:history="1">
+      <w:hyperlink r:id="rId2751694e03985d653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246569183cfd483b9" w:history="1">
+      <w:hyperlink r:id="rId2390694e03985e400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105269183cfd48886" w:history="1">
+      <w:hyperlink r:id="rId7765694e03985e88b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887669183cfd48a2a" w:history="1">
+      <w:hyperlink r:id="rId1692694e03985ea25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984969183cfd48aa7" w:history="1">
+      <w:hyperlink r:id="rId7143694e03985eaa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595269183cfd48c63" w:history="1">
+      <w:hyperlink r:id="rId6674694e03985ec80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678369183cfd4979f" w:history="1">
+      <w:hyperlink r:id="rId9592694e03985f721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321169183cfd4985a" w:history="1">
+      <w:hyperlink r:id="rId3593694e03985f819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27474692">
+  <w:abstractNum w:abstractNumId="83390825">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25273247">
+    <w:lvl w:ilvl="0" w:tplc="47366195">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25273247" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47366195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27474691">
+  <w:abstractNum w:abstractNumId="83390824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22542548">
+    <w:lvl w:ilvl="0" w:tplc="59832492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27474691">
-    <w:abstractNumId w:val="27474691"/>
+  <w:num w:numId="83390824">
+    <w:abstractNumId w:val="83390824"/>
   </w:num>
-  <w:num w:numId="27474692">
-    <w:abstractNumId w:val="27474692"/>
+  <w:num w:numId="83390825">
+    <w:abstractNumId w:val="83390825"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId639950071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795749371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId608769183cfd448bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId387569183cfd4491c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId683569183cfd45255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId639069183cfd4722b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId143069183cfd47623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId246569183cfd483b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId105269183cfd48886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId887669183cfd48a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId984969183cfd48aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId595269183cfd48c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId678369183cfd4979f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId321169183cfd4985a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId357869183cfd4512c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357869183cfd4512c.jpg"/><Relationship Id="rId693969183cfd4670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693969183cfd4670b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968062611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId555839166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1695694e03985b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId3232694e03985b160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId3417694e03985b36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId1313694e03985d24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId2751694e03985d653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2390694e03985e400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId7765694e03985e88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId1692694e03985ea25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7143694e03985eaa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId6674694e03985ec80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId9592694e03985f721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3593694e03985f819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId9933694e03985b22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9933694e03985b22c.jpg"/><Relationship Id="rId9201694e03985c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9201694e03985c88b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>