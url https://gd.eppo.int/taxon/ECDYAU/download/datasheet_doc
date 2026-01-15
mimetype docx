--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1695694e03985b11b" w:history="1">
+            <w:hyperlink r:id="rId47056968d917cc0d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3232694e03985b160" w:history="1">
+            <w:hyperlink r:id="rId94686968d917cc11a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24408983" name="name2870694e03985b22d" descr="12964.jpg"/>
+                  <wp:docPr id="22064196" name="name67836968d917cc208" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9933694e03985b22c" cstate="print"/>
+                          <a:blip r:embed="rId29196968d917cc207" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3417694e03985b36d" w:history="1">
+            <w:hyperlink r:id="rId11186968d917cc308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52515017" name="name9257694e03985c88f" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="69248907" name="name70046968d917cd0f7" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9201694e03985c88b" cstate="print"/>
+                    <a:blip r:embed="rId80626968d917cd0f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1313694e03985d24d" w:history="1">
+      <w:hyperlink r:id="rId57756968d917cdad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751694e03985d653" w:history="1">
+      <w:hyperlink r:id="rId81236968d917cdff9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2390694e03985e400" w:history="1">
+      <w:hyperlink r:id="rId35436968d917cedab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7765694e03985e88b" w:history="1">
+      <w:hyperlink r:id="rId81126968d917cf266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1692694e03985ea25" w:history="1">
+      <w:hyperlink r:id="rId15306968d917cf40d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7143694e03985eaa1" w:history="1">
+      <w:hyperlink r:id="rId52936968d917cf48b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6674694e03985ec80" w:history="1">
+      <w:hyperlink r:id="rId57006968d917cf651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8374,73 +8374,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9592694e03985f721" w:history="1">
+      <w:hyperlink r:id="rId89126968d917d0127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3593694e03985f819" w:history="1">
+      <w:hyperlink r:id="rId51146968d917d01e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83390825">
+  <w:abstractNum w:abstractNumId="25136988">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47366195">
+    <w:lvl w:ilvl="0" w:tplc="25610720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47366195" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25610720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83390824">
+  <w:abstractNum w:abstractNumId="25136987">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59832492">
+    <w:lvl w:ilvl="0" w:tplc="79943079">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83390824">
-    <w:abstractNumId w:val="83390824"/>
+  <w:num w:numId="25136987">
+    <w:abstractNumId w:val="25136987"/>
   </w:num>
-  <w:num w:numId="83390825">
-    <w:abstractNumId w:val="83390825"/>
+  <w:num w:numId="25136988">
+    <w:abstractNumId w:val="25136988"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968062611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId555839166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1695694e03985b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId3232694e03985b160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId3417694e03985b36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId1313694e03985d24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId2751694e03985d653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2390694e03985e400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId7765694e03985e88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId1692694e03985ea25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7143694e03985eaa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId6674694e03985ec80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId9592694e03985f721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3593694e03985f819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId9933694e03985b22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9933694e03985b22c.jpg"/><Relationship Id="rId9201694e03985c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9201694e03985c88b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985166603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219923154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47056968d917cc0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId94686968d917cc11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId11186968d917cc308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId57756968d917cdad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId81236968d917cdff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId35436968d917cedab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId81126968d917cf266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId15306968d917cf40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52936968d917cf48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId57006968d917cf651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId89126968d917d0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51146968d917d01e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId29196968d917cc207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29196968d917cc207.jpg"/><Relationship Id="rId80626968d917cd0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80626968d917cd0f4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>