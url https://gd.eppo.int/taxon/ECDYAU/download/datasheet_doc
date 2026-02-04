--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47056968d917cc0d1" w:history="1">
+            <w:hyperlink r:id="rId558669836b55b3c38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94686968d917cc11a" w:history="1">
+            <w:hyperlink r:id="rId815369836b55b3c7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22064196" name="name67836968d917cc208" descr="12964.jpg"/>
+                  <wp:docPr id="23016749" name="name674269836b55b3d34" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29196968d917cc207" cstate="print"/>
+                          <a:blip r:embed="rId824669836b55b3d33" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11186968d917cc308" w:history="1">
+            <w:hyperlink r:id="rId140569836b55b3e1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69248907" name="name70046968d917cd0f7" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="83046164" name="name116969836b55b4fa0" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80626968d917cd0f4" cstate="print"/>
+                    <a:blip r:embed="rId286569836b55b4f9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId57756968d917cdad8" w:history="1">
+      <w:hyperlink r:id="rId927469836b55b5927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId81236968d917cdff9" w:history="1">
+      <w:hyperlink r:id="rId234469836b55b5d0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35436968d917cedab" w:history="1">
+      <w:hyperlink r:id="rId315669836b55b6a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81126968d917cf266" w:history="1">
+      <w:hyperlink r:id="rId812469836b55b6ef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15306968d917cf40d" w:history="1">
+      <w:hyperlink r:id="rId658969836b55b708d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52936968d917cf48b" w:history="1">
+      <w:hyperlink r:id="rId383069836b55b7114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57006968d917cf651" w:history="1">
+      <w:hyperlink r:id="rId155569836b55b72d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89126968d917d0127" w:history="1">
+      <w:hyperlink r:id="rId290569836b55b7d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51146968d917d01e5" w:history="1">
+      <w:hyperlink r:id="rId524969836b55b7e29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25136988">
+  <w:abstractNum w:abstractNumId="52052815">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25610720">
+    <w:lvl w:ilvl="0" w:tplc="22214989">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25610720" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22214989" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25136987">
+  <w:abstractNum w:abstractNumId="52052814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79943079">
+    <w:lvl w:ilvl="0" w:tplc="31119004">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25136987">
-    <w:abstractNumId w:val="25136987"/>
+  <w:num w:numId="52052814">
+    <w:abstractNumId w:val="52052814"/>
   </w:num>
-  <w:num w:numId="25136988">
-    <w:abstractNumId w:val="25136988"/>
+  <w:num w:numId="52052815">
+    <w:abstractNumId w:val="52052815"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985166603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219923154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47056968d917cc0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId94686968d917cc11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId11186968d917cc308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId57756968d917cdad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId81236968d917cdff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId35436968d917cedab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId81126968d917cf266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId15306968d917cf40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52936968d917cf48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId57006968d917cf651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId89126968d917d0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51146968d917d01e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId29196968d917cc207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29196968d917cc207.jpg"/><Relationship Id="rId80626968d917cd0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80626968d917cd0f4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534226173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814249086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId558669836b55b3c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId815369836b55b3c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId140569836b55b3e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId927469836b55b5927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId234469836b55b5d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId315669836b55b6a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId812469836b55b6ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId658969836b55b708d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId383069836b55b7114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId155569836b55b72d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId290569836b55b7d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId524969836b55b7e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId824669836b55b3d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId824669836b55b3d33.jpg"/><Relationship Id="rId286569836b55b4f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId286569836b55b4f9c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>