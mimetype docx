--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558669836b55b3c38" w:history="1">
+            <w:hyperlink r:id="rId7868699f408cbe609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId815369836b55b3c7d" w:history="1">
+            <w:hyperlink r:id="rId9666699f408cbe65d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23016749" name="name674269836b55b3d34" descr="12964.jpg"/>
+                  <wp:docPr id="543742" name="name9997699f408cbeaa5" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId824669836b55b3d33" cstate="print"/>
+                          <a:blip r:embed="rId2569699f408cbeaa3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId140569836b55b3e1e" w:history="1">
+            <w:hyperlink r:id="rId8357699f408cbec62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,63 +1518,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83046164" name="name116969836b55b4fa0" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="56949152" name="name5952699f408cbffb5" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId286569836b55b4f9c" cstate="print"/>
+                    <a:blip r:embed="rId5751699f408cbffb2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId927469836b55b5927" w:history="1">
+      <w:hyperlink r:id="rId4485699f408cc09b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId234469836b55b5d0a" w:history="1">
+      <w:hyperlink r:id="rId6357699f408cc0d4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315669836b55b6a5f" w:history="1">
+      <w:hyperlink r:id="rId2611699f408cc1aba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812469836b55b6ef3" w:history="1">
+      <w:hyperlink r:id="rId4358699f408cc1f39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658969836b55b708d" w:history="1">
+      <w:hyperlink r:id="rId5756699f408cc20d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383069836b55b7114" w:history="1">
+      <w:hyperlink r:id="rId8058699f408cc214e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155569836b55b72d3" w:history="1">
+      <w:hyperlink r:id="rId9034699f408cc2308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290569836b55b7d72" w:history="1">
+      <w:hyperlink r:id="rId6659699f408cc2d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524969836b55b7e29" w:history="1">
+      <w:hyperlink r:id="rId9220699f408cc2e45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52052815">
+  <w:abstractNum w:abstractNumId="74344866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22214989">
+    <w:lvl w:ilvl="0" w:tplc="96990229">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22214989" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96990229" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52052814">
+  <w:abstractNum w:abstractNumId="74344865">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31119004">
+    <w:lvl w:ilvl="0" w:tplc="30516374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52052814">
-    <w:abstractNumId w:val="52052814"/>
+  <w:num w:numId="74344865">
+    <w:abstractNumId w:val="74344865"/>
   </w:num>
-  <w:num w:numId="52052815">
-    <w:abstractNumId w:val="52052815"/>
+  <w:num w:numId="74344866">
+    <w:abstractNumId w:val="74344866"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534226173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814249086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId558669836b55b3c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId815369836b55b3c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId140569836b55b3e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId927469836b55b5927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId234469836b55b5d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId315669836b55b6a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId812469836b55b6ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId658969836b55b708d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId383069836b55b7114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId155569836b55b72d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId290569836b55b7d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId524969836b55b7e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId824669836b55b3d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId824669836b55b3d33.jpg"/><Relationship Id="rId286569836b55b4f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId286569836b55b4f9c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId275154447" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108265720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7868699f408cbe609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId9666699f408cbe65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId8357699f408cbec62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId4485699f408cc09b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId6357699f408cc0d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2611699f408cc1aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId4358699f408cc1f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId5756699f408cc20d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8058699f408cc214e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId9034699f408cc2308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId6659699f408cc2d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9220699f408cc2e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId2569699f408cbeaa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2569699f408cbeaa3.jpg"/><Relationship Id="rId5751699f408cbffb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5751699f408cbffb2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>