--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus fruit borer, macadamia nut borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7868699f408cbe609" w:history="1">
+            <w:hyperlink r:id="rId728869ba09e158f2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9666699f408cbe65d" w:history="1">
+            <w:hyperlink r:id="rId373369ba09e158f78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ECDYAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="543742" name="name9997699f408cbeaa5" descr="12964.jpg"/>
+                  <wp:docPr id="16753608" name="name660169ba09e15b1b3" descr="12964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2569699f408cbeaa3" cstate="print"/>
+                          <a:blip r:embed="rId347269ba09e15b1b1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8357699f408cbec62" w:history="1">
+            <w:hyperlink r:id="rId311369ba09e15b318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1518,126 +1518,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not known for a number of countries as for these cases little information has been published or records date from the start of the 1900s (including Bolivia, Cuba, French Guiana, Honduras, Mexico, Nicaragua, Panama and Suriname; EPPO, 2020) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56949152" name="name5952699f408cbffb5" descr="ECDYAU_distribution_map.jpg"/>
+            <wp:docPr id="99849136" name="name998869ba09e15c44d" descr="ECDYAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ECDYAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5751699f408cbffb2" cstate="print"/>
+                    <a:blip r:embed="rId176769ba09e15c44a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mexico</w:t>
+        <w:t xml:space="preserve"> Mexico, United States of America (Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Costa Rica, Cuba, Dominican Republic, El Salvador, Guatemala, Honduras, Nicaragua, Panama, Puerto Rico, Trinidad and Tobago</w:t>
+        <w:t xml:space="preserve"> Bahamas, Belize, Costa Rica, Cuba, Dominican Republic, El Salvador, Guatemala, Honduras, Nicaragua, Panama, Puerto Rico, Trinidad and Tobago</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Bolivia, Brazil (Alagoas, Amazonas, Bahia, Distrito Federal, Espirito Santo, Goias, Maranhao, Mato Grosso, Minas Gerais, Para, Parana, Rio de Janeiro, Rio Grande do Sul, Rondonia, Santa Catarina, Sao Paulo), Colombia, Ecuador, French Guiana, Peru, Suriname, Uruguay, Venezuela</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2763,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">larvae and a description of last instar larvae of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> G.  aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are provided in Adamski and Brown (2001). Brown (2011) provides an online interactive tool to determine if a larvae is a Tortricidae and its possible identity (based on species intercepted in the USA) depending on the host fruit and its geographical origin (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4485699f408cc09b6" w:history="1">
+      <w:hyperlink r:id="rId188569ba09e15ce14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/keys/TortAILarv ae.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3324,51 +3324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species or other Tortricidae (Adamski &amp; Brown, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regarding molecular identification, barcodes are available for several specimens from various countries (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6357699f408cc0d4d" w:history="1">
+      <w:hyperlink r:id="rId719869ba09e15d1ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://v4.boldsystems.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). There are also sequences from several specimens of other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5406,51 +5406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Batista Pereira LG (2008) Dossiê Técnico. Minador-das-Folhas-dos-Citros e Bichofurão: Pragas de Importância Econômica da Cultura do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2611699f408cc1aba" w:history="1">
+      <w:hyperlink r:id="rId458369ba09e15f135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.respo statecnica.org.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6122,51 +6122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 99–103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW (2011) Tools for Identifying the Larvae of Leafrollers (Lepidoptera: Tortricidae) frequently Intercepted at U.S. Ports of Entry Systematic Entomology Laboratory, PSI, Agricultural Research Service, U.S. Department of Agriculture c/o National Museum of Natural History, Washington, D.C. Draft, September 2011. 19 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4358699f408cc1f39" w:history="1">
+      <w:hyperlink r:id="rId625769ba09e15f9cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtoo ls.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6377,51 +6377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. Document 20-25860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5756699f408cc20d3" w:history="1">
+      <w:hyperlink r:id="rId554369ba09e15fb8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6454,51 +6454,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Funde de Defesa da Citricultura, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundecitrus (2019) Bicho Furao. Funde de Defesa da Citricultura, Brasil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8058699f408cc214e" w:history="1">
+      <w:hyperlink r:id="rId471169ba09e15fc0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.funde citrus.com.br/doenc as/bicho -furao</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6729,51 +6729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tortricids of Agricultural Importance by Todd M. Gilligan and Marc E. Epstein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Interactive Keys developed in Lucid 3.5. Last updated August 2014. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9034699f408cc2308" w:history="1">
+      <w:hyperlink r:id="rId440269ba09e15fde0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8396,51 +8396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gymnandrosoma aurantianum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6659699f408cc2d92" w:history="1">
+      <w:hyperlink r:id="rId495769ba09e160862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8509,51 +8509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 387–393. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9220699f408cc2e45" w:history="1">
+      <w:hyperlink r:id="rId928369ba09e16091b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12830</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8640,137 +8640,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74344866">
+  <w:abstractNum w:abstractNumId="38254646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96990229">
+    <w:lvl w:ilvl="0" w:tplc="65876771">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96990229" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65876771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74344865">
+  <w:abstractNum w:abstractNumId="38254645">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30516374">
+    <w:lvl w:ilvl="0" w:tplc="85184323">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9522,55 +9522,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74344865">
-    <w:abstractNumId w:val="74344865"/>
+  <w:num w:numId="38254645">
+    <w:abstractNumId w:val="38254645"/>
   </w:num>
-  <w:num w:numId="74344866">
-    <w:abstractNumId w:val="74344866"/>
+  <w:num w:numId="38254646">
+    <w:abstractNumId w:val="38254646"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21120,51 +21120,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId275154447" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108265720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7868699f408cbe609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId9666699f408cbe65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId8357699f408cbec62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId4485699f408cc09b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId6357699f408cc0d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId2611699f408cc1aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId4358699f408cc1f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId5756699f408cc20d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8058699f408cc214e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId9034699f408cc2308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId6659699f408cc2d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9220699f408cc2e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId2569699f408cbeaa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2569699f408cbeaa3.jpg"/><Relationship Id="rId5751699f408cbffb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5751699f408cbffb2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId379579711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321435396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId728869ba09e158f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/" TargetMode="External"/><Relationship Id="rId373369ba09e158f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/categorization" TargetMode="External"/><Relationship Id="rId311369ba09e15b318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ECDYAU/photos" TargetMode="External"/><Relationship Id="rId188569ba09e15ce14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId719869ba09e15d1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://v4.boldsystems.org/" TargetMode="External"/><Relationship Id="rId458369ba09e15f135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respo%20statecnica.org.br" TargetMode="External"/><Relationship Id="rId625769ba09e15f9cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtoo%20ls.org/" TargetMode="External"/><Relationship Id="rId554369ba09e15fb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId471169ba09e15fc0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.funde%20citrus.com.br/doenc%20as/bicho%20-furao" TargetMode="External"/><Relationship Id="rId440269ba09e15fde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/keys/TortAILarv%20ae.html" TargetMode="External"/><Relationship Id="rId495769ba09e160862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId928369ba09e16091b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12830" TargetMode="External"/><Relationship Id="rId347269ba09e15b1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId347269ba09e15b1b1.jpg"/><Relationship Id="rId176769ba09e15c44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId176769ba09e15c44a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>