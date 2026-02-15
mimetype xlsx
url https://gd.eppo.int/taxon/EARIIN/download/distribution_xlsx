--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -614,51 +614,51 @@
   <si>
     <t>Kriti</t>
   </si>
   <si>
     <t>ct</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Baleares</t>
   </si>
   <si>
     <t>bi</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>