--- v0 (2025-10-01)
+++ v1 (2025-10-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EAIGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRGVI</t>
   </si>
   <si>
     <t>Acrogonia virescens</t>
   </si>
   <si>
     <t>* Keil CB, Lozada PW (2021) Cicadellinae of Ecuador and Cicadellidae of Galápagos, Neotropical Biodiversity 7(1), 23-38.</t>
   </si>
   <si>
@@ -328,50 +328,54 @@
     <t>PIMAGH</t>
   </si>
   <si>
     <t>Pimelephila ghesquierei</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* de la Torre ARC, de la Torre JAA, Moya OM (2010) Biologia, habitos y manejo de Rhynchophorus palmarum. Boletin Tecnico no. 23, Centro de Investigación en Palma de Aceite, Cenipalma, Colombia, 53 pp.
 * Faleiro JR, Jaques JA, Carrillo D, Giblin-Davis R, Mannion CM, Peña-Rojas E, Peña JE (2016) Integrated Pest Management (IPM) of palm pests. In: Abrol DP (ed) Integrated Pest Management in the Tropics; pp. 439-497.
 * Korytkowski GCA, Ruiz AER (1979) [Current status of the pests of oil palm (Elaeis guineensis Jacquin) in Tananta (Huallaga Central, San Martin, Peru)]. Revista Peruana de Entomologia 22(1), 17-20 (in Spanish).
 * Lepesme P (1947) Les insectes des palmiers. Paul Lechevalier editeur, Paris, 903 pp.
 * Moura JIL, dos Santos  LP, bittencourt MAL, Krug C (2013) [Preference of palm weevils for oil palm, caiaué, and for their interspecific hybrid]. Pesquisa Agropecuária Brasileira 48(4), 454-456 (in Portuguese).
 * Plata-Rueda A, Martinez LC, Fernandes FL, de Sousa Ramalho F, Zanuncio JC, Serrao JE (2016) Interactions between the bud rot disease of oil palm and Rhynchophorus palmarum (Coleoptera: Curculionidae). Journal of Economic Entomology 109(2), 962-965.
 * Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
     <t>RHYCPH</t>
   </si>
   <si>
     <t>Rhynchophorus phoenicis</t>
+  </si>
+  <si>
+    <t>* Commander TN, Stanley DON (2022) Population dynamics of African palm weevil (Rhynchophorus phoenicis F.) on breeding sites of oil palm (Elaeis guineensis Jacq.) in Niger Delta, Nigeria. International Journal of Entomology and Nematology Research 6, 1-10.
+* Hil, DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
   </si>
   <si>
     <t>CERCEL</t>
   </si>
   <si>
     <t>Uwemyces elaeidis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1211,61 +1215,63 @@
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>71</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>99</v>
       </c>
       <c r="C40" t="s">
         <v>100</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>71</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>