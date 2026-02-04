--- v1 (2025-10-27)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EAIGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRGVI</t>
   </si>
   <si>
     <t>Acrogonia virescens</t>
   </si>
   <si>
     <t>* Keil CB, Lozada PW (2021) Cicadellinae of Ecuador and Cicadellidae of Galápagos, Neotropical Biodiversity 7(1), 23-38.</t>
   </si>
   <si>
@@ -156,50 +156,59 @@
     <t>ORYCMO</t>
   </si>
   <si>
     <t>Oryctes monoceros</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
   <si>
     <t>Paraleyrodes minei</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>PROHCU</t>
   </si>
   <si>
     <t>Promecotheca cumingi</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* Melo JWS, Navia D, Mendes, Rosenya JA, Filgueiras MC,. Teodoro AV, Ferreira JMS, Guzzo EC, de Souza IV, de Mendonça RS, Calvet EC, Paz Neto AA, Gondim MGC, de Morais EGF, Godoy MS, dos Santos JR, Silva RIR, da Silva VB, Norte RF, Oliva AB, dos Santos RDP, Domingos CA (2018) The invasive red palm mite, Raoiella indica Hirst (Acari: Tenuipalpidae), in Brazil: range extension and arrival into the most threatened area, the Northeast Region, International Journal of Acarology, 44:4-5, 146-149, DOI: 10.1080/01647954.2018.1474945</t>
   </si>
   <si>
     <t>SPPHOB</t>
   </si>
   <si>
     <t>Rhabdoscelus obscurus</t>
   </si>
   <si>
     <t>RHYCFE</t>
   </si>
   <si>
     <t>Rhynchophorus ferrugineus</t>
   </si>
   <si>
     <t>* Esteban-Duran J, Yela JL, Beitia Crespo F &amp; Jimenez Alvarez A (1998) [Exotic curculionids liable to be introduced into Spain and other EU countries through imported vegetables.] Boletín de Sanidad Vegetal, Plagas 24, 23 – 40 (in Spanish).
 * Wahizatul AA, Chong JL, Zakeri HA, Norhayai Y, Wan BWO, Yong KW, Ainatun NZ, Modh HH (2017) The red palm weevil, Rhynchophorus ferrugineus: current issues and challenges in Malaysia. Oil Palm Bulletin 74, 17-24.</t>
@@ -685,51 +694,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="626.276" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -959,321 +968,335 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>54</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>61</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>4</v>
+      </c>
+      <c r="B28" t="s">
         <v>71</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>72</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>73</v>
       </c>
-      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>78</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>83</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
         <v>84</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>98</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>99</v>
       </c>
       <c r="C40" t="s">
         <v>100</v>
       </c>
       <c r="D40" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>74</v>
+      </c>
+      <c r="B42" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" t="s">
+        <v>106</v>
+      </c>
+      <c r="D42"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>