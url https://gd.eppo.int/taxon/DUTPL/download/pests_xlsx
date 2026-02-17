--- v0 (2025-10-18)
+++ v1 (2026-02-17)
@@ -12,90 +12,93 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DUTPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.</t>
   </si>
   <si>
     <t>ALTHFL</t>
   </si>
   <si>
     <t>Aleurothrixus floccosus</t>
   </si>
   <si>
     <t>* Shih AT, Polaszek A, Dubey AK, Chen SP, Yang PS, Ko CC (2015): New species of Eretmocerus Haldeman (Hymenoptera: Aphelinidae) parasitizing Crenidorsum turpiniae (Takahashi) and Aleurothrixus floccosus (Maskell) (Hemiptera: Aleyrodidae) from Taiwan, Journal of Natural History, DOI: 10.1080/00222933.2015.1075622
 ------- It causes serious damage to Duranta repens (ornamental) in Taiwan.</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Chandrashekar K, Rao A, Asawari G, Verma R, Savarni T (2020) Aleurothrixus trachoides (Back) can transmit begomovirus from Duranta to potato, tomato and bell pepper. Journal of Biosciences. 45(1), 36 </t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Shaheen S, Usman N, Siddique R, Alhomaidi E, Khalid S, Khalid Z, Sonia R, Ibadullayeva S, Dinislam K, Mursal N (2025) Microscopic and analytical insights into the morphoanatomical, pharmacognosy and bioactivity of healthy and geminivirus‐infected Duranta erecta L.: a new report. Journal of Phytopathology 173(5), e70165.</t>
   </si>
   <si>
     <t>BUCLXA</t>
   </si>
   <si>
     <t>Bucephalogonia xanthophis</t>
   </si>
   <si>
     <t>* Bento JMS, Arab A, Zacarin GG, Signoretti AGC, Silva JWP (2008) Attraction of Bucephalogonia xanthophis (Hemiptera: Cicadellidae) to volatiles of its natural host Vernonia condensata (Asteraceae). Scientia Agricola (Piracicaba, Brazil) 65(6), 634-638.
 ------- as Duranta repens</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
@@ -541,162 +544,164 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">