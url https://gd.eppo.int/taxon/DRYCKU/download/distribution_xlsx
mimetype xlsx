--- v0 (2025-10-02)
+++ v1 (2026-02-06)
@@ -413,51 +413,51 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>