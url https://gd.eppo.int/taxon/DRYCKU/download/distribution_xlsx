--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1585,51 +1585,51 @@
         <v>83</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>86</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>49</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>88</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>49</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>