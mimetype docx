--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId654868e2d4eb5e9dc" w:history="1">
+            <w:hyperlink r:id="rId429668fe3d84e8cf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560768e2d4eb5ea49" w:history="1">
+            <w:hyperlink r:id="rId608268fe3d84e8d5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38363193" name="name249168e2d4eb5ed8f" descr="11991.jpg"/>
+                  <wp:docPr id="18032667" name="name775668fe3d84e8e30" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId213168e2d4eb5ed8e" cstate="print"/>
+                          <a:blip r:embed="rId680668fe3d84e8e2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId872368e2d4eb5eea6" w:history="1">
+            <w:hyperlink r:id="rId341868fe3d84e8f89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81727503" name="name317868e2d4eb5fc7b" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="33708707" name="name195168fe3d84e9546" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId193968e2d4eb5fc78" cstate="print"/>
+                    <a:blip r:embed="rId740968fe3d84e9545" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742768e2d4eb620ea" w:history="1">
+      <w:hyperlink r:id="rId161068fe3d84edeff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638568e2d4eb621c5" w:history="1">
+      <w:hyperlink r:id="rId899768fe3d84edfde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861968e2d4eb625c8" w:history="1">
+      <w:hyperlink r:id="rId623568fe3d84ee3f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889968e2d4eb6269b" w:history="1">
+      <w:hyperlink r:id="rId620068fe3d84f0494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569468e2d4eb62a8f" w:history="1">
+      <w:hyperlink r:id="rId475968fe3d84f08ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538268e2d4eb62f0a" w:history="1">
+      <w:hyperlink r:id="rId471368fe3d84f0cca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213968e2d4eb63b40" w:history="1">
+      <w:hyperlink r:id="rId741168fe3d84f191e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291968e2d4eb63c1c" w:history="1">
+      <w:hyperlink r:id="rId922568fe3d84f19fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67520016" name="name899468e2d4eb63c92" descr="eu_funding_250.png"/>
+            <wp:docPr id="51234312" name="name434368fe3d84f32b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId529368e2d4eb63c91" cstate="print"/>
+                    <a:blip r:embed="rId240468fe3d84f32b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32075711">
+  <w:abstractNum w:abstractNumId="35890411">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95748803">
+    <w:lvl w:ilvl="0" w:tplc="49078849">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95748803" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49078849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32075710">
+  <w:abstractNum w:abstractNumId="35890410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82593320">
+    <w:lvl w:ilvl="0" w:tplc="11367445">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32075710">
-    <w:abstractNumId w:val="32075710"/>
+  <w:num w:numId="35890410">
+    <w:abstractNumId w:val="35890410"/>
   </w:num>
-  <w:num w:numId="32075711">
-    <w:abstractNumId w:val="32075711"/>
+  <w:num w:numId="35890411">
+    <w:abstractNumId w:val="35890411"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId204212344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId604106983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId654868e2d4eb5e9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId560768e2d4eb5ea49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId872368e2d4eb5eea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId742768e2d4eb620ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId638568e2d4eb621c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId861968e2d4eb625c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId889968e2d4eb6269b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId569468e2d4eb62a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId538268e2d4eb62f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId213968e2d4eb63b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId291968e2d4eb63c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId213168e2d4eb5ed8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213168e2d4eb5ed8e.jpg"/><Relationship Id="rId193968e2d4eb5fc78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193968e2d4eb5fc78.jpg"/><Relationship Id="rId529368e2d4eb63c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529368e2d4eb63c91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934533162" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId501270418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId429668fe3d84e8cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId608268fe3d84e8d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId341868fe3d84e8f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId161068fe3d84edeff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId899768fe3d84edfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId623568fe3d84ee3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId620068fe3d84f0494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId475968fe3d84f08ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId471368fe3d84f0cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId741168fe3d84f191e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId922568fe3d84f19fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId680668fe3d84e8e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId680668fe3d84e8e2f.jpg"/><Relationship Id="rId740968fe3d84e9545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740968fe3d84e9545.jpg"/><Relationship Id="rId240468fe3d84f32b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240468fe3d84f32b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>