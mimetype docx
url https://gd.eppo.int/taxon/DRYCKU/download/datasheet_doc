--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429668fe3d84e8cf1" w:history="1">
+            <w:hyperlink r:id="rId7060691ab58bda31b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608268fe3d84e8d5b" w:history="1">
+            <w:hyperlink r:id="rId4260691ab58bda383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18032667" name="name775668fe3d84e8e30" descr="11991.jpg"/>
+                  <wp:docPr id="54722097" name="name8580691ab58bda44e" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId680668fe3d84e8e2f" cstate="print"/>
+                          <a:blip r:embed="rId6044691ab58bda44d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId341868fe3d84e8f89" w:history="1">
+            <w:hyperlink r:id="rId9343691ab58bda53a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33708707" name="name195168fe3d84e9546" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="41770836" name="name6633691ab58bdb55c" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId740968fe3d84e9545" cstate="print"/>
+                    <a:blip r:embed="rId9116691ab58bdb55a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161068fe3d84edeff" w:history="1">
+      <w:hyperlink r:id="rId1557691ab58bdd808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899768fe3d84edfde" w:history="1">
+      <w:hyperlink r:id="rId3958691ab58bdd8da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623568fe3d84ee3f3" w:history="1">
+      <w:hyperlink r:id="rId8013691ab58bddcc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620068fe3d84f0494" w:history="1">
+      <w:hyperlink r:id="rId9201691ab58bddd96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475968fe3d84f08ab" w:history="1">
+      <w:hyperlink r:id="rId5780691ab58bde15a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471368fe3d84f0cca" w:history="1">
+      <w:hyperlink r:id="rId2426691ab58bde557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741168fe3d84f191e" w:history="1">
+      <w:hyperlink r:id="rId2507691ab58bdf14b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922568fe3d84f19fe" w:history="1">
+      <w:hyperlink r:id="rId6866691ab58bdf221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51234312" name="name434368fe3d84f32b4" descr="eu_funding_250.png"/>
+            <wp:docPr id="79173462" name="name3513691ab58bdf291" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId240468fe3d84f32b1" cstate="print"/>
+                    <a:blip r:embed="rId9006691ab58bdf28f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35890411">
+  <w:abstractNum w:abstractNumId="84022056">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49078849">
+    <w:lvl w:ilvl="0" w:tplc="52218728">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49078849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52218728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35890410">
+  <w:abstractNum w:abstractNumId="84022055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11367445">
+    <w:lvl w:ilvl="0" w:tplc="26825077">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35890410">
-    <w:abstractNumId w:val="35890410"/>
+  <w:num w:numId="84022055">
+    <w:abstractNumId w:val="84022055"/>
   </w:num>
-  <w:num w:numId="35890411">
-    <w:abstractNumId w:val="35890411"/>
+  <w:num w:numId="84022056">
+    <w:abstractNumId w:val="84022056"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934533162" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId501270418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId429668fe3d84e8cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId608268fe3d84e8d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId341868fe3d84e8f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId161068fe3d84edeff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId899768fe3d84edfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId623568fe3d84ee3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId620068fe3d84f0494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId475968fe3d84f08ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId471368fe3d84f0cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId741168fe3d84f191e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId922568fe3d84f19fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId680668fe3d84e8e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId680668fe3d84e8e2f.jpg"/><Relationship Id="rId740968fe3d84e9545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740968fe3d84e9545.jpg"/><Relationship Id="rId240468fe3d84f32b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240468fe3d84f32b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId287127579" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807311811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7060691ab58bda31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId4260691ab58bda383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId9343691ab58bda53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId1557691ab58bdd808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId3958691ab58bdd8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId8013691ab58bddcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId9201691ab58bddd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId5780691ab58bde15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId2426691ab58bde557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId2507691ab58bdf14b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6866691ab58bdf221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId6044691ab58bda44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6044691ab58bda44d.jpg"/><Relationship Id="rId9116691ab58bdb55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9116691ab58bdb55a.jpg"/><Relationship Id="rId9006691ab58bdf28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9006691ab58bdf28f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>