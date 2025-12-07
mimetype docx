--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7060691ab58bda31b" w:history="1">
+            <w:hyperlink r:id="rId51746935548cca1f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4260691ab58bda383" w:history="1">
+            <w:hyperlink r:id="rId79886935548cca273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54722097" name="name8580691ab58bda44e" descr="11991.jpg"/>
+                  <wp:docPr id="74123198" name="name21016935548cca376" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6044691ab58bda44d" cstate="print"/>
+                          <a:blip r:embed="rId54056935548cca374" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9343691ab58bda53a" w:history="1">
+            <w:hyperlink r:id="rId86496935548cca48a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41770836" name="name6633691ab58bdb55c" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="78216437" name="name17296935548ccb789" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9116691ab58bdb55a" cstate="print"/>
+                    <a:blip r:embed="rId75636935548ccb786" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1557691ab58bdd808" w:history="1">
+      <w:hyperlink r:id="rId96886935548ccdaff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3958691ab58bdd8da" w:history="1">
+      <w:hyperlink r:id="rId41176935548ccdbd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8013691ab58bddcc7" w:history="1">
+      <w:hyperlink r:id="rId31396935548ccdfb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9201691ab58bddd96" w:history="1">
+      <w:hyperlink r:id="rId98446935548cce087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5780691ab58bde15a" w:history="1">
+      <w:hyperlink r:id="rId25546935548cce484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2426691ab58bde557" w:history="1">
+      <w:hyperlink r:id="rId93026935548cce893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2507691ab58bdf14b" w:history="1">
+      <w:hyperlink r:id="rId11866935548ccf614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6866691ab58bdf221" w:history="1">
+      <w:hyperlink r:id="rId83766935548ccf6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79173462" name="name3513691ab58bdf291" descr="eu_funding_250.png"/>
+            <wp:docPr id="36833221" name="name89626935548ccf795" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9006691ab58bdf28f" cstate="print"/>
+                    <a:blip r:embed="rId68366935548ccf794" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84022056">
+  <w:abstractNum w:abstractNumId="46416280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52218728">
+    <w:lvl w:ilvl="0" w:tplc="34892028">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52218728" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34892028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84022055">
+  <w:abstractNum w:abstractNumId="46416279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26825077">
+    <w:lvl w:ilvl="0" w:tplc="96014603">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84022055">
-    <w:abstractNumId w:val="84022055"/>
+  <w:num w:numId="46416279">
+    <w:abstractNumId w:val="46416279"/>
   </w:num>
-  <w:num w:numId="84022056">
-    <w:abstractNumId w:val="84022056"/>
+  <w:num w:numId="46416280">
+    <w:abstractNumId w:val="46416280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId287127579" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807311811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7060691ab58bda31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId4260691ab58bda383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId9343691ab58bda53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId1557691ab58bdd808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId3958691ab58bdd8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId8013691ab58bddcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId9201691ab58bddd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId5780691ab58bde15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId2426691ab58bde557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId2507691ab58bdf14b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6866691ab58bdf221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId6044691ab58bda44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6044691ab58bda44d.jpg"/><Relationship Id="rId9116691ab58bdb55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9116691ab58bdb55a.jpg"/><Relationship Id="rId9006691ab58bdf28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9006691ab58bdf28f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId464451513" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696222035" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51746935548cca1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId79886935548cca273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId86496935548cca48a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId96886935548ccdaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId41176935548ccdbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId31396935548ccdfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId98446935548cce087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId25546935548cce484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId93026935548cce893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId11866935548ccf614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83766935548ccf6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId54056935548cca374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54056935548cca374.jpg"/><Relationship Id="rId75636935548ccb786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75636935548ccb786.jpg"/><Relationship Id="rId68366935548ccf794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68366935548ccf794.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>