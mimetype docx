--- v3 (2025-12-07)
+++ v4 (2026-01-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51746935548cca1f8" w:history="1">
+            <w:hyperlink r:id="rId3008696abbc005160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79886935548cca273" w:history="1">
+            <w:hyperlink r:id="rId1668696abbc0051c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74123198" name="name21016935548cca376" descr="11991.jpg"/>
+                  <wp:docPr id="9571137" name="name7338696abbc005833" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54056935548cca374" cstate="print"/>
+                          <a:blip r:embed="rId1100696abbc005831" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId86496935548cca48a" w:history="1">
+            <w:hyperlink r:id="rId5203696abbc005921" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78216437" name="name17296935548ccb789" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="51064389" name="name1483696abbc006c39" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75636935548ccb786" cstate="print"/>
+                    <a:blip r:embed="rId1188696abbc006c36" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96886935548ccdaff" w:history="1">
+      <w:hyperlink r:id="rId8068696abbc00905d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41176935548ccdbd4" w:history="1">
+      <w:hyperlink r:id="rId6688696abbc009131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31396935548ccdfb8" w:history="1">
+      <w:hyperlink r:id="rId8980696abbc009516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98446935548cce087" w:history="1">
+      <w:hyperlink r:id="rId9397696abbc0095e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25546935548cce484" w:history="1">
+      <w:hyperlink r:id="rId2004696abbc0099c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93026935548cce893" w:history="1">
+      <w:hyperlink r:id="rId7303696abbc009df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10274,73 +10274,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11866935548ccf614" w:history="1">
+      <w:hyperlink r:id="rId6088696abbc00aa02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83766935548ccf6f7" w:history="1">
+      <w:hyperlink r:id="rId8121696abbc00aadc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36833221" name="name89626935548ccf795" descr="eu_funding_250.png"/>
+            <wp:docPr id="88520138" name="name2878696abbc00ab80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68366935548ccf794" cstate="print"/>
+                    <a:blip r:embed="rId4899696abbc00ab7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46416280">
+  <w:abstractNum w:abstractNumId="80641790">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34892028">
+    <w:lvl w:ilvl="0" w:tplc="78869226">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34892028" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78869226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46416279">
+  <w:abstractNum w:abstractNumId="80641789">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96014603">
+    <w:lvl w:ilvl="0" w:tplc="17181067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46416279">
-    <w:abstractNumId w:val="46416279"/>
+  <w:num w:numId="80641789">
+    <w:abstractNumId w:val="80641789"/>
   </w:num>
-  <w:num w:numId="46416280">
-    <w:abstractNumId w:val="46416280"/>
+  <w:num w:numId="80641790">
+    <w:abstractNumId w:val="80641790"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId464451513" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696222035" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51746935548cca1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId79886935548cca273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId86496935548cca48a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId96886935548ccdaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId41176935548ccdbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId31396935548ccdfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId98446935548cce087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId25546935548cce484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId93026935548cce893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId11866935548ccf614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83766935548ccf6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId54056935548cca374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54056935548cca374.jpg"/><Relationship Id="rId75636935548ccb786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75636935548ccb786.jpg"/><Relationship Id="rId68366935548ccf794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68366935548ccf794.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665719779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId298650221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3008696abbc005160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId1668696abbc0051c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId5203696abbc005921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId8068696abbc00905d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId6688696abbc009131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId8980696abbc009516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId9397696abbc0095e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId2004696abbc0099c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId7303696abbc009df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId6088696abbc00aa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8121696abbc00aadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId1100696abbc005831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1100696abbc005831.jpg"/><Relationship Id="rId1188696abbc006c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1188696abbc006c36.jpg"/><Relationship Id="rId4899696abbc00ab7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4899696abbc00ab7e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>