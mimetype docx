--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3008696abbc005160" w:history="1">
+            <w:hyperlink r:id="rId26286985d69af0543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1668696abbc0051c9" w:history="1">
+            <w:hyperlink r:id="rId59296985d69af05ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9571137" name="name7338696abbc005833" descr="11991.jpg"/>
+                  <wp:docPr id="49206854" name="name26536985d69af09a9" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1100696abbc005831" cstate="print"/>
+                          <a:blip r:embed="rId12606985d69af09a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5203696abbc005921" w:history="1">
+            <w:hyperlink r:id="rId29796985d69af0ae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,105 +1081,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51064389" name="name1483696abbc006c39" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="94981306" name="name21946985d69af15f8" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1188696abbc006c36" cstate="print"/>
+                    <a:blip r:embed="rId30586985d69af15f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bosnia and Herzegovina, Croatia, Czechia, France (mainland, Corse), Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Netherlands, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belgium, Bosnia and Herzegovina, Croatia, Czechia, France (mainland, Corse), Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Netherlands, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia), Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Gansu, Guangdong, Guangxi, Hebei, Hunan, Jiangsu, Liaoning, Shaanxi, Shandong, Sichuan, Zhejiang), Japan (Honshu, Kyushu), Korea, Republic of, Nepal, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8068696abbc00905d" w:history="1">
+      <w:hyperlink r:id="rId86476985d69af39c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6688696abbc009131" w:history="1">
+      <w:hyperlink r:id="rId41256985d69af3a9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8980696abbc009516" w:history="1">
+      <w:hyperlink r:id="rId13396985d69af3e90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9397696abbc0095e6" w:history="1">
+      <w:hyperlink r:id="rId80866985d69af3f60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2004696abbc0099c9" w:history="1">
+      <w:hyperlink r:id="rId69116985d69b0011a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7303696abbc009df6" w:history="1">
+      <w:hyperlink r:id="rId62366985d69b00525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6088696abbc00aa02" w:history="1">
+      <w:hyperlink r:id="rId68516985d69b01136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8121696abbc00aadc" w:history="1">
+      <w:hyperlink r:id="rId15786985d69b01211" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88520138" name="name2878696abbc00ab80" descr="eu_funding_250.png"/>
+            <wp:docPr id="47765059" name="name81616985d69b0127f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4899696abbc00ab7e" cstate="print"/>
+                    <a:blip r:embed="rId19356985d69b0127e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80641790">
+  <w:abstractNum w:abstractNumId="37386853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78869226">
+    <w:lvl w:ilvl="0" w:tplc="33301576">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78869226" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33301576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80641789">
+  <w:abstractNum w:abstractNumId="37386852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17181067">
+    <w:lvl w:ilvl="0" w:tplc="82637512">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80641789">
-    <w:abstractNumId w:val="80641789"/>
+  <w:num w:numId="37386852">
+    <w:abstractNumId w:val="37386852"/>
   </w:num>
-  <w:num w:numId="80641790">
-    <w:abstractNumId w:val="80641790"/>
+  <w:num w:numId="37386853">
+    <w:abstractNumId w:val="37386853"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665719779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId298650221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3008696abbc005160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId1668696abbc0051c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId5203696abbc005921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId8068696abbc00905d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId6688696abbc009131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId8980696abbc009516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId9397696abbc0095e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId2004696abbc0099c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId7303696abbc009df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId6088696abbc00aa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8121696abbc00aadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId1100696abbc005831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1100696abbc005831.jpg"/><Relationship Id="rId1188696abbc006c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1188696abbc006c36.jpg"/><Relationship Id="rId4899696abbc00ab7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4899696abbc00ab7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414218151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367450869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26286985d69af0543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId59296985d69af05ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId29796985d69af0ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId86476985d69af39c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId41256985d69af3a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId13396985d69af3e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId80866985d69af3f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId69116985d69b0011a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId62366985d69b00525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId68516985d69b01136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15786985d69b01211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId12606985d69af09a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12606985d69af09a7.jpg"/><Relationship Id="rId30586985d69af15f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30586985d69af15f5.jpg"/><Relationship Id="rId19356985d69b0127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19356985d69b0127e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>