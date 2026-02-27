--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26286985d69af0543" w:history="1">
+            <w:hyperlink r:id="rId270069a13e8522f4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59296985d69af05ad" w:history="1">
+            <w:hyperlink r:id="rId984769a13e8522fc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49206854" name="name26536985d69af09a9" descr="11991.jpg"/>
+                  <wp:docPr id="65485570" name="name650769a13e852370c" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12606985d69af09a7" cstate="print"/>
+                          <a:blip r:embed="rId344769a13e852370b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId29796985d69af0ae7" w:history="1">
+            <w:hyperlink r:id="rId466969a13e8523881" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94981306" name="name21946985d69af15f8" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="13635338" name="name558269a13e852473f" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30586985d69af15f5" cstate="print"/>
+                    <a:blip r:embed="rId683169a13e852473d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86476985d69af39c4" w:history="1">
+      <w:hyperlink r:id="rId599669a13e8526b0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41256985d69af3a9a" w:history="1">
+      <w:hyperlink r:id="rId262269a13e8526be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13396985d69af3e90" w:history="1">
+      <w:hyperlink r:id="rId808969a13e8526fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80866985d69af3f60" w:history="1">
+      <w:hyperlink r:id="rId322469a13e8527097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69116985d69b0011a" w:history="1">
+      <w:hyperlink r:id="rId257169a13e8527497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62366985d69b00525" w:history="1">
+      <w:hyperlink r:id="rId541369a13e85278dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68516985d69b01136" w:history="1">
+      <w:hyperlink r:id="rId234669a13e8528523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15786985d69b01211" w:history="1">
+      <w:hyperlink r:id="rId897769a13e85285ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47765059" name="name81616985d69b0127f" descr="eu_funding_250.png"/>
+            <wp:docPr id="36518315" name="name937369a13e852867c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19356985d69b0127e" cstate="print"/>
+                    <a:blip r:embed="rId683969a13e852867b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37386853">
+  <w:abstractNum w:abstractNumId="37091545">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33301576">
+    <w:lvl w:ilvl="0" w:tplc="23065956">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33301576" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23065956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37386852">
+  <w:abstractNum w:abstractNumId="37091544">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82637512">
+    <w:lvl w:ilvl="0" w:tplc="48340009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37386852">
-    <w:abstractNumId w:val="37386852"/>
+  <w:num w:numId="37091544">
+    <w:abstractNumId w:val="37091544"/>
   </w:num>
-  <w:num w:numId="37386853">
-    <w:abstractNumId w:val="37386853"/>
+  <w:num w:numId="37091545">
+    <w:abstractNumId w:val="37091545"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414218151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367450869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26286985d69af0543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId59296985d69af05ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId29796985d69af0ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId86476985d69af39c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId41256985d69af3a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId13396985d69af3e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId80866985d69af3f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId69116985d69b0011a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId62366985d69b00525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId68516985d69b01136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15786985d69b01211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId12606985d69af09a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12606985d69af09a7.jpg"/><Relationship Id="rId30586985d69af15f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30586985d69af15f5.jpg"/><Relationship Id="rId19356985d69b0127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19356985d69b0127e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534175918" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267686215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId270069a13e8522f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId984769a13e8522fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId466969a13e8523881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId599669a13e8526b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId262269a13e8526be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId808969a13e8526fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId322469a13e8527097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId257169a13e8527497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId541369a13e85278dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId234669a13e8528523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897769a13e85285ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId344769a13e852370b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344769a13e852370b.jpg"/><Relationship Id="rId683169a13e852473d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683169a13e852473d.jpg"/><Relationship Id="rId683969a13e852867b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683969a13e852867b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>