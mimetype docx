--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hymenoptera: Cynipidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian chestnut gall wasp, chestnut gall wasp, oriental chestnut gall wasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270069a13e8522f4b" w:history="1">
+            <w:hyperlink r:id="rId416069bc88fb3de1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId984769a13e8522fc2" w:history="1">
+            <w:hyperlink r:id="rId798569bc88fb3de84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRYCKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65485570" name="name650769a13e852370c" descr="11991.jpg"/>
+                  <wp:docPr id="89988983" name="name941269bc88fb3e4bb" descr="11991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId344769a13e852370b" cstate="print"/>
+                          <a:blip r:embed="rId998269bc88fb3e4b9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId466969a13e8523881" w:history="1">
+            <w:hyperlink r:id="rId968369bc88fb3e5c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1081,63 +1081,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Castanea sativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are grown.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13635338" name="name558269a13e852473f" descr="DRYCKU_distribution_map.jpg"/>
+            <wp:docPr id="72863977" name="name593369bc88fb3f8e6" descr="DRYCKU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRYCKU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId683169a13e852473d" cstate="print"/>
+                    <a:blip r:embed="rId219069bc88fb3f8e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6366,51 +6366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003) Report of a pest risk assessment: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, France. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599669a13e8526b0a" w:history="1">
+      <w:hyperlink r:id="rId891769bc88fb41c7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO Standard PM 8/4(1) Castanea. Commodity-specific phytosanitary measures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47, 445-451. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262269a13e8526be1" w:history="1">
+      <w:hyperlink r:id="rId765169bc88fb41d55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DRYCKU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7121,51 +7121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> limits down-regulation by native parasitoids. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808969a13e8526fc7" w:history="1">
+      <w:hyperlink r:id="rId940669bc88fb42146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/1007/s10530-020-02427-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7249,51 +7249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> throughout an invaded region. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322469a13e8527097" w:history="1">
+      <w:hyperlink r:id="rId867969bc88fb42218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jen.12836</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7865,51 +7865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Slovenia, Croatia and Hungary. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forestry Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257169a13e8527497" w:history="1">
+      <w:hyperlink r:id="rId740669bc88fb425f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11676-020-01197-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8394,51 +8394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muru D, Borowiec N, Thaon M, Ris N &amp; Vercken E (2020) The open bar is closed: restructuration of a native parasitoid community following successful control of an invasive pest. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PCI Zoology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541369a13e85278dc" w:history="1">
+      <w:hyperlink r:id="rId445369bc88fb42a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1101/2019.12.20.884908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10296,51 +10296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dryocosmus kuriphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234669a13e8528523" w:history="1">
+      <w:hyperlink r:id="rId800469bc88fb43667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10427,90 +10427,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 422-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897769a13e85285ff" w:history="1">
+      <w:hyperlink r:id="rId649369bc88fb43744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00849.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36518315" name="name937369a13e852867c" descr="eu_funding_250.png"/>
+            <wp:docPr id="1635869" name="name942369bc88fb437b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId683969a13e852867b" cstate="print"/>
+                    <a:blip r:embed="rId501269bc88fb437b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10608,137 +10608,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37091545">
+  <w:abstractNum w:abstractNumId="21263191">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23065956">
+    <w:lvl w:ilvl="0" w:tplc="34439586">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23065956" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34439586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37091544">
+  <w:abstractNum w:abstractNumId="21263190">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48340009">
+    <w:lvl w:ilvl="0" w:tplc="66368184">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11490,55 +11490,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37091544">
-    <w:abstractNumId w:val="37091544"/>
+  <w:num w:numId="21263190">
+    <w:abstractNumId w:val="21263190"/>
   </w:num>
-  <w:num w:numId="37091545">
-    <w:abstractNumId w:val="37091545"/>
+  <w:num w:numId="21263191">
+    <w:abstractNumId w:val="21263191"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23088,51 +23088,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534175918" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267686215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId270069a13e8522f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId984769a13e8522fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId466969a13e8523881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId599669a13e8526b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId262269a13e8526be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId808969a13e8526fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId322469a13e8527097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId257169a13e8527497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId541369a13e85278dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId234669a13e8528523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897769a13e85285ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId344769a13e852370b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344769a13e852370b.jpg"/><Relationship Id="rId683169a13e852473d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683169a13e852473d.jpg"/><Relationship Id="rId683969a13e852867b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683969a13e852867b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId970409325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId639947447" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId416069bc88fb3de1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/" TargetMode="External"/><Relationship Id="rId798569bc88fb3de84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/categorization" TargetMode="External"/><Relationship Id="rId968369bc88fb3e5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/photos" TargetMode="External"/><Relationship Id="rId891769bc88fb41c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8" TargetMode="External"/><Relationship Id="rId765169bc88fb41d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRYCKU/documents" TargetMode="External"/><Relationship Id="rId940669bc88fb42146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/1007/s10530-020-02427-x" TargetMode="External"/><Relationship Id="rId867969bc88fb42218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jen.12836" TargetMode="External"/><Relationship Id="rId740669bc88fb425f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Acs%20Z,%20Melika%20G,%20Penzes%20Z,%20Pujade-Villar%20J%20&amp;%20Stone%20GN%20(2007)%20The%20phylogenetic%20relationships%20between%20Dryocosmus,%20Chilaspis%20and%20allied%20genera%20of%20oak%20gallwasps%20(Hymenoptera,%20Cynipidae%20%3A%20Cynipini).%20Systematic%20Entomology%2032,%2070-80.%20Aebi%20A,%20Schonrogge%20K,%20Melika%20G,%20Quacchia%20A,%20Alma%20A,%20&amp;%20Stone%20GN%20(2007)%20Native%20and%20introduced%20parasitoids%20attacking%20the%20invasive%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2037,%20166-171.%20Avtzis%20DN,%20Melika%20G,%20Matosevic%20D%20&amp;%20Coyle%20DR%20(2019)%20The%20asian%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus%3A%20A%20global%20invader%20and%20a%20successful%20case%20of%20classical%20biological%20control.%20Journal%20of%20Pest%20Science%2092,%20107-115.%20Battisti%20A,%20Benvegnu%20I,%20Colombari%20F%20&amp;%20Haack%20RA%20(2014)%20Invasion%20by%20the%20chestnut%20gall%20wasp%20in%20italy%20causes%20significant%20yield%20loss%20in%20Castanea%20sativa%20nut%20production.%20Agricultural%20and%20Forest%20Entomology%2016,%2075-79.%20Bernardo%20U,%20Iodice%20L,%20Sasso%20R,%20Tutore%20VA,%20Cascone%20P%20&amp;%20Guerrieri%20E%20(2013)%20Biology%20and%20monitoring%20of%20Dryocosmus%20kuriphilus%20on%20Castanea%20sativa%20in%20southern%20Italy.%20Agricultural%20and%20Forest%20Entomology%2015,%2065-76.%20Breisch%20H%20&amp;%20Streito%20JC%20(2004)%20Le%20cynips%20du%20ch%C3%A2taignier%20%3A%20un%20nouveau%20fl%C3%A9au%20pour%20l%E2%80%99Europe.%20Infos%20CTIFL%20204,%2034-37.%20Brussino%20G,%20Bosio%20G,%20Baudino%20M,%20Giordano%20R,%20Ramello%20F%20&amp;%20Melika%20G%20(2002)%20Dangerous%20exotic%20insect%20for%20the%20European%20chestnut.%20Informatore%20Agrario%2058,%2059-61.%20Bonsignore%20CP,%20Vono%20G%20&amp;%20Bernardo%20U%20(2019)%20Environmental%20thermal%20levels%20affect%20the%20phenological%20relationships%20between%20the%20chestnut%20gall%20wasp%20and%20its%20parasitoids.%20Physiological%20Entomology%2044,%2087-98.%20Borowiec%20N,%20Thaon%20M,%20Brancaccio%20L,%20Cailleret%20B,%20Ris%20N%20&amp;%20Vercken%20E%20(2018)%20Early%20population%20dynamics%20in%20classical%20biological%20control%3A%20Establishment%20of%20the%20exotic%20parasitoid%20Torymus%20sinensis%20and%20control%20of%20its%20target%20pest,%20the%20chestnut%20gall%20wasp%20Dryocosmus%20kuriphilus,%20in%20France.%20Entomologia%20Experimentalis%20et%20Applicata%20166,%20367-379.%20Bosio%20G,%20Gerbaudo%20C%20&amp;%20Piazza%20E%20(2010)%20Dryocosmus%20kuriphilus%20Yasumatsu%3A%20An%20outline%20seven%20years%20after%20the%20first%20report%20in%20Piedmont%20(Italy).%20Acta%20Horticulturae%20866,%20341-348.%20Botta%20R,%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Alma%20A%20(2009)%20Differential%20gene%20expression%20in%20chestnut%20buds%20following%20infestation%20by%20gall-wasp%20(Dryocosmus%20kuriphilus%20Yasumatsu,%20Hymenoptera%3A%20Cynipidae).%20Acta%20Horticulturae%20844,%20405-409.%20Budroni%20MA,%20Loru%20L,%20Pantaleoni%20RA%20&amp;%20Rustici%20M%20(2018)%20Effects%20of%20an%20asynchronous%20alien%20host%20on%20a%20native%20host-parasitoid%20system.%20Ecological%20Complexity%2033,%2084-92.%20Buffington%20ML%20&amp;%20Morita%20SI%20(2009).%20Not%20all%20oak%20gall%20wasps%20gall%20oaks%3A%20The%20description%20of%20Dryocosmus%20rileypokei,%20a%20new,%20apostate%20species%20of%20Cynipini%20from%20California.%20Proceedings%20of%20the%20Entomological%20Society%20of%20Washington%20111,%20244-253.%20Conedera%20M,%20Tinner%20W,%20Krebs%20P,%20De%20Rigo%20D%20and%20Caudullo%20G%20(2016)%20Castanea%20sativa%20in%20Europe%3A%20distribution,%20habitat,%20usage%20and%20threats.%20In%3A%20Sans-Miguel-Ayanz%20J,%20De%20Rigo%20D,%20Caudullo%20G,%20Durrant%20T%20and%20Mauri%20A%20(eds)%20European%20Atlas%20of%20Forest%20Tree%20Species.%20Publications%20Office%20of%20the%20European%20Union,%20Luxembourg,%2078-79.%20Cooper%20WR%20&amp;%20Rieske%20LK%20(2007)%20Community%20associates%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%20%3A%20Cynipidae),%20in%20Eastern%20North%20America.%20Annals%20of%20the%20Entomological%20Society%20of%20America%20100,%20236-244.%20Csoka%20G,%20Stone%20GN%20&amp;%20Melika%20G%20(2005)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20Cynipidae.%20In%3A%20Raman%20A.,%20Schaefer%20C.W.%20&amp;%20Withers%20T.M.%20(eds)%20Biology,%20ecology%20and%20evolution%20of%20gall-inducing%20arthropods.%20Science%20Publishers,%20Inc.%20Enfield,%20New%20Hampshire,%20USA,%20569-636.%20Dini%20F,%20Sartor%20C%20&amp;%20Botta%20R%20(2012)%20Detection%20of%20a%20hypersensitive%20reaction%20in%20the%20chestnut%20hybrid%20'bouche%20de%20betizac'%20infested%20by%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Plant%20Physiology%20and%20Biochemistry%2060,%2067-73.%20EFSA%20(2010)%20Risk%20assessment%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20for%20the%20EU%20territories%20and%20identification%20and%20evaluation%20of%20risk%20management%20options.%20EFSA%20Journal%208,%201619,%20114%20pp.%20EPPO%20(2003)%20Report%20of%20a%20pest%20risk%20assessment%3A%20Dryocosmus%20kuriphilus.%20EPPO,%20France.%20Available%20at%20https%3A//pra.eppo.int/pra/bceaf28c-05dc-4d49-9012-adc2d1f74df8%20EPPO%20(2005)%20Data%20sheets%20on%20quarantine%20pests%20%E2%80%93%20Dryocosmus%20kuriphilus.%20EPPO%20Bulletin%2035,%20422-424.%20EPPO%20(2017)%20EPPO%20Standard%20PM%208/4(1)%20Castanea.%20Commodity-specific%20phytosanitary%20measures.%20EPPO%20Bulletin%2047,%20445-451.%20Available%20at%20https%3A//gd.eppo.int/taxon/DRYCKU/documents%20Fernandez-Conradi%20P,%20Borowiec%20N,%20Capdevielle%20X,%20Castagneyrol%20B,%20Maltoni%20A,%20Robin%20C,%20Selvi%20F,%20Van%20Halder%20I,%20Vetillard%20F%20&amp;%20Jactel%20H%20(2018)%20Plant%20neighbour%20identity%20and%20invasive%20pathogen%20infection%20affect%20associational%20resistance%20to%20an%20invasive%20gall%20wasp.%20Biological%20Invasions%2020,%201459-1473.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Nova%20LKH,%20Saladini%20MA%20&amp;%20Alma%20A%20(2017)%20Post-release%20evaluation%20of%20non-target%20effects%20of%20Torymus%20sinensis,%20the%20biological%20control%20agent%20of%20Dryocosmus%20kuriphilus%20in%20Italy.%20Biocontrol%2062,%20445-456.%20Ferracini%20C,%20Ferrari%20E,%20Pontini%20M,%20Saladini%20MA%20&amp;%20Alma%20A%20(2019)%20Effectiveness%20of%20Torymus%20sinensis%3A%20A%20successful%20long-term%20control%20of%20the%20asian%20chestnut%20gall%20wasp%20in%20Italy.%20Journal%20of%20Pest%20Science%2092,%20353-359.%20Ferracini%20C,%20Gonella%20E,%20Ferrari%20E,%20Saladini%20MA,%20Picciau%20L,%20Tota%20F,%20Pontini%20M%20&amp;%20Alma%20A%20(2015)%20Novel%20insight%20in%20the%20life%20cycle%20of%20Torymus%20sinensis,%20biocontrol%20agent%20of%20the%20chestnut%20gall%20wasp.%20Biocontrol%2060,%20169-177.%20Gehring%20E,%20Bellosi%20B,%20Quacchia%20A%20&amp;%20Conedera%20M%20(2018a)%20Assessing%20the%20impact%20of%20Dryocosmus%20kuriphilus%20on%20the%20chestnut%20tree%3A%20Branch%20architecture%20matters.%20Journal%20of%20Pest%20Science%2091,%20189-202.%20Gehring%20E,%20Kast%20C,%20Kilchenmann%20V,%20Bieri%20K,%20Gehrig%20R,%20Pezzatti%20GB%20&amp;%20Conedera%20M%20(2018b)%20Impact%20of%20the%20asian%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20(Hymenoptera,%20Cynipidae),%20on%20the%20chestnut%20component%20of%20honey%20in%20the%20southern%20swiss%20Alps.%20Journal%20of%20Economic%20Entomology%20111,%2043-52%20Gibbs%20M,%20Schonrogge%20K,%20Alma%20A,%20Melika%20G,%20Quacchia%20A,%20Stone%20GN%20&amp;%20Aebi%20A%20(2011)%20Torymus%20sinensis%3A%20A%20viable%20management%20option%20for%20the%20biological%20control%20of%20Dryocosmus%20kuriphilus%20in%20Europe?%20Biocontrol%2056,%20527-538.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Nieves-Aldrey%20JL%20&amp;%20Lombardero%20MJ%20(2021)%20Gall%20size%20of%20Dryocosmus%20kuriphilus%20limits%20down-regulation%20by%20native%20parasitoids.%20Biological%20Invasions.%20https%3A//doi.org/10/1007/s10530-020-02427-x%20Gil-Tapetado%20D,%20Cabrero-Sanudo%20FJ,%20Polidori%20C,%20Gomez%20JF%20&amp;%20Nieves-Aldrey%20JL%20(2020a)%20Climate%20as%20a%20possible%20driver%20of%20gall%20morphology%20in%20the%20chestnut%20pest%20Dryocosmus%20kuriphilus%20across%20spanish%20invaded%20areas.%20Bulletin%20of%20Entomological%20Research,%201-14.%20Gil-Tapetado%20D,%20Castedo-Dorado%20F,%20Lombardero%20MJ,%20Martel%20J%20&amp;%20Alvarez-Alvarez%20P%20(2020b)%20Spatial%20propagation%20and%20patterns%20of%20abundance%20of%20Dryocosmus%20kuriphilus%20throughout%20an%20invaded%20region.%20Journal%20of%20Applied%20Entomology.%20https%3A//doi.org/10.1111/jen.12836%20%20Gilioli%20G,%20Pasquali%20S,%20Tramontini%20S%20&amp;%20Riolo%20F%20(2013)%20Modelling%20local%20and%20long-distance%20dispersal%20of%20invasive%20chestnut%20gall%20wasp%20in%20Europe.%20Ecological%20Modelling%20263,%20281-290.%20Graziosi%20I%20&amp;%20Rieske%20LK%20(2014)%20Potential%20fecundity%20of%20a%20highly%20invasive%20gall%20maker,%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae).%20Environmental%20Entomology%2043,%201053-1058.%20Graziosi%20I%20&amp;%20Santi%20F%20(2008)%20Chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%3A%20Spreading%20in%20Italy%20and%20new%20records%20in%20Bologna%20province.%20Bulletin%20of%20Insectology%2061,%20343-348.%20Hou%20HQ,%20Zhao%20GZ,%20Su%20CY%20&amp;%20Zhu%20DH%20(2020)%20Wolbachia%20prevalence%20patterns%3A%20Horizontal%20transmission,%20recombination,%20and%20multiple%20infections%20in%20chestnut%20gall%20wasp-parasitoid%20communities.%20Entomologia%20Experimentalis%20Et%20Applicata%20168,%20752-765.%20Jara-Chiquito%20JL,%20Askew%20RR%20&amp;%20Pujade-Villar%20J%20(2020)%20The%20invasive%20ACGW%20Dryocosmus%20kuriphilus%20(Hymenoptera%3A%20Cynipidae)%20in%20Spain%3A%20Native%20parasitoid%20recruitment%20and%20association%20with%20oak%20gall%20inducers%20in%20Catalonia.%20Forestry%2093,%20178-186.%20Kato%20K%20&amp;%20Hijii%20N%20(1993)%20Optimal%20clutch%20size%20of%20the%20chestnut%20gall-wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Research%20in%20Population%20Ecology%2035,%201-14.%20Kim%20CS,%20Park%20IK,%20Kim%20JK,%20Park%20YS,%20Shin%20SC,%20Chung%20YJ,%20Choi%20KS%20&amp;%20Jeon%20MJ%20(2005)%20Oviposition%20preferences%20of%20the%20oriental%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus,%20on%20various%20chestnut%20varieties.%20Korean%20Journal%20of%20Applied%20Entomology%2044,%20157-159.%20Kos%20K,%20Lackovic%20N,%20Melika%20G%20&amp;%20Matosevic%20D%20(2020)%20Diversity%20and%20surge%20in%20abundance%20of%20native%20parasitoid%20communities%20prior%20to%20the%20onset%20of%20Torymus%20sinensis%20on%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Slovenia,%20Croatia%20and%20Hungary.%20Journal%20of%20Forestry%20Research.%20https%3A//doi.org/10.1007/s11676-020-01197-5%20%20Maltoni%20A,%20Mariotti%20B,%20Jacobs%20DF%20&amp;%20Tani%20A%20(2012)%20Pruning%20methods%20to%20restore%20Castanea%20sativa%20stands%20attacked%20by%20Dryocosmus%20kuriphilus.%20New%20Forests%2043,%20869-885.%20Matosevic%20D%20&amp;%20Melika%20G%20(2013)%20Recruitment%20of%20native%20parasitoids%20to%20a%20new%20invasive%20host%3A%20First%20results%20of%20Dryocosmus%20kuriphilus%20parasitoid%20assemblage%20in%20Croatia.%20Bulletin%20of%20Insectology%2066,%20231-238.%20Moriya%20S,%20Shiga%20M%20&amp;%20Adachi%20I%20(2003)%20Classical%20biological%20control%20of%20the%20chestnut%20gall%20wasp%20in%20Japan.%20In%3A%20Proceedings%20of%20the%201st%20international%20symposium%20on%20biological%20control%20of%20arthropods.%20USDA%20Forest%20Service,%20Washington,%20407-415.%20Murakami%20Y,%20Umeya%20K%20&amp;%20Oho%20N%20(1977)%20Preliminary%20introduction%20and%20release%20of%20a%20parasitoid%20(Chalcidoidea%3A%20Torymidae)%20of%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20from%20China.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2021,%20197-203.%20Murakami%20Y,%20Ao%20HB%20&amp;%20Chang%20CH%20(1980)%20Natural%20enemies%20of%20the%20chestnut%20gall%20wasp%20in%20Hopei%20Province,%20China%20(Hymenoptera%3A%20Chalcidoidea).%20Applied%20Entomology%20and%20Zoology%2015,%20184-186.%20%20Murakami%20Y,%20Hiramatsu%20T%20&amp;%20Maeda%20M%20(1994)%20Parasitoid%20complexes%20of%20the%20chestnut%20gall%20wasp%20(Hymenoptera%3A%20Cynipidae)%20in%20two%20localities%20before%20introduction%20of%20Torymus%20(Syntomaspis)%20sinensis%20(Hymenoptera%3A%20Torymidae),%20with%20special%20reference%20to%20prediction%20of%20results%20after%20release%20of%20the%20parasitoid.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%2038,%2029-41.%20Muru%20D,%20Borowiec%20N,%20Thaon%20M,%20Ris%20N%20&amp;%20Vercken%20E%20(2020)%20The%20open%20bar%20is%20closed%3A%20restructuration%20of%20a%20native%20parasitoid%20community%20following%20successful%20control%20of%20an%20invasive%20pest.%20PCI%20Zoology.%20http%3A//dx.doi.org/10.1101/2019.12.20.884908%20%20Nakamura%20M,%20Kondo%20M,%20Ito%20Y,%20Miyashita%20K%20&amp;%20Nakamura%20K%20(1964)%20Population%20dynamics%20of%20the%20chestnut%20gall-wasp%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20%E2%80%93%201.%20Description%20of%20the%20survey%20stations%20and%20the%20life%20histories%20of%20the%20gall-wasp%20and%20its%20parasites.%20Japanese%20Journal%20of%20Applied%20Entomology%20and%20Zoology%208,%20149-158%20Nohara%20K%20(1956)%20Considerations%20on%20the%20reproductive%20capacity%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae).%20Sci.%20Bull.%20Fac.%20Agric.%20Kyushu%20Univ.%2015,%20441-446.%20Otake%20A%20(1980)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20a%20preliminary%20study%20on%20trend%20of%20adult%20emergence%20and%20some%20other%20ecological%20aspects%20related%20to%20the%20final%20stage%20of%20its%20life-cycle.%20Applied%20Entomology%20and%20Zoology%2015,%2096-105.%20Otake%20A%20(1989)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera,%20Cynipidae)%20-%20analyses%20of%20records%20on%20cell%20contents%20inside%20galls%20and%20on%20emergence%20of%20wasps%20and%20parasitoids%20outside%20galls.%20Applied%20Entomology%20and%20Zoology%2024,%20193-201.%20Panzavolta%20T,%20Croci%20F,%20Bracalini%20M,%20Melika%20G,%20Benedettelli%20S,%20Florenzano%20GT%20&amp;%20Tiberi%20R%20(2018)%20Population%20dynamics%20of%20native%20parasitoids%20associated%20with%20the%20asian%20chestnut%20gall%20wasp%20(Dryocosmus%20kuriphilus)%20in%20Italy.%20Psyche.%20https%3A//doi.org/10.1155/2018/8078049%20%20Payne%20JA%20(1981)%20Asian%20chestnut%20gall%20wasp%20in%20America.%20In%3A%20Proceedings%20of%20Amercian%20Chestnut%20Cooperator%E2%80%99s%20meeting.%20US%20Forest%20Service,%20Broomall,%20PA,%2014.%20Payne%20JA,%20Jaynes%20RA%20&amp;%20Kays%20SJ%20(1983)%20Chinese%20chestnut%20production%20in%20the%20United%20States%3A%20Practice,%20problems,%20and%20possible%20solutions.%20Economic%20Botany%2037,%20187-200.%20Pogolotti%20C,%20Cuesta-Porta%20V,%20Pujade-Villar%20J%20&amp;%20Ferracini%20C%20(2019)%20Seasonal%20flight%20activity%20and%20genetic%20relatedness%20of%20Torymus%20species%20in%20Italy.%20Agricultural%20and%20Forest%20Entomology%2021,%20159-167.%20Quacchia%20A,%20Ferracini%20C,%20Nicholls%20JA,%20Piazza%20E,%20Saladini%20MA,%20Tota%20F,%20Melika%20G%20&amp;%20Alma%20A%20(2013)%20Chalcid%20parasitoid%20community%20associated%20with%20the%20invading%20pest%20Dryocosmus%20kuriphilus%20in%20north-western%20Italy.%20Insect%20Conservation%20and%20Diversity%206,%20114-123.%20Reale%20L,%20Tedeschini%20E,%20Rondoni%20G,%20Ricci%20C,%20Bin%20F,%20Frenguelli%20G%20&amp;%20Ferranti%20F%20(2016)%20Histological%20investigation%20on%20gall%20development%20induced%20by%20a%20worldwide%20invasive%20pest,%20Dryocosmus%20kuriphilus,%20on%20Castanea%20sativa.%20Plant%20Biosystems%20150,%2035-42.%20Rieske%20LK%20(2007)%20Success%20of%20an%20exotic%20gallmaker,%20Dryocosmus%20kuriphilus,%20on%20chestnut%20in%20the%20USA%3A%20a%20historical%20account.%20OEPP/EPPO%20Bulletin%2037,%20172-174.%20Sartor%20C,%20Dini%20F,%20Marinoni%20DT,%20Mellano%20MG,%20Beccaro%20GL,%20Alma%20A,%20Quacchia%20A%20&amp;%20Botta%20R%20(2015)%20Impact%20of%20the%20asian%20wasp%20Dryocosmus%20kuriphilus%20(Yasumatsu)%20on%20cultivated%20chestnut%3A%20Yield%20loss%20and%20cultivar%20susceptibility.%20Scientia%20Horticulturae%20197,%20454-460.%20Sartor%20C,%20Marinoni%20DT,%20Quacchia%20A%20&amp;%20Botta%20R%20(2012)%20Quick%20detection%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae)%20in%20chestnut%20dormant%20buds%20by%20nested%20pcr.%20Bulletin%20of%20Entomological%20Research%20102,%20367-371.%20Shimura%20I%20(1972)%20Studies%20on%20the%20breeding%20of%20chestnut,%20Castanea%20spp.%20II.%20Parasitic%20variation%20in%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu.%20Bulletin%20of%20the%20Horticultural%20Research%20Station%2011,%201-13.%20Stone%20GN,%20Schonrogge%20K,%20Atkinson%20RJ,%20Bellido%20D%20&amp;%20Pujade-Villar%20J%20(2002)%20The%20population%20biology%20of%20oak%20gall%20wasps%20(Hymenoptera%20%3A%20Cynipidae).%20Annual%20Review%20of%20Entomology%2047,%20633-668.%20Tokuhisa%20E%20(1981)%20Number%20of%20eggs%20deposited%20by%20the%20chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae).%20Proc.%20Assoc.%20Plant.%20Prot.%20Kyushu%2027,%20154-156.%20Ugolini%20F,%20Massetti%20L,%20Pedrazzoli%20F,%20Tognetti%20R,%20Vecchione%20A,%20Zulini%20L%20&amp;%20Maresi%20G%20(2014)%20Ecophysiological%20responses%20and%20vulnerability%20to%20other%20pathologies%20in%20european%20chestnut%20coppices,%20heavily%20infested%20by%20the%20asian%20chestnut%20gall%20wasp.%20Forest%20Ecology%20and%20Management%20314,%2038-49.%20Viciriuc%20IM,%20Thaon%20M,%20Moriya%20S,%20Warot%20S,%20Zhang%20J,%20Aebi%20A,%20Ris%20N,%20Fusu%20L%20&amp;%20Borowiec%20N%20(in%20press)%20Contribution%20of%20the%20integrative%20taxonomy%20to%20tracking%20past%20and%20recent%20interspecific%20hybridizations%20between%20the%20biological%20control%20agent%20Torymus%20sinensis%20and%20its%20related%20taxa.%20Systematic%20Entomology%20Viggiani%20G%20&amp;%20Nugnes%20F%20(2010)%20Description%20of%20the%20larval%20stages%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Hymenoptera%3A%20Cynipidae),%20with%20notes%20on%20their%20phenology.%20Journal%20of%20Entomological%20and%20Acarological%20Research%2042,%2039-45.%20Warmund%20MR%20(2014)%20Disinfestation%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20Castanea%20scion%20wood.%20In%3A%20Double%20ML%20&amp;%20MacDonald%20WL%20(eds).%20Vth%20international%20chestnut%20symposium,%20243-247.%20Yara%20K%20(2004)%20Relationship%20between%20the%20introduced%20and%20indigenous%20parasitoids%20Torymus%20sinensis%20and%20T.%20beneficus%20(Hymenoptera%20%3A%20Torymidae)%20as%20inferred%20from%20mt-DNA%20(COI)%20sequences.%20Applied%20Entomology%20and%20Zoology%2039,%20427-433.%20Yasumatsu%20K%20(1951)%20A%20new%20Dryocosmus%20injurious%20to%20chestnut%20trees%20in%20Japan%20(Hym.,%20Cynipidae).%20Mushi%2022,%2089-93.%20Yasumatsu%20K%20&amp;%20Kamijo%20K%20(1979)%20Chalcidoid%20parasites%20of%20Dryocosmus%20kuriphilus%20Yasumatsu%20(Cynipidae)%20in%20Japan,%20with%20descriptions%20of%20five%20new%20species%20(Hymenoptera).%20Esakia%2014,%2093-111%20Zhang%20ZY,%20Tarcali%20G,%20Radocz%20L,%20Feng%20YQ%20&amp;%20Shen%20YY%20(2009)%20Chestnut%20gall%20wasp,%20Dryocosmus%20kuriphilus%20Yasumatsu%20in%20China%20and%20in%20Hungary.%20Journal%20of%20Agricultural%20Sciences%2038,%20123-128.%20Zhu%20DH,%20He%20YY,%20Fan%20YS,%20Ma%20MY%20&amp;%20Peng%20DL%20(2007)%20Negative%20evidence%20of%20parthenogenesis%20induction%20by%20Wolbachia%20in%20a%20gallwasp%20species,%20Dryocosmus%20kuriphilus.%20Entomologia%20Experimentalis%20Et%20Applicata%20124,%20279-284." TargetMode="External"/><Relationship Id="rId445369bc88fb42a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1101/2019.12.20.884908" TargetMode="External"/><Relationship Id="rId800469bc88fb43667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId649369bc88fb43744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00849.x" TargetMode="External"/><Relationship Id="rId998269bc88fb3e4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998269bc88fb3e4b9.jpg"/><Relationship Id="rId219069bc88fb3f8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId219069bc88fb3f8e3.jpg"/><Relationship Id="rId501269bc88fb437b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId501269bc88fb437b2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>