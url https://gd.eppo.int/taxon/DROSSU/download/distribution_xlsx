--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DROSSU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -903,50 +903,53 @@
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
+  </si>
+  <si>
+    <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
@@ -4044,267 +4047,267 @@
       <c r="B144" t="s">
         <v>293</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>294</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>245</v>
       </c>
       <c r="B145" t="s">
         <v>295</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>296</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>9</v>
+        <v>297</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>245</v>
       </c>
       <c r="B146" t="s">
         <v>295</v>
       </c>
       <c r="C146" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D146" t="s">
         <v>296</v>
       </c>
       <c r="E146" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F146" t="s">
-        <v>31</v>
+        <v>297</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>245</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D147" t="s">
         <v>296</v>
       </c>
       <c r="E147" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F147" t="s">
-        <v>9</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>245</v>
       </c>
       <c r="B148" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>245</v>
       </c>
       <c r="B149" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>245</v>
       </c>
       <c r="B150" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>245</v>
       </c>
       <c r="B151" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>245</v>
       </c>
       <c r="B152" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>245</v>
       </c>
       <c r="B153" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>245</v>
       </c>
       <c r="B154" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>245</v>
       </c>
       <c r="B155" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>245</v>
       </c>
       <c r="B156" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>245</v>
       </c>
       <c r="B157" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C157" t="s">
+        <v>320</v>
+      </c>
+      <c r="D157" t="s">
         <v>319</v>
       </c>
-      <c r="D157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E157" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F157" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B158" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>