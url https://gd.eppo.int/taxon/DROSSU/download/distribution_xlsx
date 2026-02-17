--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -899,51 +899,51 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1631,51 +1631,51 @@
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>27</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>28</v>
       </c>
       <c r="E16" t="s">
         <v>41</v>
       </c>
       <c r="F16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>28</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>23</v>
@@ -3787,51 +3787,51 @@
       <c r="B129" t="s">
         <v>95</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>268</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>245</v>
       </c>
       <c r="B130" t="s">
         <v>269</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>270</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>245</v>
       </c>
       <c r="B131" t="s">
         <v>271</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>272</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>245</v>
       </c>
       <c r="B132" t="s">
         <v>271</v>
       </c>