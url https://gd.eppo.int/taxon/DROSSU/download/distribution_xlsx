--- v2 (2026-02-17)
+++ v3 (2026-03-30)
@@ -3703,51 +3703,51 @@
       <c r="B124" t="s">
         <v>258</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>245</v>
       </c>
       <c r="B125" t="s">
         <v>260</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>261</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>245</v>
       </c>
       <c r="B126" t="s">
         <v>262</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>263</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>245</v>
       </c>
       <c r="B127" t="s">
         <v>264</v>
       </c>
@@ -4119,51 +4119,51 @@
       <c r="B148" t="s">
         <v>302</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>303</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>245</v>
       </c>
       <c r="B149" t="s">
         <v>304</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>305</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>245</v>
       </c>
       <c r="B150" t="s">
         <v>306</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
         <v>307</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>245</v>
       </c>
       <c r="B151" t="s">
         <v>308</v>
       </c>