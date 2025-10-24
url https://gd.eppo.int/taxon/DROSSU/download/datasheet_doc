--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId791268e091fdd0b20" w:history="1">
+            <w:hyperlink r:id="rId287368fbc1f8e0cf7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184268e091fdd0b69" w:history="1">
+            <w:hyperlink r:id="rId480268fbc1f8e0d3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6787895" name="name597668e091fdd1274" descr="3762.jpg"/>
+                  <wp:docPr id="88395158" name="name436768fbc1f8e0e17" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId777368e091fdd1272" cstate="print"/>
+                          <a:blip r:embed="rId786768fbc1f8e0e15" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId462868e091fdd1376" w:history="1">
+            <w:hyperlink r:id="rId892868fbc1f8e0f5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49326755" name="name477468e091fdd36b0" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="67216139" name="name939068fbc1f8e2af2" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId966068e091fdd36a7" cstate="print"/>
+                    <a:blip r:embed="rId880868fbc1f8e2aef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId501268e091fdd62fe" w:history="1">
+      <w:hyperlink r:id="rId362068fbc1f8e4b95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112068e091fdd6364" w:history="1">
+      <w:hyperlink r:id="rId768768fbc1f8e4bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710868e091fdd6692" w:history="1">
+      <w:hyperlink r:id="rId917968fbc1f8e4f22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170568e091fdd81d4" w:history="1">
+      <w:hyperlink r:id="rId143968fbc1f8e6aeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938868e091fdd857c" w:history="1">
+      <w:hyperlink r:id="rId507868fbc1f8e6eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461768e091fdd8637" w:history="1">
+      <w:hyperlink r:id="rId962868fbc1f8e6f76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27892658" name="name835168e091fdd86a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="48954416" name="name368068fbc1f8e6fd9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId658868e091fdd86a6" cstate="print"/>
+                    <a:blip r:embed="rId619268fbc1f8e6fd8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28255320">
+  <w:abstractNum w:abstractNumId="77073038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90603042">
+    <w:lvl w:ilvl="0" w:tplc="56553256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90603042" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56553256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28255319">
+  <w:abstractNum w:abstractNumId="77073037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54482073">
+    <w:lvl w:ilvl="0" w:tplc="50542071">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28255319">
-    <w:abstractNumId w:val="28255319"/>
+  <w:num w:numId="77073037">
+    <w:abstractNumId w:val="77073037"/>
   </w:num>
-  <w:num w:numId="28255320">
-    <w:abstractNumId w:val="28255320"/>
+  <w:num w:numId="77073038">
+    <w:abstractNumId w:val="77073038"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292714230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId447370315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId791268e091fdd0b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId184268e091fdd0b69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId462868e091fdd1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId501268e091fdd62fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId112068e091fdd6364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId710868e091fdd6692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId170568e091fdd81d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId938868e091fdd857c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId461768e091fdd8637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId777368e091fdd1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId777368e091fdd1272.jpg"/><Relationship Id="rId966068e091fdd36a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966068e091fdd36a7.jpg"/><Relationship Id="rId658868e091fdd86a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658868e091fdd86a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId347353150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439412264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId287368fbc1f8e0cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId480268fbc1f8e0d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId892868fbc1f8e0f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId362068fbc1f8e4b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId768768fbc1f8e4bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId917968fbc1f8e4f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId143968fbc1f8e6aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId507868fbc1f8e6eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId962868fbc1f8e6f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId786768fbc1f8e0e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId786768fbc1f8e0e15.jpg"/><Relationship Id="rId880868fbc1f8e2aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880868fbc1f8e2aef.jpg"/><Relationship Id="rId619268fbc1f8e6fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619268fbc1f8e6fd8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>