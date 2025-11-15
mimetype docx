--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287368fbc1f8e0cf7" w:history="1">
+            <w:hyperlink r:id="rId714769185cf599253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480268fbc1f8e0d3d" w:history="1">
+            <w:hyperlink r:id="rId400069185cf59929a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88395158" name="name436768fbc1f8e0e17" descr="3762.jpg"/>
+                  <wp:docPr id="43587390" name="name154169185cf599359" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId786768fbc1f8e0e15" cstate="print"/>
+                          <a:blip r:embed="rId956869185cf599358" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId892868fbc1f8e0f5b" w:history="1">
+            <w:hyperlink r:id="rId557769185cf59945b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67216139" name="name939068fbc1f8e2af2" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="85528840" name="name622769185cf59a710" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880868fbc1f8e2aef" cstate="print"/>
+                    <a:blip r:embed="rId926169185cf59a70e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId362068fbc1f8e4b95" w:history="1">
+      <w:hyperlink r:id="rId591569185cf59c8ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768768fbc1f8e4bfa" w:history="1">
+      <w:hyperlink r:id="rId833969185cf59c924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917968fbc1f8e4f22" w:history="1">
+      <w:hyperlink r:id="rId822769185cf59cc52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143968fbc1f8e6aeb" w:history="1">
+      <w:hyperlink r:id="rId884169185cf59e744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507868fbc1f8e6eab" w:history="1">
+      <w:hyperlink r:id="rId425169185cf59eae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962868fbc1f8e6f76" w:history="1">
+      <w:hyperlink r:id="rId855869185cf59eb9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48954416" name="name368068fbc1f8e6fd9" descr="eu_funding_250.png"/>
+            <wp:docPr id="9291698" name="name243769185cf59ec08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId619268fbc1f8e6fd8" cstate="print"/>
+                    <a:blip r:embed="rId773669185cf59ec07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77073038">
+  <w:abstractNum w:abstractNumId="26389852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56553256">
+    <w:lvl w:ilvl="0" w:tplc="62401733">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56553256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62401733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77073037">
+  <w:abstractNum w:abstractNumId="26389851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50542071">
+    <w:lvl w:ilvl="0" w:tplc="34094492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77073037">
-    <w:abstractNumId w:val="77073037"/>
+  <w:num w:numId="26389851">
+    <w:abstractNumId w:val="26389851"/>
   </w:num>
-  <w:num w:numId="77073038">
-    <w:abstractNumId w:val="77073038"/>
+  <w:num w:numId="26389852">
+    <w:abstractNumId w:val="26389852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId347353150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439412264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId287368fbc1f8e0cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId480268fbc1f8e0d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId892868fbc1f8e0f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId362068fbc1f8e4b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId768768fbc1f8e4bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId917968fbc1f8e4f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId143968fbc1f8e6aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId507868fbc1f8e6eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId962868fbc1f8e6f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId786768fbc1f8e0e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId786768fbc1f8e0e15.jpg"/><Relationship Id="rId880868fbc1f8e2aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880868fbc1f8e2aef.jpg"/><Relationship Id="rId619268fbc1f8e6fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619268fbc1f8e6fd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416747121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId680285938" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId714769185cf599253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId400069185cf59929a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId557769185cf59945b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId591569185cf59c8ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId833969185cf59c924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId822769185cf59cc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId884169185cf59e744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId425169185cf59eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId855869185cf59eb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId956869185cf599358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956869185cf599358.jpg"/><Relationship Id="rId926169185cf59a70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId926169185cf59a70e.jpg"/><Relationship Id="rId773669185cf59ec07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773669185cf59ec07.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>