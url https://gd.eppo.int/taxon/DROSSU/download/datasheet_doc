--- v2 (2025-11-15)
+++ v3 (2025-12-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId714769185cf599253" w:history="1">
+            <w:hyperlink r:id="rId5582694db5996ef67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400069185cf59929a" w:history="1">
+            <w:hyperlink r:id="rId2012694db5996efae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43587390" name="name154169185cf599359" descr="3762.jpg"/>
+                  <wp:docPr id="33035950" name="name3764694db5996f07d" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId956869185cf599358" cstate="print"/>
+                          <a:blip r:embed="rId5942694db5996f07c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId557769185cf59945b" w:history="1">
+            <w:hyperlink r:id="rId5663694db5996f1da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,105 +3074,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85528840" name="name622769185cf59a710" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="87103540" name="name8146694db5997150e" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId926169185cf59a70e" cstate="print"/>
+                    <a:blip r:embed="rId3599694db5997150a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Montenegro, Morocco, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Far East, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Montenegro, Morocco, Netherlands, Poland, Portugal (mainland, Azores, Madeira), Romania, Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Comoros, Kenya, Mayotte, Morocco, Reunion, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId591569185cf59c8ab" w:history="1">
+      <w:hyperlink r:id="rId8110694db59973ba0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833969185cf59c924" w:history="1">
+      <w:hyperlink r:id="rId1031694db59973c0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822769185cf59cc52" w:history="1">
+      <w:hyperlink r:id="rId8891694db59973f6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884169185cf59e744" w:history="1">
+      <w:hyperlink r:id="rId7735694db59975fde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425169185cf59eae3" w:history="1">
+      <w:hyperlink r:id="rId7286694db599763b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855869185cf59eb9f" w:history="1">
+      <w:hyperlink r:id="rId8334694db5997647b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9291698" name="name243769185cf59ec08" descr="eu_funding_250.png"/>
+            <wp:docPr id="54236082" name="name2457694db599764e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773669185cf59ec07" cstate="print"/>
+                    <a:blip r:embed="rId5596694db599764e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26389852">
+  <w:abstractNum w:abstractNumId="71334822">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62401733">
+    <w:lvl w:ilvl="0" w:tplc="17710082">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62401733" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17710082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26389851">
+  <w:abstractNum w:abstractNumId="71334821">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34094492">
+    <w:lvl w:ilvl="0" w:tplc="71433393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26389851">
-    <w:abstractNumId w:val="26389851"/>
+  <w:num w:numId="71334821">
+    <w:abstractNumId w:val="71334821"/>
   </w:num>
-  <w:num w:numId="26389852">
-    <w:abstractNumId w:val="26389852"/>
+  <w:num w:numId="71334822">
+    <w:abstractNumId w:val="71334822"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416747121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId680285938" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId714769185cf599253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId400069185cf59929a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId557769185cf59945b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId591569185cf59c8ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId833969185cf59c924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId822769185cf59cc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId884169185cf59e744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId425169185cf59eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId855869185cf59eb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId956869185cf599358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956869185cf599358.jpg"/><Relationship Id="rId926169185cf59a70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId926169185cf59a70e.jpg"/><Relationship Id="rId773669185cf59ec07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773669185cf59ec07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId707344033" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId646037954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5582694db5996ef67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId2012694db5996efae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId5663694db5996f1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId8110694db59973ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId1031694db59973c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId8891694db59973f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId7735694db59975fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId7286694db599763b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId8334694db5997647b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5942694db5996f07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5942694db5996f07c.jpg"/><Relationship Id="rId3599694db5997150a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3599694db5997150a.jpg"/><Relationship Id="rId5596694db599764e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5596694db599764e6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>