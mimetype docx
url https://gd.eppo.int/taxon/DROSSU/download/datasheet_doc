--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5582694db5996ef67" w:history="1">
+            <w:hyperlink r:id="rId19126968803010222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2012694db5996efae" w:history="1">
+            <w:hyperlink r:id="rId75986968803010267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33035950" name="name3764694db5996f07d" descr="3762.jpg"/>
+                  <wp:docPr id="40169079" name="name66156968803010a55" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5942694db5996f07c" cstate="print"/>
+                          <a:blip r:embed="rId69616968803010a54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5663694db5996f1da" w:history="1">
+            <w:hyperlink r:id="rId32016968803010ba3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87103540" name="name8146694db5997150e" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="29599714" name="name19886968803012d08" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3599694db5997150a" cstate="print"/>
+                    <a:blip r:embed="rId70876968803012d03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8110694db59973ba0" w:history="1">
+      <w:hyperlink r:id="rId41946968803014fec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1031694db59973c0a" w:history="1">
+      <w:hyperlink r:id="rId47946968803015052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8891694db59973f6b" w:history="1">
+      <w:hyperlink r:id="rId53366968803015380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7735694db59975fde" w:history="1">
+      <w:hyperlink r:id="rId96416968803016eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7286694db599763b3" w:history="1">
+      <w:hyperlink r:id="rId35736968803017253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13363,103 +13363,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8334694db5997647b" w:history="1">
+      <w:hyperlink r:id="rId2584696880301730f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54236082" name="name2457694db599764e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="69231047" name="name99736968803017379" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5596694db599764e6" cstate="print"/>
+                    <a:blip r:embed="rId91386968803017378" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71334822">
+  <w:abstractNum w:abstractNumId="57424061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17710082">
+    <w:lvl w:ilvl="0" w:tplc="16203465">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17710082" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16203465" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71334821">
+  <w:abstractNum w:abstractNumId="57424060">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71433393">
+    <w:lvl w:ilvl="0" w:tplc="35790971">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71334821">
-    <w:abstractNumId w:val="71334821"/>
+  <w:num w:numId="57424060">
+    <w:abstractNumId w:val="57424060"/>
   </w:num>
-  <w:num w:numId="71334822">
-    <w:abstractNumId w:val="71334822"/>
+  <w:num w:numId="57424061">
+    <w:abstractNumId w:val="57424061"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId707344033" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId646037954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5582694db5996ef67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId2012694db5996efae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId5663694db5996f1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId8110694db59973ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId1031694db59973c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId8891694db59973f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId7735694db59975fde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId7286694db599763b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId8334694db5997647b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5942694db5996f07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5942694db5996f07c.jpg"/><Relationship Id="rId3599694db5997150a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3599694db5997150a.jpg"/><Relationship Id="rId5596694db599764e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5596694db599764e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId205437603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565413436" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19126968803010222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId75986968803010267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId32016968803010ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId41946968803014fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId47946968803015052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId53366968803015380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId96416968803016eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId35736968803017253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId2584696880301730f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69616968803010a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69616968803010a54.jpg"/><Relationship Id="rId70876968803012d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70876968803012d03.jpg"/><Relationship Id="rId91386968803017378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91386968803017378.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>