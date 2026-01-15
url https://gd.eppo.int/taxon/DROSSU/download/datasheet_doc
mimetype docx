--- v4 (2026-01-15)
+++ v5 (2026-01-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19126968803010222" w:history="1">
+            <w:hyperlink r:id="rId587369688f1fb32a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75986968803010267" w:history="1">
+            <w:hyperlink r:id="rId390069688f1fb32fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40169079" name="name66156968803010a55" descr="3762.jpg"/>
+                  <wp:docPr id="78817502" name="name232469688f1fb3457" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69616968803010a54" cstate="print"/>
+                          <a:blip r:embed="rId122669688f1fb3456" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId32016968803010ba3" w:history="1">
+            <w:hyperlink r:id="rId975069688f1fb35d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29599714" name="name19886968803012d08" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="5011828" name="name220369688f1fb594b" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70876968803012d03" cstate="print"/>
+                    <a:blip r:embed="rId666869688f1fb5947" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId41946968803014fec" w:history="1">
+      <w:hyperlink r:id="rId804869688f1fb7a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47946968803015052" w:history="1">
+      <w:hyperlink r:id="rId455469688f1fb7aa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53366968803015380" w:history="1">
+      <w:hyperlink r:id="rId517569688f1fb7dd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96416968803016eaf" w:history="1">
+      <w:hyperlink r:id="rId390369688f1fb988d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35736968803017253" w:history="1">
+      <w:hyperlink r:id="rId639769688f1fb9c2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2584696880301730f" w:history="1">
+      <w:hyperlink r:id="rId168369688f1fb9ce2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69231047" name="name99736968803017379" descr="eu_funding_250.png"/>
+            <wp:docPr id="59674997" name="name906869688f1fb9d6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91386968803017378" cstate="print"/>
+                    <a:blip r:embed="rId622869688f1fb9d6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57424061">
+  <w:abstractNum w:abstractNumId="96540074">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16203465">
+    <w:lvl w:ilvl="0" w:tplc="35957079">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16203465" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35957079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57424060">
+  <w:abstractNum w:abstractNumId="96540073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35790971">
+    <w:lvl w:ilvl="0" w:tplc="67890585">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57424060">
-    <w:abstractNumId w:val="57424060"/>
+  <w:num w:numId="96540073">
+    <w:abstractNumId w:val="96540073"/>
   </w:num>
-  <w:num w:numId="57424061">
-    <w:abstractNumId w:val="57424061"/>
+  <w:num w:numId="96540074">
+    <w:abstractNumId w:val="96540074"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId205437603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565413436" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19126968803010222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId75986968803010267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId32016968803010ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId41946968803014fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId47946968803015052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId53366968803015380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId96416968803016eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId35736968803017253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId2584696880301730f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69616968803010a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69616968803010a54.jpg"/><Relationship Id="rId70876968803012d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70876968803012d03.jpg"/><Relationship Id="rId91386968803017378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91386968803017378.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233387328" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId892323696" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId587369688f1fb32a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId390069688f1fb32fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId975069688f1fb35d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId804869688f1fb7a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId455469688f1fb7aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId517569688f1fb7dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId390369688f1fb988d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId639769688f1fb9c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId168369688f1fb9ce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId122669688f1fb3456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122669688f1fb3456.jpg"/><Relationship Id="rId666869688f1fb5947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId666869688f1fb5947.jpg"/><Relationship Id="rId622869688f1fb9d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId622869688f1fb9d6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>