--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587369688f1fb32a8" w:history="1">
+            <w:hyperlink r:id="rId89966983677fbe444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390069688f1fb32fd" w:history="1">
+            <w:hyperlink r:id="rId88746983677fbe489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78817502" name="name232469688f1fb3457" descr="3762.jpg"/>
+                  <wp:docPr id="9605518" name="name57726983677fbeace" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId122669688f1fb3456" cstate="print"/>
+                          <a:blip r:embed="rId24246983677fbeacb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId975069688f1fb35d2" w:history="1">
+            <w:hyperlink r:id="rId94616983677fbec20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5011828" name="name220369688f1fb594b" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="12781142" name="name23756983677fc0ba3" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId666869688f1fb5947" cstate="print"/>
+                    <a:blip r:embed="rId95226983677fc0b9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId804869688f1fb7a3c" w:history="1">
+      <w:hyperlink r:id="rId67006983677fc33c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455469688f1fb7aa3" w:history="1">
+      <w:hyperlink r:id="rId86356983677fc345b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517569688f1fb7dd5" w:history="1">
+      <w:hyperlink r:id="rId51916983677fc387a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390369688f1fb988d" w:history="1">
+      <w:hyperlink r:id="rId17416983677fc5677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639769688f1fb9c2b" w:history="1">
+      <w:hyperlink r:id="rId51856983677fc5a23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168369688f1fb9ce2" w:history="1">
+      <w:hyperlink r:id="rId89816983677fc5ae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59674997" name="name906869688f1fb9d6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="2228573" name="name35086983677fc5b87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId622869688f1fb9d6c" cstate="print"/>
+                    <a:blip r:embed="rId30096983677fc5b86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96540074">
+  <w:abstractNum w:abstractNumId="21635543">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35957079">
+    <w:lvl w:ilvl="0" w:tplc="76549366">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35957079" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76549366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96540073">
+  <w:abstractNum w:abstractNumId="21635542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67890585">
+    <w:lvl w:ilvl="0" w:tplc="30441333">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96540073">
-    <w:abstractNumId w:val="96540073"/>
+  <w:num w:numId="21635542">
+    <w:abstractNumId w:val="21635542"/>
   </w:num>
-  <w:num w:numId="96540074">
-    <w:abstractNumId w:val="96540074"/>
+  <w:num w:numId="21635543">
+    <w:abstractNumId w:val="21635543"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId233387328" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId892323696" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId587369688f1fb32a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId390069688f1fb32fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId975069688f1fb35d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId804869688f1fb7a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId455469688f1fb7aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId517569688f1fb7dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId390369688f1fb988d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId639769688f1fb9c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId168369688f1fb9ce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId122669688f1fb3456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122669688f1fb3456.jpg"/><Relationship Id="rId666869688f1fb5947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId666869688f1fb5947.jpg"/><Relationship Id="rId622869688f1fb9d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId622869688f1fb9d6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479528726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712690223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89966983677fbe444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId88746983677fbe489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId94616983677fbec20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId67006983677fc33c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId86356983677fc345b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId51916983677fc387a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId17416983677fc5677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId51856983677fc5a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId89816983677fc5ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24246983677fbeacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24246983677fbeacb.jpg"/><Relationship Id="rId95226983677fc0b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95226983677fc0b9f.jpg"/><Relationship Id="rId30096983677fc5b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30096983677fc5b86.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>