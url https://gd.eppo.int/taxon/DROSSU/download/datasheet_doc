--- v6 (2026-02-04)
+++ v7 (2026-03-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Drosophilidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry drosophila, spotted-wing drosophila (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89966983677fbe444" w:history="1">
+            <w:hyperlink r:id="rId427969b9c16435ff1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88746983677fbe489" w:history="1">
+            <w:hyperlink r:id="rId702769b9c16436037" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DROSSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9605518" name="name57726983677fbeace" descr="3762.jpg"/>
+                  <wp:docPr id="3074867" name="name943669b9c16437a9a" descr="3762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24246983677fbeacb" cstate="print"/>
+                          <a:blip r:embed="rId196669b9c16437a97" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId94616983677fbec20" w:history="1">
+            <w:hyperlink r:id="rId716069b9c16437be8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3074,63 +3074,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12781142" name="name23756983677fc0ba3" descr="DROSSU_distribution_map.jpg"/>
+            <wp:docPr id="38243730" name="name246869b9c16439ebf" descr="DROSSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DROSSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95226983677fc0b9f" cstate="print"/>
+                    <a:blip r:embed="rId267969b9c16439ebb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7925,51 +7925,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 922-939.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coop L (2010) Online phenology and degree-day model for agricultural and decision-making in the US. Integrated Plant Protection Center, Botany &amp; Plant Pathology Dep. Oregon State University, Corvallis, Oregon. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId67006983677fc33c6" w:history="1">
+      <w:hyperlink r:id="rId739569b9c1643d8c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://uspest.org/risk/models?spp_swd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7984,51 +7984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DAFF (2013) Final pest risk analysis report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Australian Government, Department of Agriculture, Fisheries and Forestry Biosecurity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86356983677fc345b" w:history="1">
+      <w:hyperlink r:id="rId100769b9c1643d932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8482,51 +8482,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) EPPO Pest Risk Analysis on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51916983677fc387a" w:history="1">
+      <w:hyperlink r:id="rId653269b9c1643dc5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/DROSSU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12709,51 +12709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vlach J (2010) Identifying </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Oregon Department of Agriculture </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17416983677fc5677" w:history="1">
+      <w:hyperlink r:id="rId300069b9c1644177d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13275,51 +13275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (spotted wing drosophila). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51856983677fc5a23" w:history="1">
+      <w:hyperlink r:id="rId542569b9c16441bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/109283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drosophila suzukii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89816983677fc5ae5" w:history="1">
+      <w:hyperlink r:id="rId395969b9c16441c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2228573" name="name35086983677fc5b87" descr="eu_funding_250.png"/>
+            <wp:docPr id="42739731" name="name317569b9c16441d9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30096983677fc5b86" cstate="print"/>
+                    <a:blip r:embed="rId549869b9c16441d98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21635543">
+  <w:abstractNum w:abstractNumId="45816393">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76549366">
+    <w:lvl w:ilvl="0" w:tplc="26657621">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76549366" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26657621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21635542">
+  <w:abstractNum w:abstractNumId="45816392">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30441333">
+    <w:lvl w:ilvl="0" w:tplc="35786161">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21635542">
-    <w:abstractNumId w:val="21635542"/>
+  <w:num w:numId="45816392">
+    <w:abstractNumId w:val="45816392"/>
   </w:num>
-  <w:num w:numId="21635543">
-    <w:abstractNumId w:val="21635543"/>
+  <w:num w:numId="45816393">
+    <w:abstractNumId w:val="45816393"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479528726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712690223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89966983677fbe444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId88746983677fbe489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId94616983677fbec20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId67006983677fc33c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId86356983677fc345b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId51916983677fc387a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId17416983677fc5677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId51856983677fc5a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId89816983677fc5ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24246983677fbeacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24246983677fbeacb.jpg"/><Relationship Id="rId95226983677fc0b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95226983677fc0b9f.jpg"/><Relationship Id="rId30096983677fc5b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30096983677fc5b86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436395518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId206512678" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId427969b9c16435ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/" TargetMode="External"/><Relationship Id="rId702769b9c16436037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/categorization" TargetMode="External"/><Relationship Id="rId716069b9c16437be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DROSSU/photos" TargetMode="External"/><Relationship Id="rId739569b9c1643d8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uspest.org/risk/models?spp_swd" TargetMode="External"/><Relationship Id="rId100769b9c1643d932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/sites/default/files/sitecollectiondocuments/ba/plant/2013/drosophila-suzukii-pra/BA2013-09-final-Drosophila-suzukii-PRA.pdf" TargetMode="External"/><Relationship Id="rId653269b9c1643dc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/DROSSU" TargetMode="External"/><Relationship Id="rId300069b9c1644177d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/PLANT/docs/pdf/ippm_d_suzukii_id_guide10.pdf" TargetMode="External"/><Relationship Id="rId542569b9c16441bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/109283#1C409780-F539-4BC5-AD79-E5C173F17C63" TargetMode="External"/><Relationship Id="rId395969b9c16441c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId196669b9c16437a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196669b9c16437a97.jpg"/><Relationship Id="rId267969b9c16439ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId267969b9c16439ebb.jpg"/><Relationship Id="rId549869b9c16441d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId549869b9c16441d98.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>