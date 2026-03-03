--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DRNMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>SCITSI</t>
   </si>
   <si>
     <t>Chaetanaphothrips signipennis (as Dracaena)</t>
   </si>
   <si>
     <t>* Mille CG, Cazères S , Jourdan H, Mound LA (2025) Biosecurity in a biodiversity hotspot: an updated checklist of the Thysanoptera fauna of New Caledonia. Advances in Entomology 13(1), 1-47. https://doi.org/10.4236/ae.2025.131001</t>
   </si>
   <si>
@@ -78,50 +78,60 @@
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Dracaena)</t>
   </si>
   <si>
     <t>* Veenenbos JAJ (1981) Opogona sacchari, a Pest Risk from imports of ornamental plants of tropical origin. EPPO Bulletin, 11(3), 235-237.
 * Yoshimatsu S, Miyamoto Y, Hirowatari T, Yasuda K (2004) [Occurrence of Opogona sacchari (Bojer) in Japan (Lepidoptera: Tineidae)]. Japanese Journal of Applied Entomology and Zoology 48(2), 135-139 (in Japanese).</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Dracaena)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Suh, S.-J (2020) Host plant list of the scale insects (Hemiptera: Coccomorpha) in South Korea. Insecta Mundi 0757, 1–26</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Heppner JB, Pena JE, Glenn H (1987) The banana moth, Opogona sacchari (Bojer) (Lepidoptera: Tineidae), in Florida. Entomology Circular, Division of Plant Industry, Florida Department of Agriculture and Consumer Services No. 293, 4pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -444,51 +454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -570,60 +580,74 @@
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">