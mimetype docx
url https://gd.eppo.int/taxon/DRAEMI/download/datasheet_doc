--- v0 (2025-10-18)
+++ v1 (2025-11-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103268f3faaf365b4" w:history="1">
+            <w:hyperlink r:id="rId6269691d0cb5b0660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33865484" name="name539068f3faaf36693" descr="607.jpg"/>
+                  <wp:docPr id="66561243" name="name9128691d0cb5b0e50" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId773268f3faaf36692" cstate="print"/>
+                          <a:blip r:embed="rId7849691d0cb5b0e4e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId126968f3faaf367d4" w:history="1">
+            <w:hyperlink r:id="rId6990691d0cb5b0f76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56053792" name="name965668f3faaf39fbc" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="748413" name="name8684691d0cb5b2693" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId327668f3faaf39fba" cstate="print"/>
+                    <a:blip r:embed="rId1424691d0cb5b2691" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114368f3faaf3a4af" w:history="1">
+      <w:hyperlink r:id="rId7288691d0cb5b2bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521168f3faaf3a4da" w:history="1">
+      <w:hyperlink r:id="rId6481691d0cb5b2bf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740968f3faaf3ab97" w:history="1">
+      <w:hyperlink r:id="rId4508691d0cb5b328d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618668f3faaf3ac2c" w:history="1">
+      <w:hyperlink r:id="rId1461691d0cb5b3324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553368f3faaf3adf3" w:history="1">
+      <w:hyperlink r:id="rId9881691d0cb5b34eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4159,51 +4159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190568f3faaf3aee4" w:history="1">
+      <w:hyperlink r:id="rId4473691d0cb5b35da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23540168" name="name871768f3faaf3af6c" descr="eu_funding_250.png"/>
+            <wp:docPr id="24955907" name="name3681691d0cb5b366f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId727868f3faaf3af6b" cstate="print"/>
+                    <a:blip r:embed="rId6024691d0cb5b366e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56563869">
+  <w:abstractNum w:abstractNumId="57489620">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86699788">
+    <w:lvl w:ilvl="0" w:tplc="16773984">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86699788" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16773984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56563868">
+  <w:abstractNum w:abstractNumId="57489619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10776471">
+    <w:lvl w:ilvl="0" w:tplc="44949137">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56563868">
-    <w:abstractNumId w:val="56563868"/>
+  <w:num w:numId="57489619">
+    <w:abstractNumId w:val="57489619"/>
   </w:num>
-  <w:num w:numId="56563869">
-    <w:abstractNumId w:val="56563869"/>
+  <w:num w:numId="57489620">
+    <w:abstractNumId w:val="57489620"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459469485" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId521589284" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103268f3faaf365b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId126968f3faaf367d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId114368f3faaf3a4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId521168f3faaf3a4da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId740968f3faaf3ab97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId618668f3faaf3ac2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId553368f3faaf3adf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId190568f3faaf3aee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId773268f3faaf36692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773268f3faaf36692.jpg"/><Relationship Id="rId327668f3faaf39fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327668f3faaf39fba.jpg"/><Relationship Id="rId727868f3faaf3af6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727868f3faaf3af6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835881226" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754385360" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6269691d0cb5b0660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId6990691d0cb5b0f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId7288691d0cb5b2bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId6481691d0cb5b2bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId4508691d0cb5b328d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId1461691d0cb5b3324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId9881691d0cb5b34eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId4473691d0cb5b35da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7849691d0cb5b0e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7849691d0cb5b0e4e.jpg"/><Relationship Id="rId1424691d0cb5b2691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1424691d0cb5b2691.jpg"/><Relationship Id="rId6024691d0cb5b366e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6024691d0cb5b366e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>