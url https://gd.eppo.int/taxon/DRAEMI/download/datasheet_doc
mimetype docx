--- v1 (2025-11-19)
+++ v2 (2025-12-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6269691d0cb5b0660" w:history="1">
+            <w:hyperlink r:id="rId5095693e81d60ac5a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66561243" name="name9128691d0cb5b0e50" descr="607.jpg"/>
+                  <wp:docPr id="68433543" name="name9549693e81d60b445" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7849691d0cb5b0e4e" cstate="print"/>
+                          <a:blip r:embed="rId7822693e81d60b443" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6990691d0cb5b0f76" w:history="1">
+            <w:hyperlink r:id="rId6871693e81d60b56b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="748413" name="name8684691d0cb5b2693" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="75029041" name="name4328693e81d60ce49" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1424691d0cb5b2691" cstate="print"/>
+                    <a:blip r:embed="rId2817693e81d60ce45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7288691d0cb5b2bcc" w:history="1">
+      <w:hyperlink r:id="rId6809693e81d60d36e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6481691d0cb5b2bf1" w:history="1">
+      <w:hyperlink r:id="rId5697693e81d60d392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4508691d0cb5b328d" w:history="1">
+      <w:hyperlink r:id="rId9415693e81d60da4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1461691d0cb5b3324" w:history="1">
+      <w:hyperlink r:id="rId8688693e81d60dafb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9881691d0cb5b34eb" w:history="1">
+      <w:hyperlink r:id="rId6506693e81d60dcc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4159,51 +4159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4473691d0cb5b35da" w:history="1">
+      <w:hyperlink r:id="rId7704693e81d60ddb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24955907" name="name3681691d0cb5b366f" descr="eu_funding_250.png"/>
+            <wp:docPr id="5093485" name="name9009693e81d60de92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6024691d0cb5b366e" cstate="print"/>
+                    <a:blip r:embed="rId4152693e81d60de91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57489620">
+  <w:abstractNum w:abstractNumId="54173404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16773984">
+    <w:lvl w:ilvl="0" w:tplc="25827501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16773984" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25827501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57489619">
+  <w:abstractNum w:abstractNumId="54173403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44949137">
+    <w:lvl w:ilvl="0" w:tplc="33436283">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57489619">
-    <w:abstractNumId w:val="57489619"/>
+  <w:num w:numId="54173403">
+    <w:abstractNumId w:val="54173403"/>
   </w:num>
-  <w:num w:numId="57489620">
-    <w:abstractNumId w:val="57489620"/>
+  <w:num w:numId="54173404">
+    <w:abstractNumId w:val="54173404"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835881226" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754385360" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6269691d0cb5b0660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId6990691d0cb5b0f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId7288691d0cb5b2bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId6481691d0cb5b2bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId4508691d0cb5b328d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId1461691d0cb5b3324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId9881691d0cb5b34eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId4473691d0cb5b35da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7849691d0cb5b0e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7849691d0cb5b0e4e.jpg"/><Relationship Id="rId1424691d0cb5b2691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1424691d0cb5b2691.jpg"/><Relationship Id="rId6024691d0cb5b366e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6024691d0cb5b366e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512204250" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293421609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5095693e81d60ac5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId6871693e81d60b56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId6809693e81d60d36e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId5697693e81d60d392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId9415693e81d60da4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId8688693e81d60dafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId6506693e81d60dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId7704693e81d60ddb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7822693e81d60b443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7822693e81d60b443.jpg"/><Relationship Id="rId2817693e81d60ce45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2817693e81d60ce45.jpg"/><Relationship Id="rId4152693e81d60de91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4152693e81d60de91.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>