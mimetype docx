--- v2 (2025-12-14)
+++ v3 (2026-01-05)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5095693e81d60ac5a" w:history="1">
+            <w:hyperlink r:id="rId1539695b9be79d1ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68433543" name="name9549693e81d60b445" descr="607.jpg"/>
+                  <wp:docPr id="78162524" name="name1948695b9be79da48" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7822693e81d60b443" cstate="print"/>
+                          <a:blip r:embed="rId1442695b9be79da46" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6871693e81d60b56b" w:history="1">
+            <w:hyperlink r:id="rId8566695b9be79db4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75029041" name="name4328693e81d60ce49" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="66000589" name="name4351695b9be79f516" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2817693e81d60ce45" cstate="print"/>
+                    <a:blip r:embed="rId9299695b9be79f513" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6809693e81d60d36e" w:history="1">
+      <w:hyperlink r:id="rId1785695b9be79fa29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5697693e81d60d392" w:history="1">
+      <w:hyperlink r:id="rId6369695b9be79fa4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9415693e81d60da4a" w:history="1">
+      <w:hyperlink r:id="rId3908695b9be7a00ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8688693e81d60dafb" w:history="1">
+      <w:hyperlink r:id="rId3378695b9be7a0181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6506693e81d60dcc2" w:history="1">
+      <w:hyperlink r:id="rId3131695b9be7a0362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,73 +4137,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7704693e81d60ddb4" w:history="1">
+      <w:hyperlink r:id="rId9863695b9be7a0455" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5093485" name="name9009693e81d60de92" descr="eu_funding_250.png"/>
+            <wp:docPr id="61173104" name="name7595695b9be7a052e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4152693e81d60de91" cstate="print"/>
+                    <a:blip r:embed="rId8227695b9be7a052d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54173404">
+  <w:abstractNum w:abstractNumId="17852739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25827501">
+    <w:lvl w:ilvl="0" w:tplc="47567601">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25827501" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47567601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54173403">
+  <w:abstractNum w:abstractNumId="17852738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33436283">
+    <w:lvl w:ilvl="0" w:tplc="97586977">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54173403">
-    <w:abstractNumId w:val="54173403"/>
+  <w:num w:numId="17852738">
+    <w:abstractNumId w:val="17852738"/>
   </w:num>
-  <w:num w:numId="54173404">
-    <w:abstractNumId w:val="54173404"/>
+  <w:num w:numId="17852739">
+    <w:abstractNumId w:val="17852739"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512204250" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293421609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5095693e81d60ac5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId6871693e81d60b56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId6809693e81d60d36e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId5697693e81d60d392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId9415693e81d60da4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId8688693e81d60dafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId6506693e81d60dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId7704693e81d60ddb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7822693e81d60b443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7822693e81d60b443.jpg"/><Relationship Id="rId2817693e81d60ce45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2817693e81d60ce45.jpg"/><Relationship Id="rId4152693e81d60de91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4152693e81d60de91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881885743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId387510960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1539695b9be79d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId8566695b9be79db4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId1785695b9be79fa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId6369695b9be79fa4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId3908695b9be7a00ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId3378695b9be7a0181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId3131695b9be7a0362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId9863695b9be7a0455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1442695b9be79da46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1442695b9be79da46.jpg"/><Relationship Id="rId9299695b9be79f513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9299695b9be79f513.jpg"/><Relationship Id="rId8227695b9be7a052d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8227695b9be7a052d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>