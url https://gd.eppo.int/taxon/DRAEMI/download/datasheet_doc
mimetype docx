--- v3 (2026-01-05)
+++ v4 (2026-02-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1539695b9be79d1ce" w:history="1">
+            <w:hyperlink r:id="rId35626990ef871af04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78162524" name="name1948695b9be79da48" descr="607.jpg"/>
+                  <wp:docPr id="26800130" name="name58886990ef871b6a1" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1442695b9be79da46" cstate="print"/>
+                          <a:blip r:embed="rId34066990ef871b69f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8566695b9be79db4b" w:history="1">
+            <w:hyperlink r:id="rId34626990ef871b7c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66000589" name="name4351695b9be79f516" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="54618916" name="name38206990ef871d0be" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9299695b9be79f513" cstate="print"/>
+                    <a:blip r:embed="rId17536990ef871d0ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1785695b9be79fa29" w:history="1">
+      <w:hyperlink r:id="rId91986990ef871d629" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6369695b9be79fa4d" w:history="1">
+      <w:hyperlink r:id="rId16856990ef871d64e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3908695b9be7a00ec" w:history="1">
+      <w:hyperlink r:id="rId57006990ef871dd0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3378695b9be7a0181" w:history="1">
+      <w:hyperlink r:id="rId14026990ef871dda6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3131695b9be7a0362" w:history="1">
+      <w:hyperlink r:id="rId89236990ef871e178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4159,51 +4159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9863695b9be7a0455" w:history="1">
+      <w:hyperlink r:id="rId42156990ef871e271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61173104" name="name7595695b9be7a052e" descr="eu_funding_250.png"/>
+            <wp:docPr id="89139453" name="name67476990ef871e334" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8227695b9be7a052d" cstate="print"/>
+                    <a:blip r:embed="rId48206990ef871e333" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17852739">
+  <w:abstractNum w:abstractNumId="17055280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47567601">
+    <w:lvl w:ilvl="0" w:tplc="39320887">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47567601" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39320887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17852738">
+  <w:abstractNum w:abstractNumId="17055279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97586977">
+    <w:lvl w:ilvl="0" w:tplc="17647526">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17852738">
-    <w:abstractNumId w:val="17852738"/>
+  <w:num w:numId="17055279">
+    <w:abstractNumId w:val="17055279"/>
   </w:num>
-  <w:num w:numId="17852739">
-    <w:abstractNumId w:val="17852739"/>
+  <w:num w:numId="17055280">
+    <w:abstractNumId w:val="17055280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881885743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId387510960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1539695b9be79d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId8566695b9be79db4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId1785695b9be79fa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId6369695b9be79fa4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId3908695b9be7a00ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId3378695b9be7a0181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId3131695b9be7a0362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId9863695b9be7a0455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1442695b9be79da46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1442695b9be79da46.jpg"/><Relationship Id="rId9299695b9be79f513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9299695b9be79f513.jpg"/><Relationship Id="rId8227695b9be7a052d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8227695b9be7a052d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId649014852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828207451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35626990ef871af04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId34626990ef871b7c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId91986990ef871d629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId16856990ef871d64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId57006990ef871dd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId14026990ef871dda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId89236990ef871e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId42156990ef871e271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34066990ef871b69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34066990ef871b69f.jpg"/><Relationship Id="rId17536990ef871d0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17536990ef871d0ba.jpg"/><Relationship Id="rId48206990ef871e333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48206990ef871e333.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>