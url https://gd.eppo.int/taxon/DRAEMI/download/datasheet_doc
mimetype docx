--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35626990ef871af04" w:history="1">
+            <w:hyperlink r:id="rId534269ab9e97e04ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26800130" name="name58886990ef871b6a1" descr="607.jpg"/>
+                  <wp:docPr id="83243907" name="name874369ab9e97e0b6c" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34066990ef871b69f" cstate="print"/>
+                          <a:blip r:embed="rId469269ab9e97e0b6a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34626990ef871b7c1" w:history="1">
+            <w:hyperlink r:id="rId260169ab9e97e0cde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54618916" name="name38206990ef871d0be" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="2153794" name="name890969ab9e97e2700" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17536990ef871d0ba" cstate="print"/>
+                    <a:blip r:embed="rId242969ab9e97e26fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91986990ef871d629" w:history="1">
+      <w:hyperlink r:id="rId463569ab9e97e2d4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16856990ef871d64e" w:history="1">
+      <w:hyperlink r:id="rId949769ab9e97e2d73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57006990ef871dd0e" w:history="1">
+      <w:hyperlink r:id="rId203669ab9e97e34d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14026990ef871dda6" w:history="1">
+      <w:hyperlink r:id="rId128869ab9e97e356a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89236990ef871e178" w:history="1">
+      <w:hyperlink r:id="rId686669ab9e97e372b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4159,51 +4159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42156990ef871e271" w:history="1">
+      <w:hyperlink r:id="rId705269ab9e97e3828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89139453" name="name67476990ef871e334" descr="eu_funding_250.png"/>
+            <wp:docPr id="12390180" name="name944069ab9e97e3c2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48206990ef871e333" cstate="print"/>
+                    <a:blip r:embed="rId803169ab9e97e3c2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17055280">
+  <w:abstractNum w:abstractNumId="57975069">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39320887">
+    <w:lvl w:ilvl="0" w:tplc="98349234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39320887" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98349234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17055279">
+  <w:abstractNum w:abstractNumId="57975068">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17647526">
+    <w:lvl w:ilvl="0" w:tplc="33794964">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17055279">
-    <w:abstractNumId w:val="17055279"/>
+  <w:num w:numId="57975068">
+    <w:abstractNumId w:val="57975068"/>
   </w:num>
-  <w:num w:numId="17055280">
-    <w:abstractNumId w:val="17055280"/>
+  <w:num w:numId="57975069">
+    <w:abstractNumId w:val="57975069"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId649014852" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828207451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35626990ef871af04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId34626990ef871b7c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId91986990ef871d629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId16856990ef871d64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId57006990ef871dd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId14026990ef871dda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId89236990ef871e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId42156990ef871e271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34066990ef871b69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34066990ef871b69f.jpg"/><Relationship Id="rId17536990ef871d0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17536990ef871d0ba.jpg"/><Relationship Id="rId48206990ef871e333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48206990ef871e333.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867474230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136114244" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId534269ab9e97e04ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId260169ab9e97e0cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId463569ab9e97e2d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId949769ab9e97e2d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId203669ab9e97e34d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId128869ab9e97e356a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId686669ab9e97e372b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId705269ab9e97e3828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId469269ab9e97e0b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469269ab9e97e0b6a.jpg"/><Relationship Id="rId242969ab9e97e26fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242969ab9e97e26fd.jpg"/><Relationship Id="rId803169ab9e97e3c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803169ab9e97e3c2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>