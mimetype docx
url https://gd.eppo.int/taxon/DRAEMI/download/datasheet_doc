--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Auchenorrhyncha: Cicadellidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grass sharpshooter, green sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534269ab9e97e04ed" w:history="1">
+            <w:hyperlink r:id="rId575869c7b956332df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DRAEMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83243907" name="name874369ab9e97e0b6c" descr="607.jpg"/>
+                  <wp:docPr id="70968402" name="name990869c7b9563397e" descr="607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId469269ab9e97e0b6a" cstate="print"/>
+                          <a:blip r:embed="rId207769c7b9563397b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId260169ab9e97e0cde" w:history="1">
+            <w:hyperlink r:id="rId967169c7b95633a8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2061,63 +2061,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent from the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2153794" name="name890969ab9e97e2700" descr="DRAEMI_distribution_map.jpg"/>
+            <wp:docPr id="77275275" name="name992369c7b9563537c" descr="DRAEMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DRAEMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId242969ab9e97e26fd" cstate="print"/>
+                    <a:blip r:embed="rId476569c7b95635379" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2605,72 +2605,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egg masses can be located by the presence of a blister on the plant’s epidermis while nymphs and adults can be seen on visual inspection. Gibson (1915) described both adults and nymphs as extremely reactive to disturbance. While the adults will react by jumping, which may make them more noticeable during inspection, the nymphs run away when disturbed, possibly hindering detection. Species level identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usually requires examination of internal genitalia characters. An identification key is provided in Dietrich (1994) although at least one new species has been described since this publication was released. Several Cytochrome c oxidase subunit I (CO1) sequences exist for this species making barcoding identification possible (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463569ab9e97e2d4c" w:history="1">
+      <w:hyperlink r:id="rId945469c7b95635872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CO1 sequences from this species or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949769ab9e97e2d73" w:history="1">
+      <w:hyperlink r:id="rId115769c7b95635896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to search for genetic data from this or other species).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3647,51 +3647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203669ab9e97e34d4" w:history="1">
+      <w:hyperlink r:id="rId324669c7b95635f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,51 +3735,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87-112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappal_a L, Malumphy C, Lopes JRS, Czwienczek E, MacLeod A (2019) Scientific Opinion on the pest categorisation of non-EU Cicadomorpha vectors of Xylella spp. EFSA Journal 2019;17(6):5736, 53 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128869ab9e97e356a" w:history="1">
+      <w:hyperlink r:id="rId131369c7b95635fe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4011,51 +4011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 207-264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686669ab9e97e372b" w:history="1">
+      <w:hyperlink r:id="rId627369c7b956361a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3733/hilg.v19n07p207</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4159,51 +4159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Draeculacephala minerva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705269ab9e97e3828" w:history="1">
+      <w:hyperlink r:id="rId589069c7b95636296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4216,63 +4216,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12390180" name="name944069ab9e97e3c2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="83067209" name="name645369c7b9563632a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId803169ab9e97e3c2d" cstate="print"/>
+                    <a:blip r:embed="rId554369c7b95636329" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4370,137 +4370,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57975069">
+  <w:abstractNum w:abstractNumId="66493369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98349234">
+    <w:lvl w:ilvl="0" w:tplc="42354647">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98349234" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42354647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57975068">
+  <w:abstractNum w:abstractNumId="66493368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33794964">
+    <w:lvl w:ilvl="0" w:tplc="56785888">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5252,55 +5252,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57975068">
-    <w:abstractNumId w:val="57975068"/>
+  <w:num w:numId="66493368">
+    <w:abstractNumId w:val="66493368"/>
   </w:num>
-  <w:num w:numId="57975069">
-    <w:abstractNumId w:val="57975069"/>
+  <w:num w:numId="66493369">
+    <w:abstractNumId w:val="66493369"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16850,51 +16850,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867474230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136114244" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId534269ab9e97e04ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId260169ab9e97e0cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId463569ab9e97e2d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId949769ab9e97e2d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId203669ab9e97e34d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId128869ab9e97e356a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId686669ab9e97e372b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId705269ab9e97e3828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId469269ab9e97e0b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469269ab9e97e0b6a.jpg"/><Relationship Id="rId242969ab9e97e26fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242969ab9e97e26fd.jpg"/><Relationship Id="rId803169ab9e97e3c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803169ab9e97e3c2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564672515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600877963" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId575869c7b956332df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/" TargetMode="External"/><Relationship Id="rId967169c7b95633a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DRAEMI/photos" TargetMode="External"/><Relationship Id="rId945469c7b95635872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DRAEMI/specimens" TargetMode="External"/><Relationship Id="rId115769c7b95635896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId324669c7b95635f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId131369c7b95635fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId627369c7b956361a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3733/hilg.v19n07p207" TargetMode="External"/><Relationship Id="rId589069c7b95636296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId207769c7b9563397b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId207769c7b9563397b.jpg"/><Relationship Id="rId476569c7b95635379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId476569c7b95635379.jpg"/><Relationship Id="rId554369c7b95636329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId554369c7b95636329.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>