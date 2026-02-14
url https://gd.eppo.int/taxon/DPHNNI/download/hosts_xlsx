--- v0 (2025-10-08)
+++ v1 (2026-02-14)
@@ -122,66 +122,66 @@
     <t>Cucurbita pepo</t>
   </si>
   <si>
     <t>* Reid WJ Jr, Cuthbert FP Jr (1956) Biology studies of the pickleworm. Journal of Economic Entomology 49, 870-873.</t>
   </si>
   <si>
     <t>LGNSI</t>
   </si>
   <si>
     <t>Lagenaria siceraria</t>
   </si>
   <si>
     <t xml:space="preserve">* Elsey KD ((1981) Pickleworm: Survival, development, and oviposition on selected hosts. Annals of the Entomological Society of America 74(1), 96-99.
 </t>
   </si>
   <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>* Peña JE, Waddill VH, Elsey KD (1987) Population dynamics of the pickleworm and the melonworm (Lepidoptera: Pyralidae) in Florida. Environmental entomology 16(5), 1057-1061.</t>
   </si>
   <si>
+    <t>SJAOD</t>
+  </si>
+  <si>
+    <t>Sicana odorifera</t>
+  </si>
+  <si>
+    <t>* Robinson GS, Ackery PR, Kitching I; Beccaloni GW,  Hernández LM (2023) HOSTS - a Database of the World's Lepidopteran Hostplants [Data set]. Natural History Museum. https://data.nhm.ac.uk/record/877f387a-36a3-486c-a0c1-b8d5fb69f85a/102824/1679592955502</t>
+  </si>
+  <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>* Sein F (1931) The Pickle Worm in Chayote in Porto Rico. Journal of Economic Entomology 24(3), 762.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Robinson GS, Ackery PR, Kitching I; Beccaloni GW,  Hernández LM (2023) HOSTS - a Database of the World's Lepidopteran Hostplants [Data set]. Natural History Museum. https://data.nhm.ac.uk/record/877f387a-36a3-486c-a0c1-b8d5fb69f85a/102824/1679592955502</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>