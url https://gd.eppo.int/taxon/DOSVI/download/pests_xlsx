--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DOSVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex)
 * Nelson GH, Walters Jr G, Haines R &amp; Bellamy C (2008) A catalog and bibliography of the Buprestoidea of America North of Mexico Coleopterists Society Special Publications. The Coleopterists Society, North Potomac, MD. (Vol. 4).
@@ -107,50 +107,60 @@
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf [Accessed February 15, 2023].</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Diospyros)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Diospyros)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -465,51 +475,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -617,50 +627,64 @@
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">