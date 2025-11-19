--- v0 (2025-10-18)
+++ v1 (2025-11-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DOSKA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
 ------- may relate to other species in the femorata complex</t>
   </si>
@@ -232,50 +232,59 @@
   </si>
   <si>
     <t>* Öztürk N, Ulusoy MR (2013) [A new pest, honeydew moth (Cryptoblabes gnidiella Mill. (Lepidoptera: Pyralidae) (on persimmon (Diosppyros kaki L.) and maize (Zea mays L.) in Turkey]. TABAD, Tarm Bilimleri Arastrma Dergisi 6(1), 6-9 (in Turkish).</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Diospyros)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Ben-David T, Ueckermann E, Gerson U (2013) An annotated list of the spider mites (Acari: Prostigmata: Tetranychidae) of Israel. Israel Journal of Entomology 43, 125-148.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in both California (US) and Israel.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- Non-reproductive host.</t>
   </si>
   <si>
@@ -875,51 +884,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1399,65 +1408,65 @@
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
       <c r="C36" t="s">
         <v>107</v>
       </c>
       <c r="D36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>109</v>
       </c>
       <c r="C37" t="s">
         <v>110</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>113</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>114</v>
       </c>
       <c r="C39" t="s">
         <v>115</v>
       </c>
       <c r="D39" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>117</v>
       </c>
       <c r="C40" t="s">
         <v>118</v>
       </c>
@@ -1496,107 +1505,107 @@
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
       <c r="C43" t="s">
         <v>127</v>
       </c>
       <c r="D43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>130</v>
       </c>
       <c r="D44" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>134</v>
       </c>
       <c r="C46" t="s">
         <v>135</v>
       </c>
       <c r="D46" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>137</v>
       </c>
       <c r="C47" t="s">
         <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>78</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>142</v>
       </c>
       <c r="C49" t="s">
         <v>143</v>
       </c>
       <c r="D49" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>145</v>
       </c>
       <c r="C50" t="s">
         <v>146</v>
@@ -1621,77 +1630,91 @@
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>151</v>
       </c>
       <c r="C52" t="s">
         <v>152</v>
       </c>
       <c r="D52" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>154</v>
       </c>
       <c r="C53" t="s">
         <v>155</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>158</v>
       </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>8</v>
+      </c>
+      <c r="B55" t="s">
         <v>159</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>160</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>161</v>
       </c>
-      <c r="D55"/>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>162</v>
+      </c>
+      <c r="B56" t="s">
+        <v>163</v>
+      </c>
+      <c r="C56" t="s">
+        <v>164</v>
+      </c>
+      <c r="D56"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>