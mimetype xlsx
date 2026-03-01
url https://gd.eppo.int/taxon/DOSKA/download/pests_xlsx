--- v1 (2025-11-19)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DOSKA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
 ------- may relate to other species in the femorata complex</t>
   </si>
@@ -419,54 +419,65 @@
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t xml:space="preserve">* Streets RB (1937) Phymatotrichum (cotton or Texas) root rot in Arizona. Technical Bulletin, Arizona University College of Agriculture No. 71. </t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.
 * Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.
 * Rahman MA, Kwon YJ, Suh SJ, Youn YN, Jo SH (2012) The genus Pochazia Amyot and Serville (Hemiptera: Ricaniidae) from Korea, with a newly recorded species. Journal of Entomology 9(5), 239-247.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Diospyros)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Boletín Oficial de la Junta de Andalucía (2022) Resolución de 8 de febrero de 2022, de la Dirección General de la Producción Agrícola y Ganadera, por la que se establecen nuevas zonas demarcadas del organismo nocivo Scirtothrips aurantii y las medidas fitosanitarias obligatorias para su control en la Comunidad autónoma de Andalucía.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
@@ -884,51 +895,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D56"/>
+  <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1519,107 +1530,107 @@
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>130</v>
       </c>
       <c r="D44" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
       <c r="C45" t="s">
         <v>133</v>
       </c>
       <c r="D45" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>137</v>
       </c>
       <c r="C47" t="s">
         <v>138</v>
       </c>
       <c r="D47" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>140</v>
       </c>
       <c r="C48" t="s">
         <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>145</v>
       </c>
       <c r="C50" t="s">
         <v>146</v>
       </c>
       <c r="D50" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" t="s">
         <v>149</v>
@@ -1644,77 +1655,91 @@
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>154</v>
       </c>
       <c r="C53" t="s">
         <v>155</v>
       </c>
       <c r="D53" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>157</v>
       </c>
       <c r="C54" t="s">
         <v>158</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C55" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D55" t="s">
         <v>161</v>
       </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" t="s">
         <v>162</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>163</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>164</v>
       </c>
-      <c r="D56"/>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>165</v>
+      </c>
+      <c r="B57" t="s">
+        <v>166</v>
+      </c>
+      <c r="C57" t="s">
+        <v>167</v>
+      </c>
+      <c r="D57"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>