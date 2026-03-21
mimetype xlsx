--- v2 (2026-03-01)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DOSKA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
 ------- may relate to other species in the femorata complex</t>
   </si>
@@ -539,50 +539,59 @@
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2020) Scientific report on the update of the Xylella spp. host plant database – systematic literature search up to 30 June 2019. EFSA Journal 18(4), 6114, 61 pp. https://doi.org/10.2903/j.efsa.2020.6123
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>XYLBCR</t>
   </si>
   <si>
     <t>Xylosandrus crassiusculus</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838</t>
+  </si>
+  <si>
+    <t>ZAPRTU</t>
+  </si>
+  <si>
+    <t>Zaprionus tuberculatus</t>
+  </si>
+  <si>
+    <t>* Nugnes F, Carbone C, Miele F, Pica F, Pierro S, Sasso R, Bodini M, Bernardo U (2026) Contrasting invasion strategies, convergent outcomes: establishment of Zaprionus tuberculatus and Ceroplastes ceriferus in Italy. Insect 17(2), 198. https://doi.org/10.3390/insects17020198</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PSECOB</t>
   </si>
   <si>
     <t>Pseudococcus viburni</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -895,51 +904,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D57"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1687,59 +1696,73 @@
       </c>
       <c r="B55" t="s">
         <v>160</v>
       </c>
       <c r="C55" t="s">
         <v>161</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>162</v>
       </c>
       <c r="C56" t="s">
         <v>163</v>
       </c>
       <c r="D56" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>8</v>
+      </c>
+      <c r="B57" t="s">
         <v>165</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>166</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>167</v>
       </c>
-      <c r="D57"/>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>168</v>
+      </c>
+      <c r="B58" t="s">
+        <v>169</v>
+      </c>
+      <c r="C58" t="s">
+        <v>170</v>
+      </c>
+      <c r="D58"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>