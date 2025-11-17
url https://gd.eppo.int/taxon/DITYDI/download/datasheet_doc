--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Kuehn) Bastian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bloat disease of onion, brown ring disease of hyacinth, bulb eelworm, ring disease of bulbs, stem and bulb eelworm, stem and bulb nematode, stem nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120268e625c26c3b2" w:history="1">
+            <w:hyperlink r:id="rId4327691ae2c3d508b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId783768e625c26c41d" w:history="1">
+            <w:hyperlink r:id="rId4863691ae2c3d515a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DITYDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3110669" name="name850368e625c26cc7e" descr="17629.jpg"/>
+                  <wp:docPr id="63383635" name="name2804691ae2c3d5c81" descr="17629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId138868e625c26cc7c" cstate="print"/>
+                          <a:blip r:embed="rId1928691ae2c3d5c7f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId582568e625c26cda1" w:history="1">
+            <w:hyperlink r:id="rId3208691ae2c3d5e05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -10077,63 +10077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57818347" name="name194668e625c271650" descr="DITYDI_distribution_map.jpg"/>
+            <wp:docPr id="31368188" name="name8340691ae2c3dba9b" descr="DITYDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DITYDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId329568e625c27164d" cstate="print"/>
+                    <a:blip r:embed="rId2667691ae2c3dba97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11469,51 +11469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165–173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939968e625c27213a" w:history="1">
+      <w:hyperlink r:id="rId9040691ae2c3dc7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127968e625c27222b" w:history="1">
+      <w:hyperlink r:id="rId7497691ae2c3dc8fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11727,51 +11727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584268e625c2722d9" w:history="1">
+      <w:hyperlink r:id="rId9114691ae2c3dc9b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12433</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12089,51 +12089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 946-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902768e625c27253b" w:history="1">
+      <w:hyperlink r:id="rId9284691ae2c3dcc52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12275,51 +12275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113168e625c272665" w:history="1">
+      <w:hyperlink r:id="rId7786691ae2c3dcda7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2020-071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12356,51 +12356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 685-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960268e625c2726ea" w:history="1">
+      <w:hyperlink r:id="rId5104691ae2c3dce3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-bja10069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12711,51 +12711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), pp. 373–383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568768e625c27291e" w:history="1">
+      <w:hyperlink r:id="rId1906691ae2c3dd07f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1987.tb01465.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ditylenchus dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636568e625c2729d1" w:history="1">
+      <w:hyperlink r:id="rId5270691ae2c3dd136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12896,63 +12896,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42202214" name="name209568e625c272a8b" descr="eu_funding_250.png"/>
+            <wp:docPr id="98273293" name="name6492691ae2c3dd220" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId379868e625c272a8a" cstate="print"/>
+                    <a:blip r:embed="rId5960691ae2c3dd21f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13050,137 +13050,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73478219">
+  <w:abstractNum w:abstractNumId="79711181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99290627">
+    <w:lvl w:ilvl="0" w:tplc="55181616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99290627" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55181616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73478218">
+  <w:abstractNum w:abstractNumId="79711180">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20403721">
+    <w:lvl w:ilvl="0" w:tplc="95880687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13932,55 +13932,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73478218">
-    <w:abstractNumId w:val="73478218"/>
+  <w:num w:numId="79711180">
+    <w:abstractNumId w:val="79711180"/>
   </w:num>
-  <w:num w:numId="73478219">
-    <w:abstractNumId w:val="73478219"/>
+  <w:num w:numId="79711181">
+    <w:abstractNumId w:val="79711181"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25530,51 +25530,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101324916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178112565" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId120268e625c26c3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId783768e625c26c41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId582568e625c26cda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId939968e625c27213a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId127968e625c27222b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId584268e625c2722d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId902768e625c27253b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId113168e625c272665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId960268e625c2726ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId568768e625c27291e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId636568e625c2729d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId138868e625c26cc7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138868e625c26cc7c.jpg"/><Relationship Id="rId329568e625c27164d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329568e625c27164d.jpg"/><Relationship Id="rId379868e625c272a8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379868e625c272a8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId905488245" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123565334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4327691ae2c3d508b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId4863691ae2c3d515a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId3208691ae2c3d5e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId9040691ae2c3dc7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId7497691ae2c3dc8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9114691ae2c3dc9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId9284691ae2c3dcc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId7786691ae2c3dcda7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId5104691ae2c3dce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId1906691ae2c3dd07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId5270691ae2c3dd136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1928691ae2c3d5c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1928691ae2c3d5c7f.jpg"/><Relationship Id="rId2667691ae2c3dba97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2667691ae2c3dba97.jpg"/><Relationship Id="rId5960691ae2c3dd21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5960691ae2c3dd21f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>