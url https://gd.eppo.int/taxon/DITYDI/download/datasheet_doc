--- v1 (2025-11-17)
+++ v2 (2025-12-08)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Kuehn) Bastian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bloat disease of onion, brown ring disease of hyacinth, bulb eelworm, ring disease of bulbs, stem and bulb eelworm, stem and bulb nematode, stem nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4327691ae2c3d508b" w:history="1">
+            <w:hyperlink r:id="rId482969368a244b864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4863691ae2c3d515a" w:history="1">
+            <w:hyperlink r:id="rId811369368a244b8cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DITYDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63383635" name="name2804691ae2c3d5c81" descr="17629.jpg"/>
+                  <wp:docPr id="19491267" name="name497269368a244b9a9" descr="17629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1928691ae2c3d5c7f" cstate="print"/>
+                          <a:blip r:embed="rId968969368a244b9a8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3208691ae2c3d5e05" w:history="1">
+            <w:hyperlink r:id="rId580669368a244baba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -10077,63 +10077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31368188" name="name8340691ae2c3dba9b" descr="DITYDI_distribution_map.jpg"/>
+            <wp:docPr id="51974900" name="name287369368a2450457" descr="DITYDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DITYDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2667691ae2c3dba97" cstate="print"/>
+                    <a:blip r:embed="rId652169368a2450454" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10194,51 +10194,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bangladesh, China (Gansu, Hebei, Henan, Shandong, Sichuan, Xinjiang), Indonesia (Java), Iran, Islamic Republic of, Iraq, Israel, Japan (Honshu), Jordan, Kazakhstan, Korea, Republic of, Kyrgyzstan, Oman, Pakistan, Syrian Arab Republic, Uzbekistan, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Ontario, Prince Edward Island, Québec, Saskatchewan), Mexico, United States of America (Alabama, Arizona, California, Colorado, Hawaii, Idaho, Michigan, Minnesota, Montana, Nevada, New Hampshire, New Mexico, New York, North Carolina, Ohio, Oregon, South Dakota, Utah, Virginia, Washington, Wyoming)</w:t>
+        <w:t xml:space="preserve"> Canada (Alberta, British Columbia, New Brunswick, Ontario, Prince Edward Island, Québec, Saskatchewan), Mexico, United States of America (Alabama, Arizona, California, Colorado, Hawaii, Idaho, Michigan, Minnesota, Montana, Nevada, New Hampshire, New Mexico, New York, North Carolina, Ohio, Oregon, South Dakota, Utah, Virginia, Washington, Wyoming)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Costa Rica, Dominican Republic, Haiti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11469,51 +11469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165–173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9040691ae2c3dc7ec" w:history="1">
+      <w:hyperlink r:id="rId238169368a2450f9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7497691ae2c3dc8fd" w:history="1">
+      <w:hyperlink r:id="rId977769368a2451096" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11727,51 +11727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9114691ae2c3dc9b2" w:history="1">
+      <w:hyperlink r:id="rId118969368a2451167" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12433</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12089,51 +12089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 946-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9284691ae2c3dcc52" w:history="1">
+      <w:hyperlink r:id="rId301869368a24513aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12275,51 +12275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7786691ae2c3dcda7" w:history="1">
+      <w:hyperlink r:id="rId273669368a24514d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2020-071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12356,51 +12356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 685-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5104691ae2c3dce3f" w:history="1">
+      <w:hyperlink r:id="rId173969368a2451557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-bja10069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12711,51 +12711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), pp. 373–383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1906691ae2c3dd07f" w:history="1">
+      <w:hyperlink r:id="rId368469368a2451787" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1987.tb01465.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ditylenchus dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5270691ae2c3dd136" w:history="1">
+      <w:hyperlink r:id="rId575569368a245183b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12896,63 +12896,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98273293" name="name6492691ae2c3dd220" descr="eu_funding_250.png"/>
+            <wp:docPr id="34808193" name="name314069368a2451937" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5960691ae2c3dd21f" cstate="print"/>
+                    <a:blip r:embed="rId716069368a2451936" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13050,137 +13050,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79711181">
+  <w:abstractNum w:abstractNumId="25776358">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55181616">
+    <w:lvl w:ilvl="0" w:tplc="93507413">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55181616" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93507413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79711180">
+  <w:abstractNum w:abstractNumId="25776357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95880687">
+    <w:lvl w:ilvl="0" w:tplc="35902960">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13932,55 +13932,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79711180">
-    <w:abstractNumId w:val="79711180"/>
+  <w:num w:numId="25776357">
+    <w:abstractNumId w:val="25776357"/>
   </w:num>
-  <w:num w:numId="79711181">
-    <w:abstractNumId w:val="79711181"/>
+  <w:num w:numId="25776358">
+    <w:abstractNumId w:val="25776358"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25530,51 +25530,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId905488245" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123565334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4327691ae2c3d508b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId4863691ae2c3d515a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId3208691ae2c3d5e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId9040691ae2c3dc7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId7497691ae2c3dc8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9114691ae2c3dc9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId9284691ae2c3dcc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId7786691ae2c3dcda7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId5104691ae2c3dce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId1906691ae2c3dd07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId5270691ae2c3dd136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1928691ae2c3d5c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1928691ae2c3d5c7f.jpg"/><Relationship Id="rId2667691ae2c3dba97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2667691ae2c3dba97.jpg"/><Relationship Id="rId5960691ae2c3dd21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5960691ae2c3dd21f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226978710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672785153" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482969368a244b864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId811369368a244b8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId580669368a244baba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId238169368a2450f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId977769368a2451096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId118969368a2451167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId301869368a24513aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId273669368a24514d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId173969368a2451557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId368469368a2451787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId575569368a245183b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968969368a244b9a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId968969368a244b9a8.jpg"/><Relationship Id="rId652169368a2450454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652169368a2450454.jpg"/><Relationship Id="rId716069368a2451936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId716069368a2451936.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>