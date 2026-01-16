--- v2 (2025-12-08)
+++ v3 (2026-01-16)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Kuehn) Bastian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bloat disease of onion, brown ring disease of hyacinth, bulb eelworm, ring disease of bulbs, stem and bulb eelworm, stem and bulb nematode, stem nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482969368a244b864" w:history="1">
+            <w:hyperlink r:id="rId99006969f80f53d55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811369368a244b8cf" w:history="1">
+            <w:hyperlink r:id="rId85696969f80f53dcb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DITYDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19491267" name="name497269368a244b9a9" descr="17629.jpg"/>
+                  <wp:docPr id="90015649" name="name58156969f80f542e9" descr="17629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId968969368a244b9a8" cstate="print"/>
+                          <a:blip r:embed="rId18406969f80f542e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId580669368a244baba" w:history="1">
+            <w:hyperlink r:id="rId40466969f80f54436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -10077,63 +10077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51974900" name="name287369368a2450457" descr="DITYDI_distribution_map.jpg"/>
+            <wp:docPr id="11544703" name="name35646969f80f58fc7" descr="DITYDI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DITYDI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId652169368a2450454" cstate="print"/>
+                    <a:blip r:embed="rId45656969f80f58fc4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11469,51 +11469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165–173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238169368a2450f9a" w:history="1">
+      <w:hyperlink r:id="rId73706969f80f59dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11617,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977769368a2451096" w:history="1">
+      <w:hyperlink r:id="rId78626969f80f59ea9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11727,51 +11727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118969368a2451167" w:history="1">
+      <w:hyperlink r:id="rId38716969f80f5a003" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12433</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12089,51 +12089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 946-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301869368a24513aa" w:history="1">
+      <w:hyperlink r:id="rId12046969f80f5a2d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12275,51 +12275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273669368a24514d3" w:history="1">
+      <w:hyperlink r:id="rId83896969f80f5a44c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2020-071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12356,51 +12356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 685-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173969368a2451557" w:history="1">
+      <w:hyperlink r:id="rId88136969f80f5a51a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-bja10069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12711,51 +12711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), pp. 373–383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368469368a2451787" w:history="1">
+      <w:hyperlink r:id="rId65286969f80f5a7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1987.tb01465.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12799,73 +12799,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ditylenchus dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575569368a245183b" w:history="1">
+      <w:hyperlink r:id="rId62766969f80f5a8d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12896,63 +12896,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34808193" name="name314069368a2451937" descr="eu_funding_250.png"/>
+            <wp:docPr id="61023533" name="name62426969f80f5ab18" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId716069368a2451936" cstate="print"/>
+                    <a:blip r:embed="rId91446969f80f5ab16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13050,137 +13050,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25776358">
+  <w:abstractNum w:abstractNumId="32670888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93507413">
+    <w:lvl w:ilvl="0" w:tplc="98578909">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93507413" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98578909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25776357">
+  <w:abstractNum w:abstractNumId="32670887">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35902960">
+    <w:lvl w:ilvl="0" w:tplc="54087861">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13932,55 +13932,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25776357">
-    <w:abstractNumId w:val="25776357"/>
+  <w:num w:numId="32670887">
+    <w:abstractNumId w:val="32670887"/>
   </w:num>
-  <w:num w:numId="25776358">
-    <w:abstractNumId w:val="25776358"/>
+  <w:num w:numId="32670888">
+    <w:abstractNumId w:val="32670888"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25530,51 +25530,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226978710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672785153" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482969368a244b864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId811369368a244b8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId580669368a244baba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId238169368a2450f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId977769368a2451096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId118969368a2451167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId301869368a24513aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId273669368a24514d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId173969368a2451557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId368469368a2451787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId575569368a245183b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968969368a244b9a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId968969368a244b9a8.jpg"/><Relationship Id="rId652169368a2450454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652169368a2450454.jpg"/><Relationship Id="rId716069368a2451936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId716069368a2451936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416640861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId206849563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99006969f80f53d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId85696969f80f53dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId40466969f80f54436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId73706969f80f59dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId78626969f80f59ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId38716969f80f5a003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId12046969f80f5a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId83896969f80f5a44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId88136969f80f5a51a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId65286969f80f5a7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId62766969f80f5a8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18406969f80f542e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18406969f80f542e7.jpg"/><Relationship Id="rId45656969f80f58fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45656969f80f58fc4.jpg"/><Relationship Id="rId91446969f80f5ab16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91446969f80f5ab16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>