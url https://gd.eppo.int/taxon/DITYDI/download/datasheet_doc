--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Kuehn) Bastian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bloat disease of onion, brown ring disease of hyacinth, bulb eelworm, ring disease of bulbs, stem and bulb eelworm, stem and bulb nematode, stem nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99006969f80f53d55" w:history="1">
+            <w:hyperlink r:id="rId11166986512d609f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -460,53 +460,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85696969f80f53dcb" w:history="1">
+            <w:hyperlink r:id="rId45686986512d60a6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DITYDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90015649" name="name58156969f80f542e9" descr="17629.jpg"/>
+                  <wp:docPr id="15208882" name="name37176986512d61181" descr="17629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18406969f80f542e7" cstate="print"/>
+                          <a:blip r:embed="rId20566986512d61180" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40466969f80f54436" w:history="1">
+            <w:hyperlink r:id="rId44606986512d612ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -10072,110 +10072,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs locally in most temperate areas of the world (Europe and the Mediterranean region, North and South America, Northern and Southern Africa, Asia and Oceania) but it does not seem able to establish in tropical regions except at higher altitudes that have a temperate climate. In most countries regulatory measures (e.g. certification schemes) are applied to minimize further spread of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Malta, Moldova, Republic of, Morocco, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (the) (Central Russia, Far East, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Scotland), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Far East, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Scotland), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Kenya, Morocco, Reunion, South Africa, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11469,51 +11437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165–173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73706969f80f59dae" w:history="1">
+      <w:hyperlink r:id="rId52566986512d65949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11617,51 +11585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78626969f80f59ea9" w:history="1">
+      <w:hyperlink r:id="rId64256986512d65a41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11727,51 +11695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38716969f80f5a003" w:history="1">
+      <w:hyperlink r:id="rId86376986512d65af1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12433</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12089,51 +12057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 946-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12046969f80f5a2d2" w:history="1">
+      <w:hyperlink r:id="rId24476986512d65d44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12275,51 +12243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83896969f80f5a44c" w:history="1">
+      <w:hyperlink r:id="rId65456986512d65e6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2020-071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12356,51 +12324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 685-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88136969f80f5a51a" w:history="1">
+      <w:hyperlink r:id="rId84446986512d65ef2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-bja10069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12711,51 +12679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), pp. 373–383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65286969f80f5a7d5" w:history="1">
+      <w:hyperlink r:id="rId65376986512d6612a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1987.tb01465.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12821,51 +12789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ditylenchus dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62766969f80f5a8d3" w:history="1">
+      <w:hyperlink r:id="rId82956986512d661df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12896,63 +12864,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61023533" name="name62426969f80f5ab18" descr="eu_funding_250.png"/>
+            <wp:docPr id="57688370" name="name69686986512d66643" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91446969f80f5ab16" cstate="print"/>
+                    <a:blip r:embed="rId16516986512d66642" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13050,137 +13018,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32670888">
+  <w:abstractNum w:abstractNumId="46563923">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98578909">
+    <w:lvl w:ilvl="0" w:tplc="45698063">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98578909" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45698063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32670887">
+  <w:abstractNum w:abstractNumId="46563922">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54087861">
+    <w:lvl w:ilvl="0" w:tplc="76744656">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13932,55 +13900,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32670887">
-    <w:abstractNumId w:val="32670887"/>
+  <w:num w:numId="46563922">
+    <w:abstractNumId w:val="46563922"/>
   </w:num>
-  <w:num w:numId="32670888">
-    <w:abstractNumId w:val="32670888"/>
+  <w:num w:numId="46563923">
+    <w:abstractNumId w:val="46563923"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25530,51 +25498,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416640861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId206849563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99006969f80f53d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId85696969f80f53dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId40466969f80f54436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId73706969f80f59dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId78626969f80f59ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId38716969f80f5a003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId12046969f80f5a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId83896969f80f5a44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId88136969f80f5a51a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId65286969f80f5a7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId62766969f80f5a8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18406969f80f542e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18406969f80f542e7.jpg"/><Relationship Id="rId45656969f80f58fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45656969f80f58fc4.jpg"/><Relationship Id="rId91446969f80f5ab16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91446969f80f5ab16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892455151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928854279" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11166986512d609f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId45686986512d60a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId44606986512d612ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId52566986512d65949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId64256986512d65a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId86376986512d65af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId24476986512d65d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId65456986512d65e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId84446986512d65ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId65376986512d6612a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId82956986512d661df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20566986512d61180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20566986512d61180.jpg"/><Relationship Id="rId16516986512d66642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16516986512d66642.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>