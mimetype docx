--- v4 (2026-02-06)
+++ v5 (2026-03-20)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Kuehn) Bastian</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bloat disease of onion, brown ring disease of hyacinth, bulb eelworm, ring disease of bulbs, stem and bulb eelworm, stem and bulb nematode, stem nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11166986512d609f9" w:history="1">
+            <w:hyperlink r:id="rId814269bcf778eeee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45686986512d60a6c" w:history="1">
+            <w:hyperlink r:id="rId810669bcf778eef54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DITYDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15208882" name="name37176986512d61181" descr="17629.jpg"/>
+                  <wp:docPr id="59269057" name="name320669bcf778ef53f" descr="17629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20566986512d61180" cstate="print"/>
+                          <a:blip r:embed="rId675169bcf778ef53d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId44606986512d612ca" w:history="1">
+            <w:hyperlink r:id="rId316469bcf778ef77a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -10072,68 +10072,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs locally in most temperate areas of the world (Europe and the Mediterranean region, North and South America, Northern and Southern Africa, Asia and Oceania) but it does not seem able to establish in tropical regions except at higher altitudes that have a temperate climate. In most countries regulatory measures (e.g. certification schemes) are applied to minimize further spread of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="3903536" name="name693069bcf778f3e7d" descr="DITYDI_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="DITYDI_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId531969bcf778f3e79" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Malta, Moldova, Republic of, Montenegro, Morocco, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Far East, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England, Scotland), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11437,51 +11469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165–173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52566986512d65949" w:history="1">
+      <w:hyperlink r:id="rId901869bcf779008f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 June 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11585,51 +11617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64256986512d65a41" w:history="1">
+      <w:hyperlink r:id="rId279469bcf779009ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11695,51 +11727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 401-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86376986512d65af1" w:history="1">
+      <w:hyperlink r:id="rId663669bcf77900a99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12433</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12057,51 +12089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 946-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24476986512d65d44" w:history="1">
+      <w:hyperlink r:id="rId620269bcf77900d18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12243,51 +12275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65456986512d65e6e" w:history="1">
+      <w:hyperlink r:id="rId478469bcf77900e46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2020-071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12324,51 +12356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 685-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84446986512d65ef2" w:history="1">
+      <w:hyperlink r:id="rId104469bcf77900ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-bja10069</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12679,51 +12711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), pp. 373–383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65376986512d6612a" w:history="1">
+      <w:hyperlink r:id="rId413369bcf77901136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1987.tb01465.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12789,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ditylenchus dipsaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82956986512d661df" w:history="1">
+      <w:hyperlink r:id="rId813269bcf779011ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12864,63 +12896,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57688370" name="name69686986512d66643" descr="eu_funding_250.png"/>
+            <wp:docPr id="35303136" name="name336769bcf779012be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16516986512d66642" cstate="print"/>
+                    <a:blip r:embed="rId988869bcf779012bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13018,137 +13050,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46563923">
+  <w:abstractNum w:abstractNumId="33194073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45698063">
+    <w:lvl w:ilvl="0" w:tplc="73637178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45698063" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73637178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46563922">
+  <w:abstractNum w:abstractNumId="33194072">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76744656">
+    <w:lvl w:ilvl="0" w:tplc="15437889">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13900,55 +13932,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46563922">
-    <w:abstractNumId w:val="46563922"/>
+  <w:num w:numId="33194072">
+    <w:abstractNumId w:val="33194072"/>
   </w:num>
-  <w:num w:numId="46563923">
-    <w:abstractNumId w:val="46563923"/>
+  <w:num w:numId="33194073">
+    <w:abstractNumId w:val="33194073"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25498,51 +25530,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892455151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928854279" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11166986512d609f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId45686986512d60a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId44606986512d612ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId52566986512d65949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId64256986512d65a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId86376986512d65af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId24476986512d65d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId65456986512d65e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId84446986512d65ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId65376986512d6612a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId82956986512d661df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20566986512d61180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20566986512d61180.jpg"/><Relationship Id="rId16516986512d66642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16516986512d66642.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId966290601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId767091631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId814269bcf778eeee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/" TargetMode="External"/><Relationship Id="rId810669bcf778eef54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/categorization" TargetMode="External"/><Relationship Id="rId316469bcf778ef77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DITYDI/photos" TargetMode="External"/><Relationship Id="rId901869bcf779008f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeb.biologists.org/content/jexbio/199/5/1085.full.pdf" TargetMode="External"/><Relationship Id="rId279469bcf779009ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId663669bcf77900a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12433" TargetMode="External"/><Relationship Id="rId620269bcf77900d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12057" TargetMode="External"/><Relationship Id="rId478469bcf77900e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2020-071" TargetMode="External"/><Relationship Id="rId104469bcf77900ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-bja10069" TargetMode="External"/><Relationship Id="rId413369bcf77901136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1987.tb01465.x" TargetMode="External"/><Relationship Id="rId813269bcf779011ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675169bcf778ef53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675169bcf778ef53d.jpg"/><Relationship Id="rId531969bcf778f3e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531969bcf778f3e79.jpg"/><Relationship Id="rId988869bcf779012bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988869bcf779012bd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>