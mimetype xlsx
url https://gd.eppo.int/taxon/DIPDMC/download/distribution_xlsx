--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DIPDMC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
@@ -549,50 +549,53 @@
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
+  </si>
+  <si>
+    <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>
 </sst>
 </file>
 
@@ -2414,104 +2417,104 @@
       <c r="B82" t="s">
         <v>175</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>176</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>164</v>
       </c>
       <c r="B83" t="s">
         <v>177</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>178</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B84" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B85" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C85" t="s">
+        <v>183</v>
+      </c>
+      <c r="D85" t="s">
         <v>182</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F85" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B86" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C86" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D86" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E86" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F86" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>