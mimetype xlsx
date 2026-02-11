--- v1 (2025-10-25)
+++ v2 (2026-02-11)
@@ -545,51 +545,51 @@
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>