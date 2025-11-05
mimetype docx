--- v0 (2025-10-04)
+++ v1 (2025-11-05)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Sydow &amp; P. Sydow</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dry rot of ears and stalks of maize, dry rot of maize, leaf striping of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId900268e106f5ab44b" w:history="1">
+            <w:hyperlink r:id="rId1328690a9735143b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549168e106f5ab49c" w:history="1">
+            <w:hyperlink r:id="rId8049690a973514409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -689,63 +689,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported once in 1993 in crops grown from old imported seed lots (EPPO, 2023). It can be found in Africa, Asia, the Americas and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27121948" name="name172668e106f5ac684" descr="DIPDMC_distribution_map.jpg"/>
+            <wp:docPr id="33781908" name="name1613690a9735156ad" descr="DIPDMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId432068e106f5ac681" cstate="print"/>
+                    <a:blip r:embed="rId9546690a9735156aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2212,51 +2212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur semences de maïs par caractérisation morphologique. ANSES/LSV/MA058 Maisons-Alfort (FR) - Version 1 , 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199268e106f5ad345" w:history="1">
+      <w:hyperlink r:id="rId3758690a973516322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2543,51 +2543,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 120.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518468e106f5ad575" w:history="1">
+      <w:hyperlink r:id="rId3016690a973516541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3175,51 +3175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898168e106f5ad981" w:history="1">
+      <w:hyperlink r:id="rId7718690a973516958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3401,82 +3401,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458668e106f5adae9" w:history="1">
+      <w:hyperlink r:id="rId6476690a973516ac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79274640" name="name290068e106f5ade20" descr="eu_funding_250.png"/>
+            <wp:docPr id="2532055" name="name3264690a973516ddd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId886868e106f5ade1e" cstate="print"/>
+                    <a:blip r:embed="rId2454690a973516ddc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3574,137 +3574,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89399023">
+  <w:abstractNum w:abstractNumId="87096444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34182651">
+    <w:lvl w:ilvl="0" w:tplc="90219752">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34182651" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90219752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89399022">
+  <w:abstractNum w:abstractNumId="87096443">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70554704">
+    <w:lvl w:ilvl="0" w:tplc="73374470">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4456,55 +4456,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89399022">
-    <w:abstractNumId w:val="89399022"/>
+  <w:num w:numId="87096443">
+    <w:abstractNumId w:val="87096443"/>
   </w:num>
-  <w:num w:numId="89399023">
-    <w:abstractNumId w:val="89399023"/>
+  <w:num w:numId="87096444">
+    <w:abstractNumId w:val="87096444"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16054,51 +16054,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId477509385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId430732161" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId900268e106f5ab44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId549168e106f5ab49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId199268e106f5ad345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId518468e106f5ad575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId898168e106f5ad981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId458668e106f5adae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId432068e106f5ac681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId432068e106f5ac681.jpg"/><Relationship Id="rId886868e106f5ade1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886868e106f5ade1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237926632" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317032832" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1328690a9735143b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId8049690a973514409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId3758690a973516322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId3016690a973516541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7718690a973516958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6476690a973516ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId9546690a9735156aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9546690a9735156aa.jpg"/><Relationship Id="rId2454690a973516ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2454690a973516ddc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>