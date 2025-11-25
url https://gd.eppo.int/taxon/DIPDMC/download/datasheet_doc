--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Sydow &amp; P. Sydow</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dry rot of ears and stalks of maize, dry rot of maize, leaf striping of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1328690a9735143b5" w:history="1">
+            <w:hyperlink r:id="rId312569254342ca502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8049690a973514409" w:history="1">
+            <w:hyperlink r:id="rId756469254342ca54b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -689,63 +689,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported once in 1993 in crops grown from old imported seed lots (EPPO, 2023). It can be found in Africa, Asia, the Americas and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33781908" name="name1613690a9735156ad" descr="DIPDMC_distribution_map.jpg"/>
+            <wp:docPr id="92092207" name="name685869254342cb44a" descr="DIPDMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9546690a9735156aa" cstate="print"/>
+                    <a:blip r:embed="rId729069254342cb448" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2212,51 +2212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur semences de maïs par caractérisation morphologique. ANSES/LSV/MA058 Maisons-Alfort (FR) - Version 1 , 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3758690a973516322" w:history="1">
+      <w:hyperlink r:id="rId552769254342cc0bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2543,51 +2543,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 120.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3016690a973516541" w:history="1">
+      <w:hyperlink r:id="rId814169254342cc2ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3175,51 +3175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7718690a973516958" w:history="1">
+      <w:hyperlink r:id="rId212969254342cc6e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3401,82 +3401,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6476690a973516ac6" w:history="1">
+      <w:hyperlink r:id="rId504269254342cc84f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2532055" name="name3264690a973516ddd" descr="eu_funding_250.png"/>
+            <wp:docPr id="82244151" name="name620269254342cc8af" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2454690a973516ddc" cstate="print"/>
+                    <a:blip r:embed="rId860669254342cc8ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3574,137 +3574,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87096444">
+  <w:abstractNum w:abstractNumId="38231757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90219752">
+    <w:lvl w:ilvl="0" w:tplc="55765152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90219752" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55765152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87096443">
+  <w:abstractNum w:abstractNumId="38231756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73374470">
+    <w:lvl w:ilvl="0" w:tplc="12794020">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4456,55 +4456,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87096443">
-    <w:abstractNumId w:val="87096443"/>
+  <w:num w:numId="38231756">
+    <w:abstractNumId w:val="38231756"/>
   </w:num>
-  <w:num w:numId="87096444">
-    <w:abstractNumId w:val="87096444"/>
+  <w:num w:numId="38231757">
+    <w:abstractNumId w:val="38231757"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16054,51 +16054,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237926632" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317032832" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1328690a9735143b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId8049690a973514409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId3758690a973516322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId3016690a973516541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7718690a973516958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6476690a973516ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId9546690a9735156aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9546690a9735156aa.jpg"/><Relationship Id="rId2454690a973516ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2454690a973516ddc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854436221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739401310" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId312569254342ca502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId756469254342ca54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId552769254342cc0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId814169254342cc2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId212969254342cc6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId504269254342cc84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId729069254342cb448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId729069254342cb448.jpg"/><Relationship Id="rId860669254342cc8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId860669254342cc8ae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>