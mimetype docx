--- v2 (2025-11-25)
+++ v3 (2026-01-05)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Sydow &amp; P. Sydow</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dry rot of ears and stalks of maize, dry rot of maize, leaf striping of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312569254342ca502" w:history="1">
+            <w:hyperlink r:id="rId6499695bc875d0f73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756469254342ca54b" w:history="1">
+            <w:hyperlink r:id="rId4361695bc875d0fc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -689,63 +689,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported once in 1993 in crops grown from old imported seed lots (EPPO, 2023). It can be found in Africa, Asia, the Americas and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92092207" name="name685869254342cb44a" descr="DIPDMC_distribution_map.jpg"/>
+            <wp:docPr id="91067778" name="name8563695bc875d19d4" descr="DIPDMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId729069254342cb448" cstate="print"/>
+                    <a:blip r:embed="rId3992695bc875d19d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2212,51 +2212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur semences de maïs par caractérisation morphologique. ANSES/LSV/MA058 Maisons-Alfort (FR) - Version 1 , 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552769254342cc0bf" w:history="1">
+      <w:hyperlink r:id="rId9529695bc875d261b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2543,51 +2543,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 120.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814169254342cc2ef" w:history="1">
+      <w:hyperlink r:id="rId1219695bc875d283d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3153,73 +3153,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212969254342cc6e4" w:history="1">
+      <w:hyperlink r:id="rId7622695bc875d2c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3401,82 +3401,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504269254342cc84f" w:history="1">
+      <w:hyperlink r:id="rId6730695bc875d2da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82244151" name="name620269254342cc8af" descr="eu_funding_250.png"/>
+            <wp:docPr id="64408036" name="name7105695bc875d2e01" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId860669254342cc8ae" cstate="print"/>
+                    <a:blip r:embed="rId1211695bc875d2e00" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3574,137 +3574,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38231757">
+  <w:abstractNum w:abstractNumId="89180959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55765152">
+    <w:lvl w:ilvl="0" w:tplc="76324952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55765152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76324952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38231756">
+  <w:abstractNum w:abstractNumId="89180958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12794020">
+    <w:lvl w:ilvl="0" w:tplc="95264302">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4456,55 +4456,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38231756">
-    <w:abstractNumId w:val="38231756"/>
+  <w:num w:numId="89180958">
+    <w:abstractNumId w:val="89180958"/>
   </w:num>
-  <w:num w:numId="38231757">
-    <w:abstractNumId w:val="38231757"/>
+  <w:num w:numId="89180959">
+    <w:abstractNumId w:val="89180959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16054,51 +16054,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854436221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739401310" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId312569254342ca502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId756469254342ca54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId552769254342cc0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId814169254342cc2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId212969254342cc6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId504269254342cc84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId729069254342cb448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId729069254342cb448.jpg"/><Relationship Id="rId860669254342cc8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId860669254342cc8ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265814727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523113368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6499695bc875d0f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId4361695bc875d0fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId9529695bc875d261b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId1219695bc875d283d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7622695bc875d2c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6730695bc875d2da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId3992695bc875d19d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3992695bc875d19d2.jpg"/><Relationship Id="rId1211695bc875d2e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1211695bc875d2e00.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>