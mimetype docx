--- v3 (2026-01-05)
+++ v4 (2026-02-14)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Sydow &amp; P. Sydow</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dry rot of ears and stalks of maize, dry rot of maize, leaf striping of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6499695bc875d0f73" w:history="1">
+            <w:hyperlink r:id="rId740669906e2576924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4361695bc875d0fc4" w:history="1">
+            <w:hyperlink r:id="rId633469906e2576968" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -689,63 +689,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported once in 1993 in crops grown from old imported seed lots (EPPO, 2023). It can be found in Africa, Asia, the Americas and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91067778" name="name8563695bc875d19d4" descr="DIPDMC_distribution_map.jpg"/>
+            <wp:docPr id="72428531" name="name385469906e257780c" descr="DIPDMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3992695bc875d19d2" cstate="print"/>
+                    <a:blip r:embed="rId169269906e2577808" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2212,51 +2212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur semences de maïs par caractérisation morphologique. ANSES/LSV/MA058 Maisons-Alfort (FR) - Version 1 , 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9529695bc875d261b" w:history="1">
+      <w:hyperlink r:id="rId118069906e25784db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2543,51 +2543,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 120.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1219695bc875d283d" w:history="1">
+      <w:hyperlink r:id="rId423369906e25786f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3175,51 +3175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7622695bc875d2c37" w:history="1">
+      <w:hyperlink r:id="rId492969906e2578af1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3401,82 +3401,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6730695bc875d2da2" w:history="1">
+      <w:hyperlink r:id="rId933969906e2578c58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64408036" name="name7105695bc875d2e01" descr="eu_funding_250.png"/>
+            <wp:docPr id="84258900" name="name599369906e2578ced" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1211695bc875d2e00" cstate="print"/>
+                    <a:blip r:embed="rId303769906e2578ceb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3574,137 +3574,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89180959">
+  <w:abstractNum w:abstractNumId="20461100">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76324952">
+    <w:lvl w:ilvl="0" w:tplc="80659848">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76324952" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80659848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89180958">
+  <w:abstractNum w:abstractNumId="20461099">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95264302">
+    <w:lvl w:ilvl="0" w:tplc="16932006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4456,55 +4456,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89180958">
-    <w:abstractNumId w:val="89180958"/>
+  <w:num w:numId="20461099">
+    <w:abstractNumId w:val="20461099"/>
   </w:num>
-  <w:num w:numId="89180959">
-    <w:abstractNumId w:val="89180959"/>
+  <w:num w:numId="20461100">
+    <w:abstractNumId w:val="20461100"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16054,51 +16054,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265814727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523113368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6499695bc875d0f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId4361695bc875d0fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId9529695bc875d261b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId1219695bc875d283d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7622695bc875d2c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6730695bc875d2da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId3992695bc875d19d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3992695bc875d19d2.jpg"/><Relationship Id="rId1211695bc875d2e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1211695bc875d2e00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455665677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210020610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId740669906e2576924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId633469906e2576968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId118069906e25784db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId423369906e25786f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId492969906e2578af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933969906e2578c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId169269906e2577808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId169269906e2577808.jpg"/><Relationship Id="rId303769906e2578ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303769906e2578ceb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>