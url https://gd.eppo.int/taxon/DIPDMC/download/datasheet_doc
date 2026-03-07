--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Sydow &amp; P. Sydow</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dry rot of ears and stalks of maize, dry rot of maize, leaf striping of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId740669906e2576924" w:history="1">
+            <w:hyperlink r:id="rId241969ab858f1fb6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633469906e2576968" w:history="1">
+            <w:hyperlink r:id="rId790269ab858f1fbb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -689,63 +689,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was reported once in 1993 in crops grown from old imported seed lots (EPPO, 2023). It can be found in Africa, Asia, the Americas and Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72428531" name="name385469906e257780c" descr="DIPDMC_distribution_map.jpg"/>
+            <wp:docPr id="52908690" name="name262169ab858f20c77" descr="DIPDMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId169269906e2577808" cstate="print"/>
+                    <a:blip r:embed="rId570269ab858f20c73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2212,51 +2212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur semences de maïs par caractérisation morphologique. ANSES/LSV/MA058 Maisons-Alfort (FR) - Version 1 , 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118069906e25784db" w:history="1">
+      <w:hyperlink r:id="rId463069ab858f218cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2543,51 +2543,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 120.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423369906e25786f3" w:history="1">
+      <w:hyperlink r:id="rId410069ab858f21af1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3175,51 +3175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella macrospora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492969906e2578af1" w:history="1">
+      <w:hyperlink r:id="rId215869ab858f21edd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3401,82 +3401,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933969906e2578c58" w:history="1">
+      <w:hyperlink r:id="rId155969ab858f2204f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84258900" name="name599369906e2578ced" descr="eu_funding_250.png"/>
+            <wp:docPr id="37894273" name="name634169ab858f2233d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId303769906e2578ceb" cstate="print"/>
+                    <a:blip r:embed="rId673869ab858f2233b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3574,137 +3574,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20461100">
+  <w:abstractNum w:abstractNumId="76889207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80659848">
+    <w:lvl w:ilvl="0" w:tplc="96622033">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80659848" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96622033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20461099">
+  <w:abstractNum w:abstractNumId="76889206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16932006">
+    <w:lvl w:ilvl="0" w:tplc="70669236">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4456,55 +4456,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20461099">
-    <w:abstractNumId w:val="20461099"/>
+  <w:num w:numId="76889206">
+    <w:abstractNumId w:val="76889206"/>
   </w:num>
-  <w:num w:numId="20461100">
-    <w:abstractNumId w:val="20461100"/>
+  <w:num w:numId="76889207">
+    <w:abstractNumId w:val="76889207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16054,51 +16054,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455665677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210020610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId740669906e2576924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId633469906e2576968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId118069906e25784db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId423369906e25786f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId492969906e2578af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933969906e2578c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId169269906e2577808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId169269906e2577808.jpg"/><Relationship Id="rId303769906e2578ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303769906e2578ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId309503727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416413608" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId241969ab858f1fb6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/" TargetMode="External"/><Relationship Id="rId790269ab858f1fbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMC/categorization" TargetMode="External"/><Relationship Id="rId463069ab858f218cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/system/files/ANSES_LSV_MA058_V1.pdf" TargetMode="External"/><Relationship Id="rId410069ab858f21af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId215869ab858f21edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155969ab858f2204f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId570269ab858f20c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570269ab858f20c73.jpg"/><Relationship Id="rId673869ab858f2233b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673869ab858f2233b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>